--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -1,3180 +1,1915 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="04607276" w14:textId="77777777" w:rsidR="0075078D" w:rsidRDefault="0075078D" w:rsidP="0075078D">
-[...2 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4D4EB26B" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="00F55F02" w:rsidRDefault="0075078D" w:rsidP="0075078D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0313BE56" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="00210269" w:rsidRDefault="0075078D" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00210269">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>טופס אישור נושא מחקר לקראת התואר דוקטור</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277995D4" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="00F55F02" w:rsidRDefault="0075078D" w:rsidP="0075078D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>(עם הגשת התיאור התמציתי)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E759C6A" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="00F55F02" w:rsidRDefault="0075078D" w:rsidP="0075078D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם נושא המחקר יופיע על גבי דף השער בעברית ובאנגלית</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FE7A69" w14:textId="77777777" w:rsidR="0075078D" w:rsidRDefault="0075078D" w:rsidP="0075078D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F6B841" w14:textId="77777777" w:rsidR="00F55F02" w:rsidRPr="00F55F02" w:rsidRDefault="00F55F02" w:rsidP="0075078D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAAB0D6" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="00F55F02" w:rsidRDefault="0075078D" w:rsidP="0075078D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E995926" w14:textId="0A5636A0" w:rsidR="00875FD6" w:rsidRPr="00210269" w:rsidRDefault="0075078D" w:rsidP="00875FD6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00210269">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:t>פרטי הסטודנט/ית</w:t>
+      </w:r>
+      <w:r w:rsidR="00875FD6" w:rsidRPr="00210269">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">טופס אישור נושא מחקר לקראת התואר </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="cs"/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E32B09" w14:textId="03B35A50" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216094997"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1921600637"/>
+          <w:placeholder>
+            <w:docPart w:val="D635CCAD656B45CFA467A23364A26A85"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם משפחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-426033509"/>
+          <w:placeholder>
+            <w:docPart w:val="B9A274BB0A8D471C80FBA2EA8239CDD1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6CF6E164" w14:textId="303A60FC" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ת.ז.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1267539304"/>
+          <w:placeholder>
+            <w:docPart w:val="330A1F84AEFC49DDBE7176A8BE00C30D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יחידה אקדמית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1931540346"/>
+          <w:placeholder>
+            <w:docPart w:val="4894151F977A46F38B617C29648833D5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0DE9A90D" w14:textId="287A410A" w:rsidR="0075078D" w:rsidRPr="00210269" w:rsidRDefault="0075078D" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00210269">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00210269">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>דוקטור</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:t>חלק זה ימולא על ידי המנחה האחראי/ת</w:t>
+      </w:r>
+      <w:r w:rsidR="00875FD6" w:rsidRPr="00210269">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A6CF7C" w14:textId="5A99FB6E" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="701365958"/>
+          <w:placeholder>
+            <w:docPart w:val="A43E247645004B19BDE92E259479C154"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם משפחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="646332957"/>
+          <w:placeholder>
+            <w:docPart w:val="22AD84A18E9A4BF6B50E4F331BCCA768"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1272B49F" w14:textId="68D863AA" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>דרגה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1018313693"/>
+          <w:placeholder>
+            <w:docPart w:val="D45A6DADCD6A4F6988A5235CD3AB475D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ת.ז.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1457723324"/>
+          <w:placeholder>
+            <w:docPart w:val="6AB43E9C08D44183B88E94B4B4F0073A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A473E8" w14:textId="163BCD86" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00875FD6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שפת החיבור (נא לסמן):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-266701209"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> עברית   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1310700062"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00875FD6" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> אנגלית   </w:t>
+      </w:r>
+      <w:r w:rsidR="00875FD6" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD349E9" w14:textId="4B0DE4B8" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00790B7E" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1903551885"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> לפי הכרתי, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אין</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> במחקר המבוצע במסגרת תואר גבוה בטכניון שימוש כלשהו בבני אדם ו/או בחיות (לפי הגדרת התקנונים המתאימים).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC734CE" w14:textId="1A2A1D50" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00790B7E" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="285010586"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> לפי הכרתי במחקר המבוצע במסגרת תואר גבוה בטכניון </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יש</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> או שהיה שימוש בבני אדם ו/או בחיות (לפי הגדרת התקנונים המתאימים). </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+        <w:t>בקשה לשם עריכת הניסויים תוגש על ידי לוועדת האתיקה המתאימה.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E418F69" w14:textId="77777777" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">הנני מצהיר/ה כי קראתי את </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00F55F02">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>התקנון</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  חתימה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1698276836"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7EB0E12B" wp14:editId="62BB1E1D">
+                <wp:extent cx="815340" cy="390525"/>
+                <wp:effectExtent l="0" t="0" r="3810" b="9525"/>
+                <wp:docPr id="222920594" name="תמונה 1" descr="הוסף/י קובץ חתימה&#10;"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="222920594" name="תמונה 1" descr="הוסף/י קובץ חתימה&#10;"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId8" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="832942" cy="398956"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3427A169" w14:textId="77777777" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F681321" w14:textId="3FE14EC7" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00790B7E" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1252653908"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> לפי הכרתי, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">אין </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">במחקר המבוצע במסגרת תואר גבוה בטכניון מעורבות של שימוש במחוללי מחלות (לפי הגדרת התקנונים המתאימים).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B2DEF7" w14:textId="77777777" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17205484" w14:textId="4B96EEA6" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00790B7E" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-284662373"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> לפי הכרתי במחקר המבוצע במסגרת תואר גבוה בטכניון </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ישנה מעורבות</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> של שימוש במחוללי מחלות (לפי הגדרת התקנונים המתאימים). </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4C48" w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+        <w:t>בקשה לשם עריכת הניסויים תוגש על ידי לוועדת האתיקה המתאימה.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E571AED" w14:textId="77777777" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">הנני מצהיר/ה כי קראתי את </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00F55F02">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>התקנון</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  חתימה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-152605271"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F7F232A" wp14:editId="0B74D9ED">
+                <wp:extent cx="815468" cy="320040"/>
+                <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+                <wp:docPr id="2145709864" name="תמונה 1" descr="הוסף/י קובץ חתימה&#10;"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="222920594" name="תמונה 1" descr="הוסף/י קובץ חתימה&#10;"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId10" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="832941" cy="326897"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D5609A" w14:textId="0CE4C993" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:val="he-IL"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DB9F241" wp14:editId="4015D396">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>248285</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7505700" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="315876165" name="מחבר ישר 5">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7505700" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="2D11C390" id="מחבר ישר 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:x;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,19.55pt" to="591pt,19.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5lqjVqgEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FO3DAQvSPxD5bv3WRXoqBosxxALQcE&#10;qMAHGGe8sbA9lm022b/v2NkNFW2lquJiOfa8N+89T9aXozVsByFqdC1fLmrOwEnstNu2/Pnp25cL&#10;zmISrhMGHbR8D5Ffbk5P1oNvYIU9mg4CIxIXm8G3vE/JN1UVZQ9WxAV6cHSpMFiR6DNsqy6Igdit&#10;qVZ1/bUaMHQ+oIQY6fR6uuSbwq8UyHSvVITETMtJWyprKOtLXqvNWjTbIHyv5UGG+A8VVmhHTWeq&#10;a5EEewv6NyqrZcCIKi0k2gqV0hKKB3KzrD+4eeyFh+KFwol+jil+Hq282125h0AxDD420T+E7GJU&#10;wTJltL+hNy2+SCkbS2z7OTYYE5N0eH5Wn53XlK483lUTRabyIabvgJblTcuNdtmRaMTuNiZqS6XH&#10;knxsHBuo5yrz5dt3VWWX9gamsh+gmO6o+6SvDAxcmcB2gp66e10WeCakygxR2pgZVBcNfwUdajMM&#10;yhD9K3CuLh3RpRlotcPwp65pPEpVU/3R9eQ1237Bbl/eqMRBk1BiO0xtHrVfvwv8/d/a/AQAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPGXEGDZAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/QdrK3GjTloJQohTQSXEpZe2fIAbb+OIeB3Z29b8Pa44wHFmVjNvm3Vyo7hgiIMnBeWiAIHUeTNQ&#10;r+Dz8P5QgYisyejREyr4xgjrdnbX6Nr4K+3wsude5BKKtVZgmadaythZdDou/ISUs5MPTnOWoZcm&#10;6Gsud6NcFsWjdHqgvGD1hBuL3df+7BS4zcfT1u+qlLYxmPh2WrF1pNT9PL2+gGBM/HcMN/yMDm1m&#10;OvozmShGBfkRVrB6LkHc0rJaZuf468i2kf/52x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAeZao1aoBAACjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA8ZcQYNkAAAAHAQAADwAAAAAAAAAAAAAAAAAEBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAAoFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAE28EE" w14:textId="1FB3CEC0" w:rsidR="00F55F02" w:rsidRDefault="00F55F02" w:rsidP="00F55F02"/>
+    <w:p w14:paraId="129CEC49" w14:textId="11B22E7D" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5C6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת הסטודנט/ית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="cs"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1339419361"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F17AF2E" wp14:editId="70A67C3E">
+                <wp:extent cx="758190" cy="294198"/>
+                <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+                <wp:docPr id="397754791" name="תמונה 2" descr="הוסף/י קובץ חתימה"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="397754791" name="תמונה 2" descr="הוסף/י קובץ חתימה"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId11" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="792819" cy="307635"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5C6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216096488"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1135991961"/>
+          <w:placeholder>
+            <w:docPart w:val="70D27832AC8A48848F59A8C4A75DB523"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="7E759C6A" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="00077083" w:rsidRDefault="0075078D" w:rsidP="0075078D">
+    <w:p w14:paraId="2921701B" w14:textId="77777777" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="080FFDD8" w14:textId="77777777" w:rsidR="00CD4C48" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00CD4C48">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121D6F18" w14:textId="110763D7" w:rsidR="0075078D" w:rsidRPr="00F55F02" w:rsidRDefault="00CD4C48" w:rsidP="00875FD6">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...2375 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5C6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1752701955"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4367C143" wp14:editId="7E6DF5C9">
+                <wp:extent cx="654050" cy="258939"/>
+                <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                <wp:docPr id="542090512" name="תמונה 3" descr="הוסף/י קובץ חתימה"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="542090512" name="תמונה 3" descr="הוסף/י קובץ חתימה"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId12" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="663710" cy="262763"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5C6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1429848864"/>
+          <w:placeholder>
+            <w:docPart w:val="C44B9E3D8EEF4F6EAC37FBC3F57210B0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F55F02" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F55F02">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11F7E49F" w14:textId="77777777" w:rsidR="0075078D" w:rsidRPr="004C7AB6" w:rsidRDefault="0075078D" w:rsidP="0075078D">
-[...8 lines deleted...]
-          <w:u w:val="single"/>
+    <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="00F55F02" w:rsidRDefault="00747D06" w:rsidP="00747D06">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...572 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00F55F02" w:rsidSect="00747D06">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="279DC1F8" w14:textId="77777777" w:rsidR="00C14009" w:rsidRDefault="00C14009" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7894D499" w14:textId="77777777" w:rsidR="00C14009" w:rsidRDefault="00C14009" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3188,144 +1923,165 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="26670DD3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="75F3486E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-336550</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="56702414" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="7620F8D3" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -4053,70 +2809,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="6990FAD0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -5626,190 +4382,205 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1247614052">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Psx2lA3zoJWRjiFYyA9xkm7DNl+gN46WV2A3uqrEy5Kk9psK5pjGpuQhsJtLLoRTLBLBw7PvN4vTk+G3WINxZA==" w:salt="1ci/+583LUPsuVAHrAi2Vw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="swHOTSOKy/8V48EF/CcOYB4qSEBWRb3VRMv3MujYZuZbOZeRk6swxyNhiWCGHNWUwVtgAc3mObqMTEBsREZ/Iw==" w:salt="CHJbiu5yoCXv/6HsLEW71A=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="00007ACB"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
+    <w:rsid w:val="0015642B"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001F64F9"/>
     <w:rsid w:val="0020607E"/>
+    <w:rsid w:val="00210269"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A132B"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="003308A6"/>
     <w:rsid w:val="00331D2F"/>
+    <w:rsid w:val="0033533A"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006C5BBF"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="0075078D"/>
+    <w:rsid w:val="00790B7E"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00852B53"/>
+    <w:rsid w:val="00864D2D"/>
+    <w:rsid w:val="00875FD6"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008D0948"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00932ADE"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00971FDE"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A1522F"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AC1AAE"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B03F94"/>
     <w:rsid w:val="00B0449A"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BB43C8"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
+    <w:rsid w:val="00BE00EA"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C14009"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CD4300"/>
+    <w:rsid w:val="00CD4C48"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
+    <w:rsid w:val="00D7249A"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E0339F"/>
     <w:rsid w:val="00E46AF6"/>
+    <w:rsid w:val="00E55173"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00EB5C6A"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F457CD"/>
+    <w:rsid w:val="00F55F02"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -6199,50 +4970,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00CD4C48"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00747D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -6482,59 +5254,1127 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://manlam.net.technion.ac.il/%d7%95%d7%a2%d7%93%d7%95%d7%aa-%d7%90%d7%aa%d7%99%d7%a7%d7%94" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://manlam.net.technion.ac.il/%d7%95%d7%a2%d7%93%d7%95%d7%aa-%d7%90%d7%aa%d7%99%d7%a7%d7%94" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://manlam.net.technion.ac.il/%d7%95%d7%a2%d7%93%d7%95%d7%aa-%d7%90%d7%aa%d7%99%d7%a7%d7%94" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://manlam.net.technion.ac.il/%d7%95%d7%a2%d7%93%d7%95%d7%aa-%d7%90%d7%aa%d7%99%d7%a7%d7%94" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D635CCAD656B45CFA467A23364A26A85"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0AADFFB9-B6B7-41A1-B39E-4EE5DD06ABE7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="D635CCAD656B45CFA467A23364A26A851"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B9A274BB0A8D471C80FBA2EA8239CDD1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{97979978-61E8-47CF-B844-C6597F7A2F82}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="B9A274BB0A8D471C80FBA2EA8239CDD11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="330A1F84AEFC49DDBE7176A8BE00C30D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3200A8F9-605E-457F-869D-AD6D5A01BB18}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="330A1F84AEFC49DDBE7176A8BE00C30D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4894151F977A46F38B617C29648833D5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CAE37161-C9A3-4BD9-9B38-2C4B1D2FBF51}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="4894151F977A46F38B617C29648833D51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A43E247645004B19BDE92E259479C154"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{926B3092-8170-4FA4-A8FC-01B9980AEE0B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="A43E247645004B19BDE92E259479C1541"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="22AD84A18E9A4BF6B50E4F331BCCA768"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{88D2075A-8FF1-4DC9-8550-D36A01C5C4E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="22AD84A18E9A4BF6B50E4F331BCCA7681"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D45A6DADCD6A4F6988A5235CD3AB475D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E443A2BF-2363-4ECC-BE84-E7D13496E646}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="D45A6DADCD6A4F6988A5235CD3AB475D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6AB43E9C08D44183B88E94B4B4F0073A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AAA6CB46-83FF-4583-82A9-38A356A7EB46}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="6AB43E9C08D44183B88E94B4B4F0073A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="70D27832AC8A48848F59A8C4A75DB523"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2BA76B7C-31BE-4860-8421-20333BD369FC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="70D27832AC8A48848F59A8C4A75DB523"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C44B9E3D8EEF4F6EAC37FBC3F57210B0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{25D0A8E8-CA8C-4CCA-A8A6-5567455F3FCC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00675EDB" w:rsidRDefault="00675EDB" w:rsidP="00675EDB">
+          <w:pPr>
+            <w:pStyle w:val="C44B9E3D8EEF4F6EAC37FBC3F57210B0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="005C7D5E"/>
+    <w:rsid w:val="001F64F9"/>
+    <w:rsid w:val="0033533A"/>
+    <w:rsid w:val="005C7D5E"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:rsid w:val="00F457CD"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00675EDB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D635CCAD656B45CFA467A23364A26A851">
+    <w:name w:val="D635CCAD656B45CFA467A23364A26A851"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9A274BB0A8D471C80FBA2EA8239CDD11">
+    <w:name w:val="B9A274BB0A8D471C80FBA2EA8239CDD11"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="330A1F84AEFC49DDBE7176A8BE00C30D1">
+    <w:name w:val="330A1F84AEFC49DDBE7176A8BE00C30D1"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4894151F977A46F38B617C29648833D51">
+    <w:name w:val="4894151F977A46F38B617C29648833D51"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A43E247645004B19BDE92E259479C1541">
+    <w:name w:val="A43E247645004B19BDE92E259479C1541"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22AD84A18E9A4BF6B50E4F331BCCA7681">
+    <w:name w:val="22AD84A18E9A4BF6B50E4F331BCCA7681"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D45A6DADCD6A4F6988A5235CD3AB475D1">
+    <w:name w:val="D45A6DADCD6A4F6988A5235CD3AB475D1"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AB43E9C08D44183B88E94B4B4F0073A1">
+    <w:name w:val="6AB43E9C08D44183B88E94B4B4F0073A1"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70D27832AC8A48848F59A8C4A75DB523">
+    <w:name w:val="70D27832AC8A48848F59A8C4A75DB523"/>
+    <w:rsid w:val="00675EDB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C44B9E3D8EEF4F6EAC37FBC3F57210B0">
+    <w:name w:val="C44B9E3D8EEF4F6EAC37FBC3F57210B0"/>
+    <w:rsid w:val="00675EDB"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6793,70 +6633,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>260</Words>
-  <Characters>1300</Characters>
+  <Words>290</Words>
+  <Characters>1327</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1557</CharactersWithSpaces>
+  <CharactersWithSpaces>1579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>