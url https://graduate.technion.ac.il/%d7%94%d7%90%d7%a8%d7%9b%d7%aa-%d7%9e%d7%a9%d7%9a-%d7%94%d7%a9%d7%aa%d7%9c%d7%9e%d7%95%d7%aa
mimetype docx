--- v0 (2025-10-08)
+++ v1 (2025-12-09)
@@ -1,3428 +1,2113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1F4E0CF7" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="10543527" w14:textId="7DB0F086" w:rsidR="00671A4B" w:rsidRPr="005E023E" w:rsidRDefault="00671A4B" w:rsidP="004C5F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-        <w:t>להארכת משך השתלמות</w:t>
+          <w:color w:val="2F5496"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>בקשה להארכת משך השתלמות</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0987CF58" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+    <w:p w14:paraId="0987CF58" w14:textId="7EB7F7F3" w:rsidR="00671A4B" w:rsidRPr="007D6AD1" w:rsidRDefault="006D47C9" w:rsidP="00671A4B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rtl/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-TW" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="411947F3" wp14:editId="01EA1C3C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="411947F3" wp14:editId="2A05363D">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-28575</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>34120</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>9525</wp:posOffset>
+                  <wp:posOffset>93544</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5457825" cy="633095"/>
-                <wp:effectExtent l="9525" t="6985" r="9525" b="7620"/>
+                <wp:extent cx="6515735" cy="619125"/>
+                <wp:effectExtent l="0" t="0" r="18415" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="122118114" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5457825" cy="633095"/>
+                          <a:ext cx="6515735" cy="619125"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="72B8DE20" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="00C71E6C" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+                          <w:p w14:paraId="72B8DE20" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="006A3BA5" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="12"/>
+                                <w:numId w:val="14"/>
                               </w:numPr>
-                              <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="255" w:hanging="270"/>
                               <w:rPr>
-                                <w:rFonts w:cs="David"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="006A3BA5">
                               <w:rPr>
-                                <w:rFonts w:cs="David" w:hint="cs"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve">הארכה מאושרת במשך ההשתלמות </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="003F6ACF">
+                            <w:r w:rsidRPr="006A3BA5">
                               <w:rPr>
-                                <w:rFonts w:cs="David" w:hint="cs"/>
-                                <w:u w:val="single"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                                <w:b/>
+                                <w:bCs/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>אינה</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="006A3BA5">
                               <w:rPr>
-                                <w:rFonts w:cs="David" w:hint="cs"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve"> כוללת פטור מתשלום שכר-לימוד עד למועד הגשת החיבור.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="392E6D8F" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+                          <w:p w14:paraId="4DCD8E72" w14:textId="77777777" w:rsidR="008074D2" w:rsidRPr="006A3BA5" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="12"/>
+                                <w:numId w:val="14"/>
                               </w:numPr>
-                              <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="255" w:hanging="270"/>
                               <w:rPr>
-                                <w:rFonts w:cs="David"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C71E6C">
+                            <w:r w:rsidRPr="006A3BA5">
                               <w:rPr>
-                                <w:rFonts w:cs="David" w:hint="cs"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t xml:space="preserve">יש להגיש את הטופס המלא והחתום למזכירת </w:t>
-[...13 lines deleted...]
-                              <w:t xml:space="preserve"> ביחידה האקדמית.</w:t>
+                              <w:t>יש להגיש את הטופס המלא והחתום למזכירת לתארים מתקדמים ביחידה האקדמית.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="452DCB35" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="00704A4F" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+                          <w:p w14:paraId="452DCB35" w14:textId="04C9D3C3" w:rsidR="00671A4B" w:rsidRPr="006A3BA5" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="12"/>
+                                <w:numId w:val="14"/>
                               </w:numPr>
-                              <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="-15" w:hanging="270"/>
                               <w:rPr>
-                                <w:rFonts w:cs="David"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00704A4F">
+                            <w:r w:rsidRPr="006A3BA5">
                               <w:rPr>
-                                <w:rFonts w:cs="David" w:hint="cs"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>יש להתעדכן בנהלי מדור מסיימים באתר ביה"ס לתארים מתקדמים</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="411947F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.25pt;margin-top:.75pt;width:429.75pt;height:49.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqMBXgGwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkywx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lp2m6AXsYpgdBFKVD8vBwdd23hh0Veg225ONRzpmyEipt9yX//m37&#10;ZsGZD8JWwoBVJX9Qnl+vX79ada5QE2jAVAoZgVhfdK7kTQiuyDIvG9UKPwKnLDlrwFYEMnGfVSg6&#10;Qm9NNsnzedYBVg5BKu/p9nZw8nXCr2slw5e69iowU3LKLaQd076Le7ZeiWKPwjVantIQ/5BFK7Sl&#10;oGeoWxEEO6D+A6rVEsFDHUYS2gzqWkuVaqBqxvlv1dw3wqlUC5Hj3Zkm//9g5efjvfuKLPTvoKcG&#10;piK8uwP5wzMLm0bYvbpBhK5RoqLA40hZ1jlfnL5Gqn3hI8iu+wQVNVkcAiSgvsY2skJ1MkKnBjyc&#10;SVd9YJIuZ9PZ28Vkxpkk3/zqKl/OUghRPP126MMHBS2Lh5IjNTWhi+OdDzEbUTw9icE8GF1ttTHJ&#10;wP1uY5AdBQlgm9YJ/cUzY1lX8uWM8vg7RJ5P8nmSDUV9AdHqQEo2ui35Io9r0Fak7b2tks6C0GY4&#10;02djTzxG6gYSQ7/r6WHkcwfVAzGKMCiWJowODeAvzjpSa8n9z4NAxZn5aKkry/F0GuWdDCJ0QgZe&#10;enaXHmElQZU8cDYcN2EYiYNDvW8o0qADCzfUyVonkp+zOuVNikzcn6YnSv7STq+eZ3z9CAAA//8D&#10;AFBLAwQUAAYACAAAACEANjPgWd0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExPTUvDQBC9C/6H&#10;ZQQv0m5aTCkxmyJCFQ+CjYL0ts2OSXB3Nu5u0/TfO570NLx5j/dRbiZnxYgh9p4ULOYZCKTGm55a&#10;Be9v29kaREyajLaeUMEZI2yqy4tSF8afaIdjnVrBJhQLraBLaSikjE2HTse5H5CY+/TB6cQwtNIE&#10;fWJzZ+Uyy1bS6Z44odMDPnTYfNVHp+D5qd6/oP143Xqzx3F3/r55DCulrq+m+zsQCaf0J4bf+lwd&#10;Ku508EcyUVgFs9uclfznw/Q6z3nagXG2WIKsSvl/QPUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAqjAV4BsCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEANjPgWd0AAAAIAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="#002060">
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:2.7pt;margin-top:7.35pt;width:513.05pt;height:48.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdXIGTHAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkrQx4hRdugwD&#10;ugvQ7QNkWbaFyaImKbGzry8lu2m6AXsYpgdBFKVD8vBwczN0ihyFdRJ0QbNZSonQHCqpm4J+/7Z/&#10;c02J80xXTIEWBT0JR2+2r19tepOLObSgKmEJgmiX96agrfcmTxLHW9ExNwMjNDprsB3zaNomqSzr&#10;Eb1TyTxNV0kPtjIWuHAOb+9GJ91G/LoW3H+payc8UQXF3HzcbdzLsCfbDcsby0wr+ZQG+4csOiY1&#10;Bj1D3THPyMHKP6A6yS04qP2MQ5dAXUsuYg1YTZb+Vs1Dy4yItSA5zpxpcv8Pln8+PpivlvjhHQzY&#10;wFiEM/fAfziiYdcy3Yhba6FvBaswcBYoS3rj8ulroNrlLoCU/SeosMns4CECDbXtAitYJ0F0bMDp&#10;TLoYPOF4uVpmy6u3S0o4+lbZOpsvYwiWP/021vkPAjoSDgW12NSIzo73zodsWP70JARzoGS1l0pF&#10;wzblTllyZCiAfVwT+otnSpO+oOslxv47RJrO01WUDUZ9AdFJj0pWsivodRrWqK1A23tdRZ15JtV4&#10;xs9KTzwG6kYS/VAO+DDwWUJ1QkYtjIrFCcNDC/YXJT2qtaDu54FZQYn6qLEr62yxCPKOxmJ5NUfD&#10;XnrKSw/THKEK6ikZjzs/jsTBWNm0GGnUgYZb7GQtI8nPWU15oyIj99P0BMlf2vHV84xvHwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhABu0J5LhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwYvYTWJbJWZTRKjiQbBRkN622TEJ7s7G7DZN/73Tk95m5j3efK9YTc6KEYfQeVKQzhIQSLU3&#10;HTUKPt7X13cgQtRktPWECo4YYFWenxU6N/5AGxyr2AgOoZBrBW2MfS5lqFt0Osx8j8Talx+cjrwO&#10;jTSDPnC4szJLkqV0uiP+0OoeH1usv6u9U/DyXG1f0X6+rb3Z4rg5/lw9DUulLi+mh3sQEaf4Z4YT&#10;PqNDyUw7vycThFWwmLORz/NbECc5uUkXIHY8pVkGsizk/wblLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAdXIGTHAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAbtCeS4QAAAAkBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokecolor="#002060">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="72B8DE20" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="00C71E6C" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+                    <w:p w14:paraId="72B8DE20" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="006A3BA5" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="12"/>
+                          <w:numId w:val="14"/>
                         </w:numPr>
-                        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="255" w:hanging="270"/>
                         <w:rPr>
-                          <w:rFonts w:cs="David"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="006A3BA5">
                         <w:rPr>
-                          <w:rFonts w:cs="David" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve">הארכה מאושרת במשך ההשתלמות </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="003F6ACF">
+                      <w:r w:rsidRPr="006A3BA5">
                         <w:rPr>
-                          <w:rFonts w:cs="David" w:hint="cs"/>
-                          <w:u w:val="single"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                          <w:b/>
+                          <w:bCs/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>אינה</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="006A3BA5">
                         <w:rPr>
-                          <w:rFonts w:cs="David" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve"> כוללת פטור מתשלום שכר-לימוד עד למועד הגשת החיבור.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="392E6D8F" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+                    <w:p w14:paraId="4DCD8E72" w14:textId="77777777" w:rsidR="008074D2" w:rsidRPr="006A3BA5" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="12"/>
+                          <w:numId w:val="14"/>
                         </w:numPr>
-                        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="255" w:hanging="270"/>
                         <w:rPr>
-                          <w:rFonts w:cs="David"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C71E6C">
+                      <w:r w:rsidRPr="006A3BA5">
                         <w:rPr>
-                          <w:rFonts w:cs="David" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t xml:space="preserve">יש להגיש את הטופס המלא והחתום למזכירת </w:t>
-[...13 lines deleted...]
-                        <w:t xml:space="preserve"> ביחידה האקדמית.</w:t>
+                        <w:t>יש להגיש את הטופס המלא והחתום למזכירת לתארים מתקדמים ביחידה האקדמית.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="452DCB35" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="00704A4F" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+                    <w:p w14:paraId="452DCB35" w14:textId="04C9D3C3" w:rsidR="00671A4B" w:rsidRPr="006A3BA5" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="12"/>
+                          <w:numId w:val="14"/>
                         </w:numPr>
-                        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="-15" w:hanging="270"/>
                         <w:rPr>
-                          <w:rFonts w:cs="David"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00704A4F">
+                      <w:r w:rsidRPr="006A3BA5">
                         <w:rPr>
-                          <w:rFonts w:cs="David" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>יש להתעדכן בנהלי מדור מסיימים באתר ביה"ס לתארים מתקדמים</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8BEF7C" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3A2A22F5" w14:textId="709EFB8C" w:rsidR="00671A4B" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C6F6A1E" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...1152 lines deleted...]
-    <w:p w14:paraId="54D0860D" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+    <w:p w14:paraId="0D747EED" w14:textId="5571E9ED" w:rsidR="007D4760" w:rsidRPr="007D6AD1" w:rsidRDefault="007D4760" w:rsidP="008074D2">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19F8FDF9" w14:textId="77777777" w:rsidR="006D47C9" w:rsidRDefault="006D47C9" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38676E02" w14:textId="0673C174" w:rsidR="008074D2" w:rsidRPr="007D6AD1" w:rsidRDefault="008074D2" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם הסטודנט/ית:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD45D4" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="976570034"/>
+          <w:placeholder>
+            <w:docPart w:val="FE9FCC583528478E90666EEDD04E05B8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="5EB38427" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...13 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+    <w:p w14:paraId="5090F6EA" w14:textId="3F3C7BBE" w:rsidR="008074D2" w:rsidRPr="007D6AD1" w:rsidRDefault="008074D2" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מספר ת.ז.:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD45D4" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216091778"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1870220677"/>
+          <w:placeholder>
+            <w:docPart w:val="9C14707511B946F3BECF603EF8817E14"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="104D40CF" w14:textId="520573FA" w:rsidR="008074D2" w:rsidRPr="007D6AD1" w:rsidRDefault="008074D2" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יחידה אקדמית/פקולטה/תוכנית:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD45D4" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="599000791"/>
+          <w:placeholder>
+            <w:docPart w:val="2A0B22AE77524C778862B3575CA49990"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5C54B52E" w14:textId="72756938" w:rsidR="008074D2" w:rsidRPr="007D6AD1" w:rsidRDefault="008074D2" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תואר:</w:t>
+      </w:r>
+      <w:r w:rsidR="007C26E7" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215994961"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="C5CD5558810D4098A5A6C583F02D0AF8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
+            <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
+            <w:listItem w:displayText="לא לתואר" w:value="לא לתואר"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="421D7605" w14:textId="57492CEE" w:rsidR="008074D2" w:rsidRPr="007D6AD1" w:rsidRDefault="008074D2" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>לומד/ת בסמסטר</w:t>
+      </w:r>
+      <w:r w:rsidR="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1995166555"/>
+          <w:placeholder>
+            <w:docPart w:val="0B2DEF485D774CBAA87AB18A796005D2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="1" w:value="1"/>
+            <w:listItem w:displayText="2" w:value="2"/>
+            <w:listItem w:displayText="3" w:value="3"/>
+            <w:listItem w:displayText="4" w:value="4"/>
+            <w:listItem w:displayText="5" w:value="5"/>
+            <w:listItem w:displayText="6" w:value="6"/>
+            <w:listItem w:displayText="7" w:value="7"/>
+            <w:listItem w:displayText="8" w:value="8"/>
+            <w:listItem w:displayText="9" w:value="9"/>
+            <w:listItem w:displayText="10" w:value="10"/>
+            <w:listItem w:displayText="11" w:value="11"/>
+            <w:listItem w:displayText="12" w:value="12"/>
+            <w:listItem w:displayText="13" w:value="13"/>
+            <w:listItem w:displayText="14" w:value="14"/>
+            <w:listItem w:displayText="15" w:value="15"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מתוך</w:t>
+      </w:r>
+      <w:r w:rsidR="00875A01">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1814301191"/>
+          <w:placeholder>
+            <w:docPart w:val="17818BCD8C71456EB33E2632DA2E2CDE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="1" w:value="1"/>
+            <w:listItem w:displayText="2" w:value="2"/>
+            <w:listItem w:displayText="3" w:value="3"/>
+            <w:listItem w:displayText="4" w:value="4"/>
+            <w:listItem w:displayText="5" w:value="5"/>
+            <w:listItem w:displayText="6" w:value="6"/>
+            <w:listItem w:displayText="7" w:value="7"/>
+            <w:listItem w:displayText="8" w:value="8"/>
+            <w:listItem w:displayText="9" w:value="9"/>
+            <w:listItem w:displayText="10" w:value="10"/>
+            <w:listItem w:displayText="11" w:value="11"/>
+            <w:listItem w:displayText="12" w:value="12"/>
+            <w:listItem w:displayText="13" w:value="13"/>
+            <w:listItem w:displayText="14" w:value="14"/>
+            <w:listItem w:displayText="15" w:value="15"/>
+            <w:listItem w:displayText="16" w:value="16"/>
+            <w:listItem w:displayText="17" w:value="17"/>
+            <w:listItem w:displayText="18" w:value="18"/>
+            <w:listItem w:displayText="19" w:value="19"/>
+            <w:listItem w:displayText="20" w:value="20"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00875A01" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00875A01">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541A7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>סמסטרים</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (נא לבדוק בתדפיס הציונים)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717A47D1" w14:textId="01DB9FA9" w:rsidR="008074D2" w:rsidRPr="007D6AD1" w:rsidRDefault="008074D2" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ניצול מכסת חודשי מלגה</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD45D4" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD45D4" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1607623309"/>
+          <w:placeholder>
+            <w:docPart w:val="2BEE7EB956424216B305BE7D9D1EFFBE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5EB38427" w14:textId="614FFAF4" w:rsidR="00671A4B" w:rsidRPr="005E023E" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="8A0000"/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>יש לפרט במכתב מנומק, מאושר ע"י המנחה שיצורף לבקשה זו.</w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נימוקים לבקשת ההארכה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="8A0000"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יש לפרט במכתב מנומק, מאושר ע"י המנחה</w:t>
+      </w:r>
+      <w:r w:rsidR="00882A0B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> שיצורף לבקשה זו.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E1A76F" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="27E1A76F" w14:textId="163C5E25" w:rsidR="00671A4B" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="C00000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16E109F2" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="00704A4F" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="16E109F2" w14:textId="3732ECAE" w:rsidR="00671A4B" w:rsidRPr="005E023E" w:rsidRDefault="00671A4B" w:rsidP="005E023E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+        <w:t>* חלק זה ימולא ע"י סטודנטי</w:t>
+      </w:r>
+      <w:r w:rsidR="00031F28" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>חלק זה ימולא ע"י סטודנטים בנתיב מחקרי בלבד</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+        <w:t>ות/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> *</w:t>
+        <w:t>ם בנתיב מחקרי בלבד *</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52473A5E" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRPr="001115A9" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...12 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+    <w:p w14:paraId="52473A5E" w14:textId="70F8924C" w:rsidR="00671A4B" w:rsidRPr="00CA327D" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t>לו"ז לסיום</w:t>
-[...714 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>לו"ז לסיום (ייקבע בתיאום עם המנחה ובהתאם לנוהל שלבי גמר</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A288D5F" w14:textId="5A4F6427" w:rsidR="00AD45D4" w:rsidRPr="00CA327D" w:rsidRDefault="00AD45D4" w:rsidP="00CA327D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...179 lines deleted...]
-      </w:r>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מועד הגשת טיוטת החיבור למנחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215995463"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="12497600"/>
+          <w:placeholder>
+            <w:docPart w:val="5C0EC7F71AC2408FADE7A1A206E5F093"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00CA327D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="45437D74" w14:textId="3EB13DB8" w:rsidR="00AD45D4" w:rsidRPr="00CA327D" w:rsidRDefault="00AD45D4" w:rsidP="00CA327D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מועד להרצאה הסמינריונית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-602262072"/>
+          <w:placeholder>
+            <w:docPart w:val="49F6B5B050DC40E8991B49A31158B8CF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00CA327D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6B4DC8C3" w14:textId="48D27CB0" w:rsidR="00AD45D4" w:rsidRPr="00CA327D" w:rsidRDefault="00AD45D4" w:rsidP="00CA327D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מועד להגשת החיבור לבית</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17B00" w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>הספר לתארים מתקדמים:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="458608170"/>
+          <w:placeholder>
+            <w:docPart w:val="2071B719526D482C84658A5C9559E0BE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00CA327D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3B5004F5" w14:textId="226F135A" w:rsidR="00671A4B" w:rsidRPr="00CA327D" w:rsidRDefault="00AD45D4" w:rsidP="00CA327D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>הערות:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5F0D" w:rsidRPr="00CA327D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk215994911"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="7EA65CF324B14CF3B51FC0ADCB348A6D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA3F61" w:rsidRPr="00CA327D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="0E1A5683" w14:textId="77777777" w:rsidR="00CB5F0D" w:rsidRPr="007D6AD1" w:rsidRDefault="00CB5F0D" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69B7AE27" w14:textId="77777777" w:rsidR="006A3BA5" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נא להדפיס, לחתום ולהחתים כלהלן ולהגיש במזכירות תארים מתקדמים בפקולטה</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D4E0C9" w14:textId="0ABCE50B" w:rsidR="00C17B00" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17B00" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-131491250"/>
+          <w:placeholder>
+            <w:docPart w:val="1EF0CB22C6FB4ED3B3C468674CAFBFCD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת הסטודנט/ית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-412085257"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00004389">
+          <w:r w:rsidR="00004389" w:rsidRPr="007D6AD1">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50779106" wp14:editId="7F53D7DF">
-[...2 lines deleted...]
-                <wp:docPr id="2143444588" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50779106" wp14:editId="3199B6F3">
+                <wp:extent cx="567574" cy="274955"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+                <wp:docPr id="2143444588" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="2143444588" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1671934" cy="282124"/>
+                          <a:ext cx="598999" cy="290178"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="52730629" w14:textId="4091FBA9" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+    <w:p w14:paraId="727FE981" w14:textId="2F951A65" w:rsidR="004C5F4F" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="1138535520"/>
+          <w:id w:val="145860567"/>
+          <w:placeholder>
+            <w:docPart w:val="7A4C83FBB7BD4008BAB7F0CDE4DBAF0D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C17B00" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15284" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15284" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1986066257"/>
+          <w:placeholder>
+            <w:docPart w:val="009F2730C4084DEF8C309C28EF392BFC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B15284" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15284" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-996805387"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E112ED">
+          <w:r w:rsidR="00B15284" w:rsidRPr="007D6AD1">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="477C8086" wp14:editId="1ED1B0A9">
-                <wp:extent cx="1314450" cy="304800"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F974ABB" wp14:editId="004B3D28">
+                <wp:extent cx="542392" cy="333375"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="Picture 9"/>
+                <wp:docPr id="1445543563" name="תמונה 2" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="1445543563" name="תמונה 2" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1314450" cy="304800"/>
+                          <a:ext cx="544382" cy="334598"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="009A0D72">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C03F8B" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+    <w:p w14:paraId="07FEA502" w14:textId="42CD76DA" w:rsidR="00B15284" w:rsidRPr="007D6AD1" w:rsidRDefault="005E023E" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
+          <w:lang w:val="he-IL"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D49E3F2" wp14:editId="66BA6C98">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F95A02" wp14:editId="3A5F1792">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>47625</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-391160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>48260</wp:posOffset>
+                  <wp:posOffset>194945</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5657850" cy="28575"/>
-                <wp:effectExtent l="19050" t="21590" r="19050" b="16510"/>
+                <wp:extent cx="7390130" cy="0"/>
+                <wp:effectExtent l="19050" t="19050" r="1270" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1125634804" name="AutoShape 5"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="957539752" name="מחבר ישר 8">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5657850" cy="28575"/>
+                          <a:ext cx="7390130" cy="0"/>
                         </a:xfrm>
-                        <a:prstGeom prst="straightConnector1">
+                        <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
                         <a:ln w="28575">
-                          <a:solidFill>
-[...1 lines deleted...]
-                          </a:solidFill>
                           <a:prstDash val="dash"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6CA4F9E5" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...5 lines deleted...]
-              </v:shape>
+              <v:line w14:anchorId="6FB4B2CE" id="מחבר ישר 8" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-30.8pt,15.35pt" to="551.1pt,15.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2cKtkugEAAMEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IdpEkFyznEaHso&#10;2iBJP4ChlhZRvsBlLfnvu6RspWgTIAh6oUjuzuzMcrW+Hq1he4iovWv5clFzBk76Trtdy388fHp/&#10;xRkm4TphvIOWHwD59ebd2XoIDax8700HkRGJw2YILe9TCk1VoezBClz4AI6CykcrEh3jruqiGIjd&#10;mmpV1x+qwccuRC8BkW63U5BvCr9SINN3pRASMy0nbamssayPea02a9Hsogi9lkcZ4g0qrNCOis5U&#10;W5EE+xX1P1RWy+jRq7SQ3lZeKS2heCA3y/ovN/e9CFC8UHMwzG3C/0crv+1v3G2kNgwBGwy3MbsY&#10;VbRMGR2+0JsWX6SUjaVth7ltMCYm6fLy/GO9PKfuylOsmigyVYiYPoO3LG9abrTLjkQj9l8xUVlK&#10;PaXka+PY0PLV1cXlRUnLsa3Anu0FvWBHu/xkBDKOPk+ayy4dDEwkd6CY7kjbpL6ME9yYeKT5uZxZ&#10;KDNDlDZmBtWl9IugY26GQRmx1wLn7FLRuzQDrXY+Plc1jSepaso/uZ68ZtuPvjuUFyztoDkp/TnO&#10;dB7EP88F/vTnbX4DAAD//wMAUEsDBBQABgAIAAAAIQA/quma3AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQu05a0Q11V6k4MCTgzeIC0MW1Z45Qm28rbk4kDHG1/+v395Xa2&#10;gzjR5HvHCMlKgSBunOm5RXh/e1rmIHzQbPTgmBC+ycO2ur4qdWHcmV/ptA+tiCHsC43QhTAWUvqm&#10;I6v9yo3E8fbhJqtDHKdWmkmfY7gdZKpUJq3uOX7o9EiPHTWH/dEimGcX1rtdfkgWL1/1J+cbc7eo&#10;EW9v5od7EIHm8AfDRT+qQxWdandk48WAsMySLKIIa7UBcQESlaYg6t+NrEr5v0L1AwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAPZwq2S6AQAAwQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD+q6ZrcAAAACgEAAA8AAAAAAAAAAAAAAAAAFAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="2.25pt">
+                <v:stroke dashstyle="dash" joinstyle="miter"/>
+                <w10:wrap anchorx="margin"/>
+              </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67527981" w14:textId="77777777" w:rsidR="00671A4B" w:rsidRDefault="00671A4B" w:rsidP="00671A4B">
+    <w:p w14:paraId="6F5C5E94" w14:textId="6EC626DA" w:rsidR="006A3BA5" w:rsidRPr="007D6AD1" w:rsidRDefault="006A3BA5" w:rsidP="005E023E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67527981" w14:textId="6BA5FCE0" w:rsidR="00671A4B" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-360"/>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+        <w:t>אל:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> דיקן ביה"ס לתארים מתקדמים (באמצעות מדור לומדים)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620C4B0A" w14:textId="6B0F38A6" w:rsidR="00671A4B" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">המלצת הוועדה </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+        <w:t>מאת:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> מרכז</w:t>
+      </w:r>
+      <w:r w:rsidR="00031F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הוועדה לתארים מתקדמים</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7693213F" w14:textId="77777777" w:rsidR="005E023E" w:rsidRDefault="005E023E" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="David" w:hint="cs"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA79E2B" w14:textId="66982A14" w:rsidR="00671A4B" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> ביחידה האקדמית</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>המלצת הוועדה לתארים מתקדמים ביחידה האקדמית</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F48D5F" w14:textId="622D03A6" w:rsidR="00671A4B" w:rsidRPr="00340210" w:rsidRDefault="00340210" w:rsidP="00340210">
+    <w:bookmarkStart w:id="4" w:name="_Hlk216093297"/>
+    <w:p w14:paraId="4BB586E7" w14:textId="2584676A" w:rsidR="00D84D54" w:rsidRPr="007D6AD1" w:rsidRDefault="004817FF" w:rsidP="006A3BA5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-360"/>
-[...266 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-794447792"/>
+          <w:placeholder>
+            <w:docPart w:val="E85A88129C0D4D4DBE0E8C5CED4B12CC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="2A39D86C" w14:textId="586A5F49" w:rsidR="00747D06" w:rsidRPr="007D6AD1" w:rsidRDefault="00671A4B" w:rsidP="006A3BA5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D47C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="930166110"/>
+          <w:placeholder>
+            <w:docPart w:val="17410B7C80F940AA8B33F78837B959E0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C17B00" w:rsidRPr="006D47C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15284" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם </w:t>
+      </w:r>
+      <w:r w:rsidR="00031F28" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מרכז/ת</w:t>
+      </w:r>
+      <w:r w:rsidR="006D47C9" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הוועדה</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15284" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15284" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="806208708"/>
+          <w:placeholder>
+            <w:docPart w:val="B66812E1C12949B0B9ECBB8A445FCC7B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005E023E" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B15284" w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">חתימת </w:t>
+      </w:r>
+      <w:r w:rsidR="00031F28" w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מרכז/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E023E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הוועדה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1117104525"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00340210">
+          <w:r w:rsidR="00340210" w:rsidRPr="007D6AD1">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00E5A528" wp14:editId="025AE62F">
-[...2 lines deleted...]
-                <wp:docPr id="3" name="Picture 10"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00E5A528" wp14:editId="1655267F">
+                <wp:extent cx="549204" cy="361315"/>
+                <wp:effectExtent l="0" t="0" r="3810" b="635"/>
+                <wp:docPr id="3" name="Picture 10" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="3" name="Picture 10" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1257300" cy="361950"/>
+                          <a:ext cx="562823" cy="370275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="00747D06" w:rsidRDefault="00747D06" w:rsidP="00747D06">
-[...8 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="007D6AD1" w:rsidSect="006D47C9">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42C40CFC" w14:textId="77777777" w:rsidR="007B42FC" w:rsidRDefault="007B42FC" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1B87E8CC" w14:textId="77777777" w:rsidR="007B42FC" w:rsidRDefault="007B42FC" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3512,113 +2197,119 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="7084E94D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="6857771A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-336550</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="242ED27A" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="1A369E5C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3658,71 +2349,59 @@
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Technion city, Haifa 3200003, Israel</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
                             <w:br/>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
-                            <w:t>קרית</w:t>
-[...10 lines deleted...]
-                            <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
+                            <w:t>קרית הטכניון, חיפה 3200003</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:br/>
                             <w:t>Graduate.technion.ac.il</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                           <w:pPr>
                             <w:bidi w:val="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:rtl/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
@@ -3755,71 +2434,59 @@
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Technion city, Haifa 3200003, Israel</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:br/>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
-                      <w:t>קרית</w:t>
-[...10 lines deleted...]
-                      <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
+                      <w:t>קרית הטכניון, חיפה 3200003</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:br/>
                       <w:t>Graduate.technion.ac.il</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                     <w:pPr>
                       <w:bidi w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
@@ -4171,68 +2838,138 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="08219BE8" w14:textId="77777777" w:rsidR="007B42FC" w:rsidRDefault="007B42FC" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DDE1268" w14:textId="77777777" w:rsidR="007B42FC" w:rsidRDefault="007B42FC" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
+  <w:p w14:paraId="7B249C48" w14:textId="536D7E9D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="007D4760" w:rsidP="00FE2457">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="795"/>
       </w:tabs>
       <w:bidi w:val="0"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00FE5C31">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="77325527">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>-1270</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-641985</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7548880" cy="1583055"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="85333"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7548880" cy="1583055"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00CE7144">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B4A43D8" wp14:editId="25C211FD">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B4A43D8" wp14:editId="192268D0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>1090930</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>418465</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4600575" cy="314325"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
@@ -4365,130 +3102,146 @@
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
-[...68 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00FE2457">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="044E6051"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AFB896AC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="222776F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F88AED6"/>
     <w:lvl w:ilvl="0" w:tplc="BC8A8DD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4557,51 +3310,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D0D04FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="893A0CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4697,51 +3450,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE07D54"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C99C02CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4837,51 +3590,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="358E55A2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C98CB9C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4979,51 +3732,137 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38235596"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2FB24B1A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8849A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5754CDAA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5065,51 +3904,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CD66D84"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77FA404E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5205,51 +4044,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7715F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E68AF0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5345,51 +4184,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B379A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71C4E62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5485,51 +4324,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B281E47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A4E91C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5625,51 +4464,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76085384"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="830CF9CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5765,51 +4604,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DFA2660"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD00E0C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5905,51 +4744,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E8202C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84A4EAD6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5994,234 +4833,396 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD32467"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C86CBB6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="626661182">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="90199880">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="506214082">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1695301428">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="805203858">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1247614052">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1496415111">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="90199880">
+  <w:num w:numId="9" w16cid:durableId="2110615075">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1785151925">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="506214082">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="12" w16cid:durableId="1502546290">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1695301428">
-[...8 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="1496415111">
+  <w:num w:numId="13" w16cid:durableId="2016566232">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="195242110">
-[...5 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="1785151925">
+  <w:num w:numId="14" w16cid:durableId="1228342248">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="691733165">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="15" w16cid:durableId="567962567">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="uZaNhOTNguQ7eoYIvBcEr9n0AUkPMGzk/Bumdg8dX9C3APQw+8qEswsklTDgGtJbaDA8rguO7+oMJNd4HvNhkA==" w:salt="n05RedqeAqQH0hPm7n5EKg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lmhICGK/V8HMNrpF7UeMBJiz2FTzf/kaulIjawcZHJYG4RUvqv4OMHsG40xKQkM4rdbwSvAt9LSDMg4S2XR0aw==" w:salt="vpwxoUa+CltBsSuE7V38/A=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="00004389"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="00031F28"/>
     <w:rsid w:val="000437D6"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
+    <w:rsid w:val="000F5189"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="001F3AC7"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00227661"/>
+    <w:rsid w:val="00242063"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002B7C17"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="003321B8"/>
     <w:rsid w:val="00340210"/>
     <w:rsid w:val="00357822"/>
+    <w:rsid w:val="003628F2"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
+    <w:rsid w:val="003F7FAD"/>
+    <w:rsid w:val="00406766"/>
+    <w:rsid w:val="0042531B"/>
     <w:rsid w:val="00451CB6"/>
+    <w:rsid w:val="00471046"/>
+    <w:rsid w:val="004817FF"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004C5F4F"/>
     <w:rsid w:val="0050458C"/>
+    <w:rsid w:val="00513C57"/>
+    <w:rsid w:val="00541A7D"/>
+    <w:rsid w:val="00554384"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
+    <w:rsid w:val="005E023E"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00606CAD"/>
     <w:rsid w:val="00625133"/>
+    <w:rsid w:val="0065438E"/>
     <w:rsid w:val="00671A4B"/>
+    <w:rsid w:val="0067325F"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00687D45"/>
     <w:rsid w:val="006A3713"/>
+    <w:rsid w:val="006A3BA5"/>
     <w:rsid w:val="006B5C20"/>
     <w:rsid w:val="006B686A"/>
+    <w:rsid w:val="006D47C9"/>
     <w:rsid w:val="006D7934"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
+    <w:rsid w:val="0073171F"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="007B42FC"/>
+    <w:rsid w:val="007C26E7"/>
     <w:rsid w:val="007C3553"/>
+    <w:rsid w:val="007D4760"/>
+    <w:rsid w:val="007D6AD1"/>
     <w:rsid w:val="008065EC"/>
+    <w:rsid w:val="008074D2"/>
+    <w:rsid w:val="008161C0"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="00875A01"/>
+    <w:rsid w:val="00882A0B"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
+    <w:rsid w:val="008B74CE"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A515DC"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
+    <w:rsid w:val="00AA3F61"/>
+    <w:rsid w:val="00AD45D4"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AF3237"/>
+    <w:rsid w:val="00B15284"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BA6CB8"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
+    <w:rsid w:val="00C17B00"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C75183"/>
     <w:rsid w:val="00C86D4F"/>
+    <w:rsid w:val="00CA327D"/>
     <w:rsid w:val="00CB54CF"/>
+    <w:rsid w:val="00CB5F0D"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
+    <w:rsid w:val="00D84D54"/>
     <w:rsid w:val="00DA7686"/>
+    <w:rsid w:val="00DC2E19"/>
+    <w:rsid w:val="00DD0DCA"/>
     <w:rsid w:val="00DD575B"/>
     <w:rsid w:val="00E112ED"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
+    <w:rsid w:val="00EA6FF6"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F22BEB"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -6894,59 +5895,1272 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE9FCC583528478E90666EEDD04E05B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A6A0C640-B353-4B0F-9FA3-CE440C52D7FF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="FE9FCC583528478E90666EEDD04E05B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9C14707511B946F3BECF603EF8817E14"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2982BC2-D7EF-4FF4-A56F-A503DB846065}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="9C14707511B946F3BECF603EF8817E14"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2A0B22AE77524C778862B3575CA49990"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{125F1749-1202-40F9-BC03-31F8CB8058DD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="2A0B22AE77524C778862B3575CA49990"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C5CD5558810D4098A5A6C583F02D0AF8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{35796BA7-CBEB-43E9-AE26-9E9D6DD64D6E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="C5CD5558810D4098A5A6C583F02D0AF8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2BEE7EB956424216B305BE7D9D1EFFBE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB46B6F9-FF24-4248-9F21-97094D76B4A4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="2BEE7EB956424216B305BE7D9D1EFFBE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7EA65CF324B14CF3B51FC0ADCB348A6D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1A973314-3769-4404-99B4-14F0C5FD2171}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="7EA65CF324B14CF3B51FC0ADCB348A6D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5C0EC7F71AC2408FADE7A1A206E5F093"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{38094C3B-3723-47D8-AACF-D806555F34E7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="5C0EC7F71AC2408FADE7A1A206E5F093"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="49F6B5B050DC40E8991B49A31158B8CF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4B8B7876-A8C7-450F-B924-B1805B29474D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="49F6B5B050DC40E8991B49A31158B8CF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2071B719526D482C84658A5C9559E0BE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CA3386EE-1F5F-4880-A304-8BB1FCD68F68}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="2071B719526D482C84658A5C9559E0BE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1EF0CB22C6FB4ED3B3C468674CAFBFCD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E674E756-47AC-420A-8AB8-C066CAC88F49}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="1EF0CB22C6FB4ED3B3C468674CAFBFCD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A4C83FBB7BD4008BAB7F0CDE4DBAF0D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B45A9DF4-4E7A-417C-AFE6-1058B65BA20F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="7A4C83FBB7BD4008BAB7F0CDE4DBAF0D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="009F2730C4084DEF8C309C28EF392BFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C670E1E-9123-4DF8-965B-60D276BDFA03}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="009F2730C4084DEF8C309C28EF392BFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B66812E1C12949B0B9ECBB8A445FCC7B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{13B8ACFD-417F-4F34-A63F-6D87971E30D7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="B66812E1C12949B0B9ECBB8A445FCC7B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="17410B7C80F940AA8B33F78837B959E0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8D11CC2E-9877-4239-90FE-38DAD7CAC145}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="17410B7C80F940AA8B33F78837B959E0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E85A88129C0D4D4DBE0E8C5CED4B12CC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AACAF2E9-9220-47BD-A14E-2835AB318651}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="E85A88129C0D4D4DBE0E8C5CED4B12CC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0B2DEF485D774CBAA87AB18A796005D2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0AE0FEF7-A64B-4F5D-A06F-209837A463A3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="0B2DEF485D774CBAA87AB18A796005D2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="17818BCD8C71456EB33E2632DA2E2CDE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{065217D7-DE9F-404D-87EF-263F6E4BB8A2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001646D7" w:rsidRDefault="001646D7" w:rsidP="001646D7">
+          <w:pPr>
+            <w:pStyle w:val="17818BCD8C71456EB33E2632DA2E2CDE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:altName w:val="Malgun Gothic Semilight"/>
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00DC6139"/>
+    <w:rsid w:val="001646D7"/>
+    <w:rsid w:val="001E7FE7"/>
+    <w:rsid w:val="00242063"/>
+    <w:rsid w:val="0073171F"/>
+    <w:rsid w:val="008161C0"/>
+    <w:rsid w:val="008D03F8"/>
+    <w:rsid w:val="008E7ECF"/>
+    <w:rsid w:val="009D0362"/>
+    <w:rsid w:val="009E7A17"/>
+    <w:rsid w:val="00DC6139"/>
+    <w:rsid w:val="00DD0DCA"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001646D7"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE9FCC583528478E90666EEDD04E05B8">
+    <w:name w:val="FE9FCC583528478E90666EEDD04E05B8"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C14707511B946F3BECF603EF8817E14">
+    <w:name w:val="9C14707511B946F3BECF603EF8817E14"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A0B22AE77524C778862B3575CA49990">
+    <w:name w:val="2A0B22AE77524C778862B3575CA49990"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5CD5558810D4098A5A6C583F02D0AF8">
+    <w:name w:val="C5CD5558810D4098A5A6C583F02D0AF8"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BEE7EB956424216B305BE7D9D1EFFBE">
+    <w:name w:val="2BEE7EB956424216B305BE7D9D1EFFBE"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EA65CF324B14CF3B51FC0ADCB348A6D">
+    <w:name w:val="7EA65CF324B14CF3B51FC0ADCB348A6D"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C0EC7F71AC2408FADE7A1A206E5F093">
+    <w:name w:val="5C0EC7F71AC2408FADE7A1A206E5F093"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49F6B5B050DC40E8991B49A31158B8CF">
+    <w:name w:val="49F6B5B050DC40E8991B49A31158B8CF"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2071B719526D482C84658A5C9559E0BE">
+    <w:name w:val="2071B719526D482C84658A5C9559E0BE"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EF0CB22C6FB4ED3B3C468674CAFBFCD">
+    <w:name w:val="1EF0CB22C6FB4ED3B3C468674CAFBFCD"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A4C83FBB7BD4008BAB7F0CDE4DBAF0D">
+    <w:name w:val="7A4C83FBB7BD4008BAB7F0CDE4DBAF0D"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="009F2730C4084DEF8C309C28EF392BFC">
+    <w:name w:val="009F2730C4084DEF8C309C28EF392BFC"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B66812E1C12949B0B9ECBB8A445FCC7B">
+    <w:name w:val="B66812E1C12949B0B9ECBB8A445FCC7B"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17410B7C80F940AA8B33F78837B959E0">
+    <w:name w:val="17410B7C80F940AA8B33F78837B959E0"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E85A88129C0D4D4DBE0E8C5CED4B12CC">
+    <w:name w:val="E85A88129C0D4D4DBE0E8C5CED4B12CC"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B2DEF485D774CBAA87AB18A796005D2">
+    <w:name w:val="0B2DEF485D774CBAA87AB18A796005D2"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17818BCD8C71456EB33E2632DA2E2CDE">
+    <w:name w:val="17818BCD8C71456EB33E2632DA2E2CDE"/>
+    <w:rsid w:val="001646D7"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7205,70 +7419,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>182</Words>
-  <Characters>915</Characters>
+  <Words>234</Words>
+  <Characters>1077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1095</CharactersWithSpaces>
+  <CharactersWithSpaces>1281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>