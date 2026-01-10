--- v0 (2025-10-20)
+++ v1 (2026-01-10)
@@ -15,2860 +15,2386 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0E1D52C4" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="0E1D52C4" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00FF0E1C" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD99A66" w14:textId="5C90ED64" w:rsidR="00FF0E1C" w:rsidRPr="006915CC" w:rsidRDefault="00AA6A7D" w:rsidP="006915CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B9176E">
+        <w:t>בקשה חריגה - להארכת ציון "לא השלים"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268F550B" w14:textId="2DD43839" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>סמסטר הגשת הבקשה</w:t>
+      </w:r>
+      <w:r w:rsidR="006915CC" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B9176E">
-[...143 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216184268"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1423646727"/>
+          <w:placeholder>
+            <w:docPart w:val="819B9D8B531B41A8974AE84AC869CF6D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9628"/>
+        <w:gridCol w:w="9617"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA6A7D" w14:paraId="73CFFA91" w14:textId="77777777" w:rsidTr="008329A0">
+      <w:tr w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w14:paraId="73CFFA91" w14:textId="77777777" w:rsidTr="00FF0E1C">
+        <w:trPr>
+          <w:trHeight w:val="1168"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10762" w:type="dxa"/>
+            <w:tcW w:w="9617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63BE4A64" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
+          <w:p w14:paraId="49E2B2C0" w14:textId="77777777" w:rsidR="00FF0E1C" w:rsidRPr="00EA1371" w:rsidRDefault="00FF0E1C" w:rsidP="008329A0">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1638DA26" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
+          <w:p w14:paraId="1638DA26" w14:textId="170DC3A7" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t>הסבר</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">:  מקצוע בו קיים ציון </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">"לא השלים" </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ניתן להשלימו עד </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סוף הסמסטר</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> העוקב . </w:t>
+              <w:t xml:space="preserve"> העוקב. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E15B0AF" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
+          <w:p w14:paraId="1E15B0AF" w14:textId="602A1F8B" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">לא הספיק הסטודנט/ית להשלימו </w:t>
+              <w:t>לא הספיק</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ו</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ה</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F" w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>סטודנט</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>יות ו</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ה</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>סטודנטים</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F" w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">להשלימו </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t>במועד</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> הנ"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> ניתן להגיש בקשה (</w:t>
+              <w:t xml:space="preserve"> ניתן להגיש בקשה </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>בטופס זה)</w:t>
+              <w:t>(בטופס זה)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> להארכת הציון "לא השלים" </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ולא יאוחר</w:t>
+              <w:t>עד ולא יאוחר</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> מסמסטר נוסף מעבר לסמסטר העוקב. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4127EAFD" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
+          <w:p w14:paraId="4127EAFD" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">הארכת ציון "לא השלים" ניתן לקבל </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9176E">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>פעם אחת בלבד.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="336EB557" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
+          <w:p w14:paraId="336EB557" w14:textId="1AA71E74" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9176E">
+            <w:r w:rsidRPr="00EA1371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>סטודנט שסיים את משך ההשתלמות שאושר לו בעת הקבלה - אינו יכול להגיש בקשה זו.</w:t>
+              <w:t>סטודנט</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>יות וסטודנטים</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> שסיי</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מו</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> את משך ההשתלמות שאושר</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ו</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ל</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>הם</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> בעת הקבלה - אינ</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ם</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> יכול</w:t>
+            </w:r>
+            <w:r w:rsidR="009E554F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ים</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA1371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> להגיש בקשה זו.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="392FA4BF" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="008329A0">
+          <w:p w14:paraId="392FA4BF" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00FF0E1C">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CCC7BF3" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="0CCC7BF3" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BBBC2B7" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
-[...576 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
+    <w:p w14:paraId="1BBBC2B7" w14:textId="5F338EC6" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:t>שם משפחה</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...24 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B9176E">
-[...520 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215994864"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-576136505"/>
+          <w:id w:val="127828811"/>
           <w:placeholder>
-            <w:docPart w:val="F48C666CF8214F148CE7BE93EAEE7764"/>
+            <w:docPart w:val="185C79B806034617B514164A74646C2B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1293054462"/>
+          <w:placeholder>
+            <w:docPart w:val="0ADD7C814D4445D582910E34320629AF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006915CC" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ת.ז</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-937367211"/>
+          <w:placeholder>
+            <w:docPart w:val="541D60BB58F949E58413BF100950ACCD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0D29AB1E" w14:textId="4A0F0A74" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>לומד לתואר</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215994961"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="8A74226DFD404CBB8C76FB5C0EAC82A1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
+            <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יחידה אקדמית</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-827582523"/>
+          <w:placeholder>
+            <w:docPart w:val="5BF8D4E789D2434984E5CAEAE568A645"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="12966010" w14:textId="6E812AC5" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אבקש לאשר לי</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הארכת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ציון </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>"לא השלים"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (לרשום רק מקצוע אחד בטופס) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF00833" w14:textId="7E5F11EE" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>במקצוע מספר:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1253474889"/>
+          <w:placeholder>
+            <w:docPart w:val="7E15184A20864A92AF66AF5FE30A3349"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המקצוע:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1966956587"/>
+          <w:placeholder>
+            <w:docPart w:val="60923B353DBC4117B5104D2C5EDCD5B8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6C7763D1" w14:textId="39E0E4A4" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נלמד בסמסטר</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1711950557"/>
+          <w:placeholder>
+            <w:docPart w:val="1A7F0CD64333440AB379742EC8A2CB72"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3D3A38" w14:textId="7471A81F" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>סיבת הבקשה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>(חובה למלא)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk215994911"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="87D4CD5F7B4948BCAE7547726BD5EBF0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="36EF4266" w14:textId="37155408" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk216187329"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1069999059"/>
+          <w:placeholder>
+            <w:docPart w:val="F210397240DA43EDA867340FCF81F0E2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E43C9D">
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B9176E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F87DC0">
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת הסטודנט</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87DC0" w:rsidRPr="006915CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ית</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F87DC0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F87DC0">
+      <w:r w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="348923946"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F87DC0" w:rsidRPr="00F87DC0">
+          <w:r w:rsidR="00F87DC0" w:rsidRPr="00EA1371">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22E01D00" wp14:editId="27689DE0">
-[...2 lines deleted...]
-                <wp:docPr id="53148517" name="Picture 4"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22E01D00" wp14:editId="7534C445">
+                <wp:extent cx="652846" cy="352266"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="53148517" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 4"/>
+                        <pic:cNvPr id="53148517" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="352425"/>
+                          <a:ext cx="663131" cy="357815"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="13D3048C" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="13D3048C" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="216218E5" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
+    <w:p w14:paraId="727A14CD" w14:textId="7EA5EB82" w:rsidR="006915CC" w:rsidRPr="006915CC" w:rsidRDefault="00AA6A7D" w:rsidP="006915CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...124 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אישור מורה המקצוע</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2F03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B61DF35" w14:textId="148900BB" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
-[...150 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+    <w:p w14:paraId="216218E5" w14:textId="22F6D5F0" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם מורה המקצוע:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="21138310"/>
+          <w:id w:val="1923598496"/>
           <w:placeholder>
-            <w:docPart w:val="F48C666CF8214F148CE7BE93EAEE7764"/>
+            <w:docPart w:val="A0684880898945199723BE9624382F86"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4B61DF35" w14:textId="5155629F" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אני מאשר הארכת ציון "לא השלים" לסטודנט</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87DC0" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ית</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הנ"ל. הערות:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1045872783"/>
+          <w:placeholder>
+            <w:docPart w:val="C857AE5EB2A84DF196B20E2767D85D9D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="04BCE22D" w14:textId="4206B415" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="12497600"/>
+          <w:placeholder>
+            <w:docPart w:val="DDCD8619A38747C2893D5203A6044F57"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E43C9D">
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B9176E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00405324">
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת מורה המקצוע</w:t>
+      </w:r>
+      <w:r w:rsidR="00405324" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1554464005"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F87DC0" w:rsidRPr="00F87DC0">
+          <w:r w:rsidR="00F87DC0" w:rsidRPr="00EA1371">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="524F9571" wp14:editId="2BDB139E">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 5"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="524F9571" wp14:editId="746C2E2F">
+                <wp:extent cx="630337" cy="352230"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Picture 5" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 5" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="352425"/>
+                          <a:ext cx="636863" cy="355877"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5D3D9DBB" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="5D3D9DBB" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-          <w:u w:val="single"/>
+          <w:color w:val="ED0000"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FD8F06B" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1FD8F06B" w14:textId="3E48DE2D" w:rsidR="00AA6A7D" w:rsidRPr="00D42866" w:rsidRDefault="00AA6A7D" w:rsidP="006915CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42866">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-          <w:u w:val="single"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>המלצת המנחה</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidR="006A2F03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...108 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C5AF2E" w14:textId="3A9AC4C4" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="1FFC880C" w14:textId="596CA48F" w:rsidR="00FF0E1C" w:rsidRPr="00EA1371" w:rsidRDefault="00C968F7" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...9 lines deleted...]
-      </w:r>
+          <w:color w:val="ED0000"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="169843296"/>
+          <w:id w:val="-119613902"/>
           <w:placeholder>
-            <w:docPart w:val="F48C666CF8214F148CE7BE93EAEE7764"/>
+            <w:docPart w:val="A7642C326693413987E2275C4D6A3041"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="74C5AF2E" w14:textId="08C5BA8C" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1033855410"/>
+          <w:placeholder>
+            <w:docPart w:val="CDC84F1F5C884B208900E7CBC6BD2659"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E43C9D">
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B9176E">
+      <w:r w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B9176E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve">שם המנחה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1066417388"/>
+          <w:placeholder>
+            <w:docPart w:val="3A759A7C95E54D029E83CF475F41912A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006915CC" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
         <w:t>חתימת המנחה</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B9176E">
+      <w:r w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1369824733"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F87DC0" w:rsidRPr="00F87DC0">
+          <w:r w:rsidR="00F87DC0" w:rsidRPr="00EA1371">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BE14116" wp14:editId="198CEBE1">
-[...2 lines deleted...]
-                <wp:docPr id="5" name="Picture 7"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BE14116" wp14:editId="57C9DF0D">
+                <wp:extent cx="675665" cy="352294"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="5" name="Picture 7" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 5"/>
+                        <pic:cNvPr id="5" name="Picture 7" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="352425"/>
+                          <a:ext cx="685337" cy="357337"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5EDE6C26" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="5EDE6C26" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-          <w:u w:val="single"/>
+          <w:color w:val="ED0000"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E7D223" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00B9176E" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="2FB16A43" w14:textId="77777777" w:rsidR="00EA1371" w:rsidRDefault="00EA1371" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E7D223" w14:textId="0C80393F" w:rsidR="00AA6A7D" w:rsidRPr="00D42866" w:rsidRDefault="00AA6A7D" w:rsidP="006915CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-        <w:t>המלצת מרכז הועדה לתארים מתקדמים ביחידה האקדמית</w:t>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42866">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>המלצת מרכז</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00D42866">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42866">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הועדה לתארים מתקדמים ביחידה האקדמית</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2F03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79754481" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="79754481" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22D2071F" w14:textId="77777777" w:rsidR="00AA6A7D" w:rsidRPr="00E43C9D" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
+    <w:p w14:paraId="22D2071F" w14:textId="0A0807E2" w:rsidR="00AA6A7D" w:rsidRPr="00EA1371" w:rsidRDefault="00AA6A7D" w:rsidP="00AA6A7D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E43C9D">
+      <w:r w:rsidRPr="006915CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
-          <w:rtl/>
-[...123 lines deleted...]
-        <w:t>תאריך:</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>הערות:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-248890164"/>
+          <w:id w:val="-1849472840"/>
           <w:placeholder>
-            <w:docPart w:val="F48C666CF8214F148CE7BE93EAEE7764"/>
+            <w:docPart w:val="7CD8682D856545A89F569DC4A3C1ADA5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2A39D86C" w14:textId="5F5C874C" w:rsidR="00747D06" w:rsidRPr="006915CC" w:rsidRDefault="00AA6A7D" w:rsidP="006915CC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="006915CC" w:rsidRPr="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1202897209"/>
+          <w:placeholder>
+            <w:docPart w:val="F453335E85E348B4B438A4D894F5628C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E43C9D">
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B9176E">
+      <w:r w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A630C">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t>חתימת מרכז הועדה</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B9176E">
+        <w:t xml:space="preserve">שם מרכז/ת הועדה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="957380735"/>
+          <w:placeholder>
+            <w:docPart w:val="2B8261B5123A47428F93EFDF428308C3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006915CC" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="006915CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:b/>
+            <w:bCs/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-470979807"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת מרכז</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E1C" w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הועדה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1104385443"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F87DC0">
+          <w:r w:rsidR="00F87DC0" w:rsidRPr="00EA1371">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00BD1D00" wp14:editId="7848E199">
-                <wp:extent cx="1905000" cy="342900"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00BD1D00" wp14:editId="740AA787">
+                <wp:extent cx="632155" cy="342900"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1371066884" name="Picture 6"/>
+                <wp:docPr id="1371066884" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 6"/>
+                        <pic:cNvPr id="1371066884" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId10" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="342900"/>
+                          <a:ext cx="634237" cy="344029"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="00747D06" w:rsidRDefault="00747D06" w:rsidP="00747D06">
-[...12 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="006915CC" w:rsidSect="00EA1371">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1588" w:right="720" w:bottom="1701" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7EE16993" w14:textId="77777777" w:rsidR="00541113" w:rsidRDefault="00541113" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0C4252A5" w14:textId="77777777" w:rsidR="00541113" w:rsidRDefault="00541113" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2967,113 +2493,119 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="462FA8AE">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="00735C66">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-336550</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="42686071" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="1ACF2D40" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3821,70 +3353,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="6FFD961A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -5404,191 +4936,211 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1247614052">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Lw9zWBcuT7pxncBBiYrnwTW0wWASqpP6t7xwDQGDtdVdO796DD292ta5sMWMmQimtuTiUAWYxEjmSHQmDuAH+Q==" w:salt="3Yan4Rl5VOrliVINH1IkMw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aLCIiI/SwOsIDC/RrTTl1WiwmauUKP5xZDCOqREvqXK6/FYJmyeL5G111BvuibiTYVm6Nu428ZXaEoif6UeseQ==" w:salt="iqDfN6eveavAt3pplG2tbQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
+    <w:rsid w:val="00167E9A"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
+    <w:rsid w:val="00242063"/>
+    <w:rsid w:val="00244E5C"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="00284E85"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
+    <w:rsid w:val="002D7502"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
+    <w:rsid w:val="003A1FC4"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00405324"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="00541113"/>
+    <w:rsid w:val="00543A07"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
+    <w:rsid w:val="006915CC"/>
     <w:rsid w:val="00692668"/>
+    <w:rsid w:val="006A2F03"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="007309F9"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="008724E6"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009D6A5F"/>
+    <w:rsid w:val="009E0663"/>
+    <w:rsid w:val="009E554F"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
+    <w:rsid w:val="00A40797"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A875AF"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AA6A7D"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
+    <w:rsid w:val="00B2154A"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
+    <w:rsid w:val="00BD4752"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
+    <w:rsid w:val="00C968F7"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CB566F"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
+    <w:rsid w:val="00D42866"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
+    <w:rsid w:val="00EA1371"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00EB5318"/>
     <w:rsid w:val="00EF24B8"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F54C14"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F87DC0"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD3443"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
+    <w:rsid w:val="00FF0E1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15963213"/>
@@ -6256,93 +5808,737 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F48C666CF8214F148CE7BE93EAEE7764"/>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="כללי"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{221F32CE-1D65-42BA-84F1-9C9277BFB1B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D71922" w:rsidRDefault="00D71922">
+          <w:r w:rsidRPr="008C219B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>לחץ או הקש כאן להזנת טקסט</w:t>
+          </w:r>
+          <w:r w:rsidRPr="008C219B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="185C79B806034617B514164A74646C2B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1B607329-56EC-4B15-A6AB-8FAFC043C1B5}"/>
+        <w:guid w:val="{62C4AF6D-67E3-4406-A8A2-6416ABA3D958}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007A6D9E" w:rsidRDefault="00290EC0" w:rsidP="00290EC0">
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
           <w:pPr>
-            <w:pStyle w:val="F48C666CF8214F148CE7BE93EAEE7764"/>
+            <w:pStyle w:val="185C79B806034617B514164A74646C2B"/>
           </w:pPr>
-          <w:r w:rsidRPr="0045528B">
+          <w:r w:rsidRPr="00A824EF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0ADD7C814D4445D582910E34320629AF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7E067115-9398-4A12-B827-AD0C8079C027}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="0ADD7C814D4445D582910E34320629AF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="541D60BB58F949E58413BF100950ACCD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DCAF7D21-A493-41A5-9787-1DACCCB2DACE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="541D60BB58F949E58413BF100950ACCD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5BF8D4E789D2434984E5CAEAE568A645"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{72A9723E-9D16-402E-921C-8DA35B5929CD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="5BF8D4E789D2434984E5CAEAE568A645"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7E15184A20864A92AF66AF5FE30A3349"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B60B3E96-C3F1-404D-A214-52DFEA0011F3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="7E15184A20864A92AF66AF5FE30A3349"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="60923B353DBC4117B5104D2C5EDCD5B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CB754AB5-0B07-4459-86F3-AC15F806DE9D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="60923B353DBC4117B5104D2C5EDCD5B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1A7F0CD64333440AB379742EC8A2CB72"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{211338E9-6293-47B8-A263-9DF48A500B16}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="1A7F0CD64333440AB379742EC8A2CB72"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8A74226DFD404CBB8C76FB5C0EAC82A1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1474B38C-9D5B-4464-A37E-C5BF51407EF1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="8A74226DFD404CBB8C76FB5C0EAC82A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A0684880898945199723BE9624382F86"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A096AD44-3E9A-4793-A28D-6698A230CE39}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="A0684880898945199723BE9624382F86"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="87D4CD5F7B4948BCAE7547726BD5EBF0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F6526525-510C-4A09-9443-6B39E0BCA6D8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="87D4CD5F7B4948BCAE7547726BD5EBF0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C857AE5EB2A84DF196B20E2767D85D9D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{21CF2BE8-283B-4424-985F-4C9AD2073483}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="C857AE5EB2A84DF196B20E2767D85D9D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="819B9D8B531B41A8974AE84AC869CF6D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{77E3D9D6-4D7E-4421-AEA4-A3B29AD881BF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="819B9D8B531B41A8974AE84AC869CF6D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DDCD8619A38747C2893D5203A6044F57"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60182AEE-8D52-4B39-B66B-D763E77D7595}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="DDCD8619A38747C2893D5203A6044F57"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CDC84F1F5C884B208900E7CBC6BD2659"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{18602C40-7B64-4823-B646-E075AD5B975D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="CDC84F1F5C884B208900E7CBC6BD2659"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F453335E85E348B4B438A4D894F5628C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B9213A1F-7586-42E0-9324-E194DDB0E197}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="F453335E85E348B4B438A4D894F5628C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2B8261B5123A47428F93EFDF428308C3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{52E0D648-F96A-4C6C-8B4F-D9EFDB5A7B95}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="2B8261B5123A47428F93EFDF428308C3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3A759A7C95E54D029E83CF475F41912A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B9ED653-0E0E-4E9C-BEF8-6C9947A83905}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="3A759A7C95E54D029E83CF475F41912A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F210397240DA43EDA867340FCF81F0E2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1D348B64-6E48-419C-8DA0-78D3D30AA675}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="F210397240DA43EDA867340FCF81F0E2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A7642C326693413987E2275C4D6A3041"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A06B348A-4D73-4424-BF1C-0BA6B094DB58}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="A7642C326693413987E2275C4D6A3041"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7CD8682D856545A89F569DC4A3C1ADA5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{45B07A9C-919B-43B0-A44D-447A99F49556}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001436B6" w:rsidRDefault="001436B6" w:rsidP="001436B6">
+          <w:pPr>
+            <w:pStyle w:val="7CD8682D856545A89F569DC4A3C1ADA5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6412,56 +6608,63 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00290EC0"/>
+    <w:rsid w:val="001436B6"/>
+    <w:rsid w:val="00167E9A"/>
+    <w:rsid w:val="00242063"/>
+    <w:rsid w:val="00244E5C"/>
     <w:rsid w:val="00290EC0"/>
     <w:rsid w:val="00393F84"/>
+    <w:rsid w:val="003A1FC4"/>
     <w:rsid w:val="00517CF5"/>
     <w:rsid w:val="007309F9"/>
     <w:rsid w:val="007A6D9E"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00A875AF"/>
+    <w:rsid w:val="00D71922"/>
     <w:rsid w:val="00EF24B8"/>
     <w:rsid w:val="00F54C14"/>
     <w:rsid w:val="00FD3443"/>
     <w:rsid w:val="00FE7508"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -6880,61 +7083,134 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00290EC0"/>
+    <w:rsid w:val="001436B6"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F48C666CF8214F148CE7BE93EAEE7764">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="185C79B806034617B514164A74646C2B">
+    <w:name w:val="185C79B806034617B514164A74646C2B"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0ADD7C814D4445D582910E34320629AF">
+    <w:name w:val="0ADD7C814D4445D582910E34320629AF"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="541D60BB58F949E58413BF100950ACCD">
+    <w:name w:val="541D60BB58F949E58413BF100950ACCD"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5BF8D4E789D2434984E5CAEAE568A645">
+    <w:name w:val="5BF8D4E789D2434984E5CAEAE568A645"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E15184A20864A92AF66AF5FE30A3349">
+    <w:name w:val="7E15184A20864A92AF66AF5FE30A3349"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60923B353DBC4117B5104D2C5EDCD5B8">
+    <w:name w:val="60923B353DBC4117B5104D2C5EDCD5B8"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A7F0CD64333440AB379742EC8A2CB72">
+    <w:name w:val="1A7F0CD64333440AB379742EC8A2CB72"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A74226DFD404CBB8C76FB5C0EAC82A1">
+    <w:name w:val="8A74226DFD404CBB8C76FB5C0EAC82A1"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0684880898945199723BE9624382F86">
+    <w:name w:val="A0684880898945199723BE9624382F86"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87D4CD5F7B4948BCAE7547726BD5EBF0">
+    <w:name w:val="87D4CD5F7B4948BCAE7547726BD5EBF0"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C857AE5EB2A84DF196B20E2767D85D9D">
+    <w:name w:val="C857AE5EB2A84DF196B20E2767D85D9D"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="819B9D8B531B41A8974AE84AC869CF6D">
+    <w:name w:val="819B9D8B531B41A8974AE84AC869CF6D"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DDCD8619A38747C2893D5203A6044F57">
+    <w:name w:val="DDCD8619A38747C2893D5203A6044F57"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDC84F1F5C884B208900E7CBC6BD2659">
+    <w:name w:val="CDC84F1F5C884B208900E7CBC6BD2659"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F453335E85E348B4B438A4D894F5628C">
+    <w:name w:val="F453335E85E348B4B438A4D894F5628C"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B8261B5123A47428F93EFDF428308C3">
+    <w:name w:val="2B8261B5123A47428F93EFDF428308C3"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A759A7C95E54D029E83CF475F41912A">
+    <w:name w:val="3A759A7C95E54D029E83CF475F41912A"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F210397240DA43EDA867340FCF81F0E2">
+    <w:name w:val="F210397240DA43EDA867340FCF81F0E2"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A7642C326693413987E2275C4D6A3041">
+    <w:name w:val="A7642C326693413987E2275C4D6A3041"/>
+    <w:rsid w:val="001436B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CD8682D856545A89F569DC4A3C1ADA5">
+    <w:name w:val="7CD8682D856545A89F569DC4A3C1ADA5"/>
+    <w:rsid w:val="001436B6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -7202,70 +7478,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>213</Words>
-  <Characters>1066</Characters>
+  <Words>246</Words>
+  <Characters>1350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1277</CharactersWithSpaces>
+  <CharactersWithSpaces>1576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>