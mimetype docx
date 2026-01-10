--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -1,6657 +1,3475 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D06E633" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="6D06E633" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00A824EF" w:rsidRDefault="00E95C5E" w:rsidP="004C54CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="2F5496"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C6607C">
+      <w:r w:rsidRPr="00A824EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="2F5496"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בקשה להוצאת מקצועות עודפים</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBA15CF" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+    <w:p w14:paraId="3CBA15CF" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A60258">
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B67E31D" wp14:editId="2B8083B0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B67E31D" wp14:editId="174B0EFE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8255</wp:posOffset>
+                  <wp:posOffset>137909</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6353175" cy="971550"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="688495680" name="Text Box 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6353175" cy="971550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3EC98371" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                          <w:p w14:paraId="3EC98371" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="004C54CC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>ניתן להגיש בקשה זאת אך ורק לקראת סיום התואר.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="53C46E33" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                          <w:p w14:paraId="53C46E33" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="004C54CC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>ניתן להוציא מקצועות עודפים בהם קיים ציון חיובי  בלבד (ציון 65 ומעלה)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="31C486CD" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                          <w:p w14:paraId="31C486CD" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="004C54CC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>אין אפשרות להוציא מקצועות חובה ו/או מקצועות דרישה שהוגדרו בעת הקבלה ללימודים</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5B742C01" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                          <w:p w14:paraId="5B742C01" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="004C54CC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>מקצועות עודפים לא ישוקללו בממוצע הציונים המצטבר</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="12C911C9" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                          <w:p w14:paraId="12C911C9" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="004C54CC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>יש להדפיס, להחתים את המנחה ואת מרכז הוועדה לתארים מתקדמים ולהגיש במזכירות לימודי תארים מתקדמים ביחידה האקדמית</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0B67E31D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:.65pt;width:500.25pt;height:76.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArYkDHLQIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3bSOG2NOEWXLsOA&#10;bh3Q7QNkWbaFyaImKbGzry8lJ2mWYZdhPhCiSD2Sj6SXd0OnyE5YJ0EXdDpJKRGaQyV1U9Dv3zbv&#10;bihxnumKKdCioHvh6N3q7Ztlb3IxgxZUJSxBEO3y3hS09d7kSeJ4KzrmJmCERmMNtmMeVdsklWU9&#10;oncqmaXpIunBVsYCF87h7cNopKuIX9eC+6e6dsITVVDMzUdpoyyDTFZLljeWmVbyQxrsH7LomNQY&#10;9AT1wDwjWyv/gOokt+Cg9hMOXQJ1LbmINWA10/SimueWGRFrQXKcOdHk/h8s/7J7Nl8t8cN7GLCB&#10;sQhnHoH/cETDumW6EffWQt8KVmHgaaAs6Y3LD08D1S53AaTsP0OFTWZbDxFoqG0XWME6CaJjA/Yn&#10;0sXgCcfLxVV2Nb3OKOFou72eZlnsSsLy42tjnf8ooCPhUFCLTY3obPfofMiG5UeXEMyBktVGKhUV&#10;25RrZcmO4QBs4hcLuHBTmvQYPZtlIwF/hUjTWbo4JvhbpE56nGQlu4LepOEbZyvQ9kFXcc48k2o8&#10;Y8pKH3gM1I0k+qEc0DHwWUK1R0YtjBOLG+afUNQKME+upKGkBfvr8i744XCghZIep7qg7ueWWUGJ&#10;+qSxe7fT+TysQVTm2fUMFXtuKc8tTHOEKqinZDyu/bg6W2Nl02KkcV403GPHaxmb8Zr9oT6c3Nij&#10;w5aF1TjXo9frv2D1AgAA//8DAFBLAwQUAAYACAAAACEAFQ+Fft4AAAAHAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQUvDQBCF74L/YRnBi9hdrS0SsykiVPEgtLFQettmxySYnY272zT9905Peps3b3jv&#10;m3wxuk4MGGLrScPdRIFAqrxtqdaw+VzePoKIyZA1nSfUcMIIi+LyIjeZ9Uda41CmWnAIxcxoaFLq&#10;Mylj1aAzceJ7JPa+fHAmsQy1tMEcOdx18l6puXSmJW5oTI8vDVbf5cFpeH8rdx/YbVdLb3c4rE8/&#10;N69hrvX11fj8BCLhmP6O4YzP6FAw094fyEbRaeBHEm+nIM6mUmoGYs/T7GEKssjlf/7iFwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACtiQMctAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABUPhX7eAAAABwEAAA8AAAAAAAAAAAAAAAAAhwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" strokecolor="#002060">
+              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:10.85pt;width:500.25pt;height:76.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArYkDHLQIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3bSOG2NOEWXLsOA&#10;bh3Q7QNkWbaFyaImKbGzry8lJ2mWYZdhPhCiSD2Sj6SXd0OnyE5YJ0EXdDpJKRGaQyV1U9Dv3zbv&#10;bihxnumKKdCioHvh6N3q7Ztlb3IxgxZUJSxBEO3y3hS09d7kSeJ4KzrmJmCERmMNtmMeVdsklWU9&#10;oncqmaXpIunBVsYCF87h7cNopKuIX9eC+6e6dsITVVDMzUdpoyyDTFZLljeWmVbyQxrsH7LomNQY&#10;9AT1wDwjWyv/gOokt+Cg9hMOXQJ1LbmINWA10/SimueWGRFrQXKcOdHk/h8s/7J7Nl8t8cN7GLCB&#10;sQhnHoH/cETDumW6EffWQt8KVmHgaaAs6Y3LD08D1S53AaTsP0OFTWZbDxFoqG0XWME6CaJjA/Yn&#10;0sXgCcfLxVV2Nb3OKOFou72eZlnsSsLy42tjnf8ooCPhUFCLTY3obPfofMiG5UeXEMyBktVGKhUV&#10;25RrZcmO4QBs4hcLuHBTmvQYPZtlIwF/hUjTWbo4JvhbpE56nGQlu4LepOEbZyvQ9kFXcc48k2o8&#10;Y8pKH3gM1I0k+qEc0DHwWUK1R0YtjBOLG+afUNQKME+upKGkBfvr8i744XCghZIep7qg7ueWWUGJ&#10;+qSxe7fT+TysQVTm2fUMFXtuKc8tTHOEKqinZDyu/bg6W2Nl02KkcV403GPHaxmb8Zr9oT6c3Nij&#10;w5aF1TjXo9frv2D1AgAA//8DAFBLAwQUAAYACAAAACEAQk1NYuAAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPUUvDMBSF3wf+h3AFX4ZLNnSVrukQYYoPgquC7C1r7tpiclOTrOv+vdmTvp3LuZzz&#10;nWI9WsMG9KFzJGE+E8CQaqc7aiR8fmxuH4CFqEgr4wglnDHAuryaFCrX7kRbHKrYsBRCIVcS2hj7&#10;nPNQt2hVmLkeKXkH562K6fQN116dUrg1fCHEklvVUWpoVY9PLdbf1dFKeH2pdm9ovt43Tu9w2J5/&#10;ps9+KeXN9fi4AhZxjH/PcMFP6FAmpr07kg7MSEhDooTFPAN2cYUQ98D2SWV3GfCy4P8HlL8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAK2JAxy0CAABTBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQk1NYuAAAAAIAQAADwAAAAAAAAAAAAAAAACH&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" strokecolor="#002060">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3EC98371" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                    <w:p w14:paraId="3EC98371" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="004C54CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>ניתן להגיש בקשה זאת אך ורק לקראת סיום התואר.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="53C46E33" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                    <w:p w14:paraId="53C46E33" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="004C54CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>ניתן להוציא מקצועות עודפים בהם קיים ציון חיובי  בלבד (ציון 65 ומעלה)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="31C486CD" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                    <w:p w14:paraId="31C486CD" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="004C54CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>אין אפשרות להוציא מקצועות חובה ו/או מקצועות דרישה שהוגדרו בעת הקבלה ללימודים</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5B742C01" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                    <w:p w14:paraId="5B742C01" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="004C54CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>מקצועות עודפים לא ישוקללו בממוצע הציונים המצטבר</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="12C911C9" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+                    <w:p w14:paraId="12C911C9" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="004C54CC" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="004C54CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>יש להדפיס, להחתים את המנחה ואת מרכז הוועדה לתארים מתקדמים ולהגיש במזכירות לימודי תארים מתקדמים ביחידה האקדמית</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E3739A" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="49E3739A" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D6A6C6" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C8CCE1" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D074E1" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2FB329" w14:textId="77777777" w:rsidR="00EE4514" w:rsidRDefault="00EE4514" w:rsidP="000762A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D6A6C6" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="058BE58C" w14:textId="4E11D659" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="000762A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם הסטודנט/ית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215994864"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="127828811"/>
+          <w:placeholder>
+            <w:docPart w:val="14383E7AD0F54365B0E6181047D4A978"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מספר ת.ז.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216173439"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1912039527"/>
+          <w:placeholder>
+            <w:docPart w:val="6696E74108D843638F4EA8DEA4D80343"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:tbl>
-[...1585 lines deleted...]
-    <w:p w14:paraId="43D074E1" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+    <w:p w14:paraId="736AFF6A" w14:textId="4909001B" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="000762A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יחידה אקדמית/פקולטה/תוכנית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1965148701"/>
+          <w:placeholder>
+            <w:docPart w:val="23BE857122A24515AEC833D80D595899"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תואר:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A824EF" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215994961"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="539C261B889C408EAD8CF4B7734E6C3C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
+            <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
+            <w:listItem w:displayText="לא לתואר" w:value="לא לתואר"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00707CDD">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="1C5A290D" w14:textId="4F4D007D" w:rsidR="000762A4" w:rsidRPr="00DE7240" w:rsidRDefault="000762A4" w:rsidP="000762A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נדרשתי לצבור</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1255484804"/>
+          <w:placeholder>
+            <w:docPart w:val="2EF06CBBD7264CD5B0962300A6D8895E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נק' השלמה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-760594801"/>
+          <w:placeholder>
+            <w:docPart w:val="BC3AD4702F174F78A5A59BD26B6CAFCA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נק' מוסמכים</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2123">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56020707" w14:textId="58189FF6" w:rsidR="000762A4" w:rsidRPr="00EE4514" w:rsidRDefault="000762A4" w:rsidP="000762A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>צברתי</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1066033756"/>
+          <w:placeholder>
+            <w:docPart w:val="CFEC140BE15D4675A6EE765B2C4F9D72"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נק' השלמה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="294032718"/>
+          <w:placeholder>
+            <w:docPart w:val="699D035C65EA440D9D55C1A82A5D81C6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נק' מוסמכים</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2123">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50232BB4" w14:textId="7B8241C7" w:rsidR="000762A4" w:rsidRPr="00EE4514" w:rsidRDefault="000762A4" w:rsidP="000762A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ממוצע מצטבר:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="215946143"/>
+          <w:placeholder>
+            <w:docPart w:val="26B656E50B844F8C904594AE4B3C5EA5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D14EF5" w14:textId="77777777" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B97E8BC" w14:textId="77777777" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12397F17" w14:textId="7F423FD6" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C6607C">
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>אבקש להתייחס למקצועות הבאים כאל מקצועות עודפים ולא לשקללם בממוצע הציונים המצטבר:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="278"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="289"/>
         <w:bidiVisual/>
         <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1345"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w14:paraId="502787B7" w14:textId="77777777" w:rsidTr="00F85270">
+      <w:tr w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w14:paraId="502787B7" w14:textId="77777777" w:rsidTr="00A824EF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42CD59FD" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00F85270">
+          <w:p w14:paraId="42CD59FD" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C6607C">
+            <w:r w:rsidRPr="00EE4514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מספר המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5049" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B02276F" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00F85270">
+          <w:p w14:paraId="5B02276F" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C6607C">
+            <w:r w:rsidRPr="00EE4514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CAFB612" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00F85270">
+          <w:p w14:paraId="7CAFB612" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C6607C">
+            <w:r w:rsidRPr="00EE4514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מס' נקודות</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BE8CE31" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00F85270">
+          <w:p w14:paraId="7BE8CE31" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C6607C">
+            <w:r w:rsidRPr="00EE4514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ציון</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D3B1F2B" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00F85270">
+          <w:p w14:paraId="2D3B1F2B" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C6607C">
+            <w:r w:rsidRPr="00EE4514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w14:paraId="697243DE" w14:textId="77777777" w:rsidTr="00F85270">
+      <w:bookmarkStart w:id="3" w:name="_Hlk215995965"/>
+      <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="697243DE" w14:textId="77777777" w:rsidTr="00A824EF">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="178E622E" w14:textId="2915F169" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="976570034"/>
+                <w:placeholder>
+                  <w:docPart w:val="3F488865CF454E1CA27E706F4EE1365B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C594B5D" w14:textId="61AA71F7" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1830131848"/>
+                <w:placeholder>
+                  <w:docPart w:val="3D45EE197C1A4F9E89182E3E7EDF7833"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18AD01A9" w14:textId="2A6A7630" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1786153744"/>
+                <w:placeholder>
+                  <w:docPart w:val="276EFD3718DC4D19B211D0623737110F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40255FD3" w14:textId="2B40B1BA" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1785641381"/>
+                <w:placeholder>
+                  <w:docPart w:val="FE7CCF0DDF144933B1B0A6E697849BB5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178E622E" w14:textId="31B32D08" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="008D4957" w:rsidP="00F85270">
+          <w:p w14:paraId="74D9FAAA" w14:textId="0C6D45D4" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D4957">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-439061280"/>
+                <w:placeholder>
+                  <w:docPart w:val="E2D447CD89B4478E9C5590070339D712"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="א'" w:value="א'"/>
+                  <w:listItem w:displayText="ב'" w:value="ב'"/>
+                  <w:listItem w:displayText="קיץ" w:value="קיץ"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="1E6DEF63" w14:textId="77777777" w:rsidTr="00A824EF">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA27C14" w14:textId="47022A6A" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:u w:val="single"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...120 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1235155976"/>
+                <w:placeholder>
+                  <w:docPart w:val="19F82463398341228CEA26A629CF93D4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5049" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="777F02B3" w14:textId="495FDC9B" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-987857932"/>
+                <w:placeholder>
+                  <w:docPart w:val="CC299DCA0A67424D88191A6AE92C171D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E977B65" w14:textId="748F13C4" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1021446809"/>
+                <w:placeholder>
+                  <w:docPart w:val="BA6F17731F194934A2D8638C3FE37B75"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7465C0F5" w14:textId="0E7234DC" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="317936221"/>
+                <w:placeholder>
+                  <w:docPart w:val="CFD70C860AB044759A4EDAE029DA889A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C594B5D" w14:textId="2B4ACD4A" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="008D4957" w:rsidP="00F85270">
+          <w:p w14:paraId="7EA86D16" w14:textId="6A79358B" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D4957">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1341853401"/>
+                <w:placeholder>
+                  <w:docPart w:val="30D1C609BEE245FA827AFB0C0EEBD7EC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="א'" w:value="א'"/>
+                  <w:listItem w:displayText="ב'" w:value="ב'"/>
+                  <w:listItem w:displayText="קיץ" w:value="קיץ"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="7A0C6C55" w14:textId="77777777" w:rsidTr="00A824EF">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A856F52" w14:textId="7141AC8F" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:u w:val="single"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...120 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="376514193"/>
+                <w:placeholder>
+                  <w:docPart w:val="FBEF8E68BF2B4CC888820D3FDD5C3797"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0C8C21" w14:textId="140DE318" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1241704634"/>
+                <w:placeholder>
+                  <w:docPart w:val="8FA3B398FD0C419BA9FD90B83DD6418F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3868CB32" w14:textId="06F933B1" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="881903956"/>
+                <w:placeholder>
+                  <w:docPart w:val="F7CDBBB28D5144D9A0E696ECCFE9CC1F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="274804B9" w14:textId="6F09E4C9" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1939749759"/>
+                <w:placeholder>
+                  <w:docPart w:val="9072FF81C189480D848237A6FDCF2A1A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18AD01A9" w14:textId="600846B5" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="008D4957" w:rsidP="00F85270">
+          <w:p w14:paraId="10E9F298" w14:textId="1E5238B3" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D4957">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-394817953"/>
+                <w:placeholder>
+                  <w:docPart w:val="6F866CD3ADA747BBAC068D04B8946B26"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="א'" w:value="א'"/>
+                  <w:listItem w:displayText="ב'" w:value="ב'"/>
+                  <w:listItem w:displayText="קיץ" w:value="קיץ"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="5B980D62" w14:textId="77777777" w:rsidTr="00A824EF">
+        <w:trPr>
+          <w:trHeight w:val="527"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49A50525" w14:textId="36CE94EE" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:u w:val="single"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...120 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1380211376"/>
+                <w:placeholder>
+                  <w:docPart w:val="9B15008A968D442D9CB6337418B045E6"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC3377A" w14:textId="442A0F45" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-423338756"/>
+                <w:placeholder>
+                  <w:docPart w:val="600D61F3966F4849BAFE93152FC8C4D2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3437C3" w14:textId="052BAC9F" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-109429660"/>
+                <w:placeholder>
+                  <w:docPart w:val="405F5D9E875C49368E802524DFDFE20E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="044BF1A9" w14:textId="64E90223" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1234775491"/>
+                <w:placeholder>
+                  <w:docPart w:val="D746042C47A04B73B91EE7E778E7D497"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40255FD3" w14:textId="7D631164" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="008D4957" w:rsidP="00F85270">
+          <w:p w14:paraId="70828E3F" w14:textId="214A0923" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D4957">
-[...2591 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1444800409"/>
+                <w:placeholder>
+                  <w:docPart w:val="4302DEE7372B48BDB1D4E911E9859368"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="א'" w:value="א'"/>
+                  <w:listItem w:displayText="ב'" w:value="ב'"/>
+                  <w:listItem w:displayText="קיץ" w:value="קיץ"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7346443C" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00A60258" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="7346443C" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69B4B79E" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BAD0897" w14:textId="5B1F7734" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00404984">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>סיבת הבקשה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk215994911"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="C6D7A2EE99DF44CB8630373E3A3BAD6D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00404984">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">סיבת הבקשה: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C30900" w:rsidRPr="008D4957">
-[...323 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk215995463"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
+          <w:id w:val="12497600"/>
+          <w:placeholder>
+            <w:docPart w:val="E23A8394E29D4C7F933540022AF6AA41"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00C30900" w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת הסטודנט/ית</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1041" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
           <w:id w:val="-899974535"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00C30900" w:rsidRPr="00FF1041">
+          <w:r w:rsidR="00C30900" w:rsidRPr="00EE4514">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35351831" wp14:editId="5C02DA01">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 8"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35351831" wp14:editId="6C1B88C3">
+                <wp:extent cx="771772" cy="418910"/>
+                <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                <wp:docPr id="2" name="Picture 8" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 8" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="419100"/>
+                          <a:ext cx="779573" cy="423144"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="582F59C7" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="582F59C7" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00A52FF9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C48BA98" wp14:editId="0D2B5A40">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C48BA98" wp14:editId="505A6D57">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>114300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>104140</wp:posOffset>
+                  <wp:posOffset>28112</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6524625" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="710888946" name="Straight Arrow Connector 6"/>
+                <wp:docPr id="710888946" name="Straight Arrow Connector 6">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6524625" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:prstDash val="dash"/>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="251802E6" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="5E6FE95E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:9pt;margin-top:8.2pt;width:513.75pt;height:0;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAh0i6CdwAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FgCdNXWNZ0AMYkb2obgmjVeW9E4&#10;VZJt3b/HEwc4Wc/Pev5euRxdL44YYudJw/1EgUCqve2o0fCxXd3NQMRkyJreE2o4Y4RldX1VmsL6&#10;E63xuEmN4BCKhdHQpjQUUsa6RWfixA9I7O19cCaxDI20wZw43PXyQalcOtMRf2jNgC8t1t+bg9Pw&#10;ls+3yqN/Pz/OA359vtLzKiOtb2/GpwWIhGP6O4YLPqNDxUw7fyAbRc96xlUSzzwDcfFVNp2C2P1u&#10;ZFXK/w2qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAGvArQygEAAHgDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCHSLoJ3AAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" strokecolor="#002060">
+              <v:shape id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:9pt;margin-top:2.2pt;width:513.75pt;height:0;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAD4Uzf9oAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU8CMRCF7yb+h2ZMvEkrLgTW7RI0kngjgNHrsB13N26n&#10;m7bA8u8tXvD45k3e+16xGGwnjuRD61jD40iBIK6cabnW8LFbPcxAhIhssHNMGs4UYFHe3hSYG3fi&#10;DR23sRYphEOOGpoY+1zKUDVkMYxcT5y8b+ctxiR9LY3HUwq3nRwrNZUWW04NDfb02lD1sz1YDe/T&#10;+U45cuvz09zT1+cbv6wy1vr+blg+g4g0xOszXPATOpSJae8ObILokp6lKVFDloG42CqbTEDs/w6y&#10;LOR//vIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABrwK0MoBAAB4AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAD4Uzf9oAAAAHAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#002060">
                 <v:stroke dashstyle="dash"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9407BA" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00C6607C" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="2B9407BA" w14:textId="2A8D4BA1" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C6607C">
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">המלצה מנומקת של המנחה </w:t>
+        <w:t>המלצה מנומקת של המנחה</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6607C">
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>(יש להתייחס לנחיצות המקצוע בתכנית הלימודים של הסטודנט/ית):</w:t>
+        <w:t xml:space="preserve"> (יש להתייחס לנחיצות המקצוע בתכנית הלימודים של הסטודנט/ית):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38067701" w14:textId="77777777" w:rsidR="00C30900" w:rsidRDefault="00C30900" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="36B8D19D" w14:textId="4FC5CD8F" w:rsidR="00EE4514" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00EE4514">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1718240947"/>
+          <w:placeholder>
+            <w:docPart w:val="2228E3578D65488BB731E2C4F5150603"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7A35631B" w14:textId="7FF15B96" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D4957">
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A824EF">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D4957">
-[...287 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk215994920"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
+          <w:id w:val="-1295367560"/>
+          <w:placeholder>
+            <w:docPart w:val="92AD21A808F8422DBD7CA37D2EA30F63"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk215995480"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="957380735"/>
+          <w:placeholder>
+            <w:docPart w:val="DCECA1F09475475EB44F61102728E3BA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת המנחה</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1041" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
           <w:id w:val="-193388240"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00C30900" w:rsidRPr="00FF1041">
+          <w:r w:rsidR="00C30900" w:rsidRPr="00EE4514">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58E69336" wp14:editId="6CE15AFF">
-[...2 lines deleted...]
-                <wp:docPr id="3" name="Picture 9"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58E69336" wp14:editId="72EC3E36">
+                <wp:extent cx="566923" cy="371273"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                <wp:docPr id="3" name="Picture 9" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="3" name="Picture 9" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="371475"/>
+                          <a:ext cx="575015" cy="376572"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6D27F1ED" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="6D27F1ED" w14:textId="59E6C1E4" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00A824EF" w:rsidP="00C320BF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A60258">
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5331F4A2" wp14:editId="3E82CB36">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5331F4A2" wp14:editId="48510B8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>161925</wp:posOffset>
+                  <wp:posOffset>175260</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>133350</wp:posOffset>
+                  <wp:posOffset>11602</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6524625" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1059928201" name="Straight Arrow Connector 5"/>
+                <wp:docPr id="1059928201" name="Straight Arrow Connector 5">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6524625" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:prstDash val="dash"/>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2AF82788" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:12.75pt;margin-top:10.5pt;width:513.75pt;height:0;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAh8yIUNoAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbExPTU8CMRC9m/AfmjHxJi3gElm3S9BIws0IRq9lO+5u3E43&#10;bYHl3zuEg57m4728j2I5uE4cMcTWk4bJWIFAqrxtqdbwsVvfP4KIyZA1nSfUcMYIy3J0U5jc+hO9&#10;43GbasEiFHOjoUmpz6WMVYPOxLHvkRj79sGZxGeopQ3mxOKuk1Ol5tKZltihMT2+NFj9bA9Ow2a+&#10;2CmP/u08WwT8+nyl5/UDaX13O6yeQCQc0h8ZLvE5OpScae8PZKPoNEyzjJk8J1zpgqtsxtv++pFl&#10;If83KH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABrwK0MoBAAB4AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh8yIUNoAAAAJAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#002060">
+              <v:shape w14:anchorId="6C595B63" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:13.8pt;margin-top:.9pt;width:513.75pt;height:0;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAHKQ4E9oAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQgNN41SAqMQN0SK4uvE2iYjX&#10;ke226d932wscd2Y0+6ZYDK4Tewyx9aRhPFIgkCpvW6o1fK2Xd08gYjJkTecJNRwxwqK8vipMbv2B&#10;PnG/SrXgEoq50dCk1OdSxqpBZ+LI90jsbX1wJvEZammDOXC56+REqUw60xJ/aEyPrw1Wv6ud0/Ce&#10;zdbKo/843s8C/ny/0cvygbS+vRme5yASDukvDGd8RoeSmTZ+RzaKTsPkMeMk6zzgbKvpdAxicxFk&#10;Wcj//OUJAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABrwK0MoBAAB4AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHKQ4E9oAAAAHAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#002060">
                 <v:stroke dashstyle="dash"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3078F953" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
-      <w:pPr>
+    <w:p w14:paraId="2A39D86C" w14:textId="1C08935D" w:rsidR="00747D06" w:rsidRPr="00A824EF" w:rsidRDefault="00E95C5E" w:rsidP="00A824EF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>המלצת הוועדה לתארים מתקדמים ביחידה האקדמית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C6607C">
+        <w:t xml:space="preserve"> הוועדה שוכנעה שאי הכללת המקצוע בגליון הציונים לא תפגע בתכנית הלימודים הנדרשת ובדרישות המחקר.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A824EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>: הוועדה שוכנעה שאי הכללת המקצוע בגליון הציונים לא תפגע בתכנית הלימודים הנדרשת ובדרישות המחקר.</w:t>
+        <w:br/>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">תאריך:  </w:t>
+        <w:t>תאריך:</w:t>
       </w:r>
-      <w:r w:rsidR="00C30900" w:rsidRPr="008D4957">
-[...138 lines deleted...]
-      <w:r w:rsidR="00FF1041">
+      <w:r w:rsidR="00A824EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>:</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
+          <w:id w:val="262338097"/>
+          <w:placeholder>
+            <w:docPart w:val="AAC0A25BB1DE4F4B944DD5AC76F75C2B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם יו"ר הוועדה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1726831426"/>
+          <w:placeholder>
+            <w:docPart w:val="ABBFA8D807EB47319E176CBFD35DCB40"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EE4514" w:rsidRPr="00EE4514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת יו"ר הוועדה</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1041" w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
           <w:id w:val="-218824516"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00C30900" w:rsidRPr="00FF1041">
+          <w:r w:rsidR="00C30900" w:rsidRPr="00EE4514">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="663FF8D1" wp14:editId="11E3CBD7">
-[...2 lines deleted...]
-                <wp:docPr id="477251129" name="Picture 4"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="663FF8D1" wp14:editId="2AA40F50">
+                <wp:extent cx="621892" cy="380898"/>
+                <wp:effectExtent l="0" t="0" r="6985" b="635"/>
+                <wp:docPr id="477251129" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 4"/>
+                        <pic:cNvPr id="477251129" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="381000"/>
+                          <a:ext cx="627119" cy="384099"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00E95C5E" w:rsidSect="00747D06">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00A824EF" w:rsidSect="00EE4514">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3ACD586F" w14:textId="77777777" w:rsidR="00AD2771" w:rsidRDefault="00AD2771" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="41522D37" w14:textId="77777777" w:rsidR="00AD2771" w:rsidRDefault="00AD2771" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6751,113 +3569,119 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="4509F3C5">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="1BF11F5B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-336550</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6320D485" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="2F28E279" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -7605,70 +4429,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="78DEE5F2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -9304,189 +6128,215 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="154"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UII/s76Nbkaz+R3UspYFcDeaBnqzV3+eYtfniwLZlC/o7bfPK0uU+ziCfDq2e2cRDzCab0w70Ln7FjPwUpbH8w==" w:salt="gSVwc620leqyei/P4hhL/A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Wv8Dx+TyVnRUvh6PPn432/0oRGz1gAfG7Dbqwiv7YCkW+WcOSqgNqmU8BpSssU7xTMl1Uo0R04wN0Ap2oeSMLA==" w:salt="+GHsw/xZ7ircW/XkDObgJQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="0003756D"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0006756E"/>
     <w:rsid w:val="000742FA"/>
+    <w:rsid w:val="000762A4"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
+    <w:rsid w:val="0014475C"/>
+    <w:rsid w:val="00155978"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
+    <w:rsid w:val="002E2056"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
+    <w:rsid w:val="0035250F"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
+    <w:rsid w:val="003E4E5F"/>
     <w:rsid w:val="003F523E"/>
+    <w:rsid w:val="00404984"/>
+    <w:rsid w:val="004208F9"/>
     <w:rsid w:val="00435B1E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
+    <w:rsid w:val="004A2D0D"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004C54CC"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="005437F4"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005D7F28"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
+    <w:rsid w:val="00665EED"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
+    <w:rsid w:val="00707CDD"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00830D0C"/>
+    <w:rsid w:val="00854CE2"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008D4957"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00932ADE"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A20105"/>
     <w:rsid w:val="00A36550"/>
+    <w:rsid w:val="00A375AF"/>
+    <w:rsid w:val="00A52FF9"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
+    <w:rsid w:val="00A766E9"/>
     <w:rsid w:val="00A77A1B"/>
+    <w:rsid w:val="00A824EF"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00A9617E"/>
     <w:rsid w:val="00AD2771"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B46891"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
+    <w:rsid w:val="00BD2123"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C24D90"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C30900"/>
+    <w:rsid w:val="00C320BF"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CA3E52"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CC1B37"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
+    <w:rsid w:val="00D64A5E"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D74E0E"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00D96F21"/>
     <w:rsid w:val="00DA7686"/>
+    <w:rsid w:val="00DE2CE1"/>
+    <w:rsid w:val="00DE7240"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E847B0"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00E95C5E"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00EE4514"/>
+    <w:rsid w:val="00EE47B8"/>
     <w:rsid w:val="00EE4969"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
     <w:rsid w:val="00FF1041"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
@@ -10164,59 +7014,2336 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="14383E7AD0F54365B0E6181047D4A978"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F8365C2A-761D-4974-9653-E2DBA0C9AAA6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="14383E7AD0F54365B0E6181047D4A9784"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6696E74108D843638F4EA8DEA4D80343"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7BC44BE5-CB1A-49BB-8E12-4FED8337BB28}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="6696E74108D843638F4EA8DEA4D803434"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="23BE857122A24515AEC833D80D595899"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{04D38D7A-81A0-4712-BA78-9B7F2A4FD7C4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="23BE857122A24515AEC833D80D5958994"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2EF06CBBD7264CD5B0962300A6D8895E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6EE9FADD-D40C-45E0-B399-99FBE2139234}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="2EF06CBBD7264CD5B0962300A6D8895E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BC3AD4702F174F78A5A59BD26B6CAFCA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9DD8FA80-AEB1-4BFC-A66E-CAB72BB395C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="BC3AD4702F174F78A5A59BD26B6CAFCA4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CFEC140BE15D4675A6EE765B2C4F9D72"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7C5BCCDD-B653-42F7-AC4A-F93AF1CAEF83}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="CFEC140BE15D4675A6EE765B2C4F9D724"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="699D035C65EA440D9D55C1A82A5D81C6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A7E9A360-D46F-4E32-B2BA-3865FC76C280}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="699D035C65EA440D9D55C1A82A5D81C64"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="26B656E50B844F8C904594AE4B3C5EA5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C0B8E3B-1A1E-41BB-B352-3804264A42C6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="26B656E50B844F8C904594AE4B3C5EA54"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3F488865CF454E1CA27E706F4EE1365B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F3CF9C78-5A72-4B8D-924C-D922AA6CD864}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="3F488865CF454E1CA27E706F4EE1365B4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3D45EE197C1A4F9E89182E3E7EDF7833"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12427D07-FC26-474A-ADD2-3FD3D353BE48}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="3D45EE197C1A4F9E89182E3E7EDF78334"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="276EFD3718DC4D19B211D0623737110F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8C65F6D4-A1F3-430A-B8BF-BDDAD218FCA2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="276EFD3718DC4D19B211D0623737110F4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE7CCF0DDF144933B1B0A6E697849BB5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{19B5E20A-5320-44E2-A608-3DF8E2B3FAC3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="FE7CCF0DDF144933B1B0A6E697849BB54"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="19F82463398341228CEA26A629CF93D4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{22213700-5B31-411F-9FAF-87A6B39D745F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="19F82463398341228CEA26A629CF93D44"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CC299DCA0A67424D88191A6AE92C171D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD0354B0-DF07-467A-ACDF-B68B9C0A5AC9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="CC299DCA0A67424D88191A6AE92C171D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BA6F17731F194934A2D8638C3FE37B75"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D6631F16-9431-4CBA-9C63-035BE1938E15}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="BA6F17731F194934A2D8638C3FE37B754"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CFD70C860AB044759A4EDAE029DA889A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{01E843DF-9D24-4C2B-B643-BDBAC681FBAE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="CFD70C860AB044759A4EDAE029DA889A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FBEF8E68BF2B4CC888820D3FDD5C3797"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0B0168C5-DC4F-4020-A5BC-9214D7B62BB5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="FBEF8E68BF2B4CC888820D3FDD5C37974"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8FA3B398FD0C419BA9FD90B83DD6418F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FB41C7EB-84CF-4700-8022-540FED495A3D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="8FA3B398FD0C419BA9FD90B83DD6418F4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F7CDBBB28D5144D9A0E696ECCFE9CC1F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0E9F4E31-F774-47D9-8442-35A481E46E87}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="F7CDBBB28D5144D9A0E696ECCFE9CC1F4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9072FF81C189480D848237A6FDCF2A1A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B36FEE37-625C-4C09-BC99-9BA03C769A7F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="9072FF81C189480D848237A6FDCF2A1A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9B15008A968D442D9CB6337418B045E6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CEF63E41-737E-4398-B84F-7074958BE710}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="9B15008A968D442D9CB6337418B045E64"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="600D61F3966F4849BAFE93152FC8C4D2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{30E1039A-A4CA-42D9-B2EA-BC8C260938BD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="600D61F3966F4849BAFE93152FC8C4D24"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="405F5D9E875C49368E802524DFDFE20E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{312DF4C4-3C1E-47BD-BFC8-08F3D5BC7122}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="405F5D9E875C49368E802524DFDFE20E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D746042C47A04B73B91EE7E778E7D497"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2478AA4F-CE2A-4FCC-B7F5-1AF1CF2FCFA6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="D746042C47A04B73B91EE7E778E7D4974"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="539C261B889C408EAD8CF4B7734E6C3C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DDF88ACF-606F-471E-9C82-2C95A36EEC9C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="539C261B889C408EAD8CF4B7734E6C3C2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E2D447CD89B4478E9C5590070339D712"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{23B8ED2E-BA17-4379-A18A-FA9C0F6CDC24}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="E2D447CD89B4478E9C5590070339D7122"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="30D1C609BEE245FA827AFB0C0EEBD7EC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7AA6FCC7-67D8-47A0-893D-B632FCCC2073}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="30D1C609BEE245FA827AFB0C0EEBD7EC2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6F866CD3ADA747BBAC068D04B8946B26"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{52EB8E7B-4DC5-45B9-AE32-7C86B2B3F1E8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="6F866CD3ADA747BBAC068D04B8946B262"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4302DEE7372B48BDB1D4E911E9859368"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1C0F9BA0-EC97-483D-8C84-5ABBD2239154}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="4302DEE7372B48BDB1D4E911E98593682"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DCECA1F09475475EB44F61102728E3BA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{550AB20C-8D98-4D72-8C34-2F6009E43F4E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="DCECA1F09475475EB44F61102728E3BA2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ABBFA8D807EB47319E176CBFD35DCB40"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{555A3F59-BA78-427F-8AF6-252D55068291}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="ABBFA8D807EB47319E176CBFD35DCB402"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E23A8394E29D4C7F933540022AF6AA41"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ECC0F03D-9379-45A2-8908-5C940A983AAC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="E23A8394E29D4C7F933540022AF6AA411"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="92AD21A808F8422DBD7CA37D2EA30F63"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{62A3229B-E77C-4E76-A6BC-EF57F6839702}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="92AD21A808F8422DBD7CA37D2EA30F631"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AAC0A25BB1DE4F4B944DD5AC76F75C2B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B546498C-A3C4-4635-B25A-5B557407ADF6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="AAC0A25BB1DE4F4B944DD5AC76F75C2B1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6D7A2EE99DF44CB8630373E3A3BAD6D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F051AAE-0AB0-4997-8BF4-5D0212264F13}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="C6D7A2EE99DF44CB8630373E3A3BAD6D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2228E3578D65488BB731E2C4F5150603"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ED77A7A4-08D7-4231-8FDF-A5910A30627F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000C6B09" w:rsidRDefault="000C6B09" w:rsidP="000C6B09">
+          <w:pPr>
+            <w:pStyle w:val="2228E3578D65488BB731E2C4F5150603"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:altName w:val="Malgun Gothic Semilight"/>
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="004227BB"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:rsid w:val="0014475C"/>
+    <w:rsid w:val="00155978"/>
+    <w:rsid w:val="004227BB"/>
+    <w:rsid w:val="009D0362"/>
+    <w:rsid w:val="00D64A5E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C6B09"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14383E7AD0F54365B0E6181047D4A9784">
+    <w:name w:val="14383E7AD0F54365B0E6181047D4A9784"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6696E74108D843638F4EA8DEA4D803434">
+    <w:name w:val="6696E74108D843638F4EA8DEA4D803434"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23BE857122A24515AEC833D80D5958994">
+    <w:name w:val="23BE857122A24515AEC833D80D5958994"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="539C261B889C408EAD8CF4B7734E6C3C2">
+    <w:name w:val="539C261B889C408EAD8CF4B7734E6C3C2"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2EF06CBBD7264CD5B0962300A6D8895E4">
+    <w:name w:val="2EF06CBBD7264CD5B0962300A6D8895E4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC3AD4702F174F78A5A59BD26B6CAFCA4">
+    <w:name w:val="BC3AD4702F174F78A5A59BD26B6CAFCA4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFEC140BE15D4675A6EE765B2C4F9D724">
+    <w:name w:val="CFEC140BE15D4675A6EE765B2C4F9D724"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="699D035C65EA440D9D55C1A82A5D81C64">
+    <w:name w:val="699D035C65EA440D9D55C1A82A5D81C64"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26B656E50B844F8C904594AE4B3C5EA54">
+    <w:name w:val="26B656E50B844F8C904594AE4B3C5EA54"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F488865CF454E1CA27E706F4EE1365B4">
+    <w:name w:val="3F488865CF454E1CA27E706F4EE1365B4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D45EE197C1A4F9E89182E3E7EDF78334">
+    <w:name w:val="3D45EE197C1A4F9E89182E3E7EDF78334"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="276EFD3718DC4D19B211D0623737110F4">
+    <w:name w:val="276EFD3718DC4D19B211D0623737110F4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE7CCF0DDF144933B1B0A6E697849BB54">
+    <w:name w:val="FE7CCF0DDF144933B1B0A6E697849BB54"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2D447CD89B4478E9C5590070339D7122">
+    <w:name w:val="E2D447CD89B4478E9C5590070339D7122"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19F82463398341228CEA26A629CF93D44">
+    <w:name w:val="19F82463398341228CEA26A629CF93D44"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC299DCA0A67424D88191A6AE92C171D4">
+    <w:name w:val="CC299DCA0A67424D88191A6AE92C171D4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA6F17731F194934A2D8638C3FE37B754">
+    <w:name w:val="BA6F17731F194934A2D8638C3FE37B754"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFD70C860AB044759A4EDAE029DA889A4">
+    <w:name w:val="CFD70C860AB044759A4EDAE029DA889A4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30D1C609BEE245FA827AFB0C0EEBD7EC2">
+    <w:name w:val="30D1C609BEE245FA827AFB0C0EEBD7EC2"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBEF8E68BF2B4CC888820D3FDD5C37974">
+    <w:name w:val="FBEF8E68BF2B4CC888820D3FDD5C37974"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8FA3B398FD0C419BA9FD90B83DD6418F4">
+    <w:name w:val="8FA3B398FD0C419BA9FD90B83DD6418F4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7CDBBB28D5144D9A0E696ECCFE9CC1F4">
+    <w:name w:val="F7CDBBB28D5144D9A0E696ECCFE9CC1F4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9072FF81C189480D848237A6FDCF2A1A4">
+    <w:name w:val="9072FF81C189480D848237A6FDCF2A1A4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F866CD3ADA747BBAC068D04B8946B262">
+    <w:name w:val="6F866CD3ADA747BBAC068D04B8946B262"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B15008A968D442D9CB6337418B045E64">
+    <w:name w:val="9B15008A968D442D9CB6337418B045E64"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="600D61F3966F4849BAFE93152FC8C4D24">
+    <w:name w:val="600D61F3966F4849BAFE93152FC8C4D24"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="405F5D9E875C49368E802524DFDFE20E4">
+    <w:name w:val="405F5D9E875C49368E802524DFDFE20E4"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D746042C47A04B73B91EE7E778E7D4974">
+    <w:name w:val="D746042C47A04B73B91EE7E778E7D4974"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4302DEE7372B48BDB1D4E911E98593682">
+    <w:name w:val="4302DEE7372B48BDB1D4E911E98593682"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6D7A2EE99DF44CB8630373E3A3BAD6D">
+    <w:name w:val="C6D7A2EE99DF44CB8630373E3A3BAD6D"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E23A8394E29D4C7F933540022AF6AA411">
+    <w:name w:val="E23A8394E29D4C7F933540022AF6AA411"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92AD21A808F8422DBD7CA37D2EA30F631">
+    <w:name w:val="92AD21A808F8422DBD7CA37D2EA30F631"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCECA1F09475475EB44F61102728E3BA2">
+    <w:name w:val="DCECA1F09475475EB44F61102728E3BA2"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAC0A25BB1DE4F4B944DD5AC76F75C2B1">
+    <w:name w:val="AAC0A25BB1DE4F4B944DD5AC76F75C2B1"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABBFA8D807EB47319E176CBFD35DCB402">
+    <w:name w:val="ABBFA8D807EB47319E176CBFD35DCB402"/>
+    <w:rsid w:val="000C6B09"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2228E3578D65488BB731E2C4F5150603">
+    <w:name w:val="2228E3578D65488BB731E2C4F5150603"/>
+    <w:rsid w:val="000C6B09"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10475,70 +9602,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>243</Words>
-  <Characters>1218</Characters>
+  <Words>352</Words>
+  <Characters>1503</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1459</CharactersWithSpaces>
+  <CharactersWithSpaces>1805</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>