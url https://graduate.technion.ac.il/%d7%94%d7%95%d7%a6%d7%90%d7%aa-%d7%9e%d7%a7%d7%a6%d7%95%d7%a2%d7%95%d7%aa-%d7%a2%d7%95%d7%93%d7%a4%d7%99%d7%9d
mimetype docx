--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -449,88 +449,113 @@
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="058BE58C" w14:textId="4E11D659" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="000762A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>שם הסטודנט/ית:</w:t>
+        <w:t>שם הסטודנט/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ית</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7240">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk215994864"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="127828811"/>
           <w:placeholder>
             <w:docPart w:val="14383E7AD0F54365B0E6181047D4A978"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
@@ -547,54 +572,55 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk216173439"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1912039527"/>
           <w:placeholder>
             <w:docPart w:val="6696E74108D843638F4EA8DEA4D80343"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="736AFF6A" w14:textId="4909001B" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="000762A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -612,54 +638,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1965148701"/>
           <w:placeholder>
             <w:docPart w:val="23BE857122A24515AEC833D80D595899"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -678,122 +705,124 @@
       <w:bookmarkStart w:id="2" w:name="_Hlk215994961"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="649712067"/>
           <w:placeholder>
             <w:docPart w:val="539C261B889C408EAD8CF4B7734E6C3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
             <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
             <w:listItem w:displayText="לא לתואר" w:value="לא לתואר"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00707CDD">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="1C5A290D" w14:textId="4F4D007D" w:rsidR="000762A4" w:rsidRPr="00DE7240" w:rsidRDefault="000762A4" w:rsidP="000762A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>נדרשתי לצבור</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1255484804"/>
           <w:placeholder>
             <w:docPart w:val="2EF06CBBD7264CD5B0962300A6D8895E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -808,54 +837,55 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-760594801"/>
           <w:placeholder>
             <w:docPart w:val="BC3AD4702F174F78A5A59BD26B6CAFCA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -904,54 +934,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1066033756"/>
           <w:placeholder>
             <w:docPart w:val="CFEC140BE15D4675A6EE765B2C4F9D72"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -966,54 +997,55 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="294032718"/>
           <w:placeholder>
             <w:docPart w:val="699D035C65EA440D9D55C1A82A5D81C6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -1062,54 +1094,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="215946143"/>
           <w:placeholder>
             <w:docPart w:val="26B656E50B844F8C904594AE4B3C5EA5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D14EF5" w14:textId="77777777" w:rsidR="00854CE2" w:rsidRPr="00EE4514" w:rsidRDefault="00854CE2" w:rsidP="00E95C5E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -1336,1082 +1369,1146 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="3" w:name="_Hlk215995965"/>
       <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="697243DE" w14:textId="77777777" w:rsidTr="00A824EF">
         <w:trPr>
           <w:trHeight w:val="576"/>
+          <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178E622E" w14:textId="2915F169" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="178E622E" w14:textId="2915F169" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="976570034"/>
                 <w:placeholder>
                   <w:docPart w:val="3F488865CF454E1CA27E706F4EE1365B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C594B5D" w14:textId="61AA71F7" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="4C594B5D" w14:textId="61AA71F7" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1830131848"/>
                 <w:placeholder>
                   <w:docPart w:val="3D45EE197C1A4F9E89182E3E7EDF7833"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18AD01A9" w14:textId="2A6A7630" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="18AD01A9" w14:textId="2A6A7630" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1786153744"/>
                 <w:placeholder>
                   <w:docPart w:val="276EFD3718DC4D19B211D0623737110F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40255FD3" w14:textId="2B40B1BA" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="40255FD3" w14:textId="2B40B1BA" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1785641381"/>
                 <w:placeholder>
                   <w:docPart w:val="FE7CCF0DDF144933B1B0A6E697849BB5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74D9FAAA" w14:textId="0C6D45D4" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="74D9FAAA" w14:textId="0C6D45D4" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-439061280"/>
                 <w:placeholder>
                   <w:docPart w:val="E2D447CD89B4478E9C5590070339D712"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="א'" w:value="א'"/>
                   <w:listItem w:displayText="ב'" w:value="ב'"/>
                   <w:listItem w:displayText="קיץ" w:value="קיץ"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="1E6DEF63" w14:textId="77777777" w:rsidTr="00A824EF">
         <w:trPr>
           <w:trHeight w:val="576"/>
+          <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA27C14" w14:textId="47022A6A" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="5FA27C14" w14:textId="47022A6A" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1235155976"/>
                 <w:placeholder>
                   <w:docPart w:val="19F82463398341228CEA26A629CF93D4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="777F02B3" w14:textId="495FDC9B" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="777F02B3" w14:textId="495FDC9B" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-987857932"/>
                 <w:placeholder>
                   <w:docPart w:val="CC299DCA0A67424D88191A6AE92C171D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E977B65" w14:textId="748F13C4" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="5E977B65" w14:textId="748F13C4" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1021446809"/>
                 <w:placeholder>
                   <w:docPart w:val="BA6F17731F194934A2D8638C3FE37B75"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7465C0F5" w14:textId="0E7234DC" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="7465C0F5" w14:textId="0E7234DC" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="317936221"/>
                 <w:placeholder>
                   <w:docPart w:val="CFD70C860AB044759A4EDAE029DA889A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EA86D16" w14:textId="6A79358B" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="7EA86D16" w14:textId="6A79358B" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1341853401"/>
                 <w:placeholder>
                   <w:docPart w:val="30D1C609BEE245FA827AFB0C0EEBD7EC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="א'" w:value="א'"/>
                   <w:listItem w:displayText="ב'" w:value="ב'"/>
                   <w:listItem w:displayText="קיץ" w:value="קיץ"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="7A0C6C55" w14:textId="77777777" w:rsidTr="00A824EF">
         <w:trPr>
           <w:trHeight w:val="576"/>
+          <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A856F52" w14:textId="7141AC8F" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="7A856F52" w14:textId="7141AC8F" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="376514193"/>
                 <w:placeholder>
                   <w:docPart w:val="FBEF8E68BF2B4CC888820D3FDD5C3797"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C0C8C21" w14:textId="140DE318" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="6C0C8C21" w14:textId="140DE318" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1241704634"/>
                 <w:placeholder>
                   <w:docPart w:val="8FA3B398FD0C419BA9FD90B83DD6418F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3868CB32" w14:textId="06F933B1" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="3868CB32" w14:textId="06F933B1" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="881903956"/>
                 <w:placeholder>
                   <w:docPart w:val="F7CDBBB28D5144D9A0E696ECCFE9CC1F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="274804B9" w14:textId="6F09E4C9" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="274804B9" w14:textId="6F09E4C9" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1939749759"/>
                 <w:placeholder>
                   <w:docPart w:val="9072FF81C189480D848237A6FDCF2A1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10E9F298" w14:textId="1E5238B3" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="10E9F298" w14:textId="1E5238B3" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-394817953"/>
                 <w:placeholder>
                   <w:docPart w:val="6F866CD3ADA747BBAC068D04B8946B26"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="א'" w:value="א'"/>
                   <w:listItem w:displayText="ב'" w:value="ב'"/>
                   <w:listItem w:displayText="קיץ" w:value="קיץ"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A824EF" w:rsidRPr="00EE4514" w14:paraId="5B980D62" w14:textId="77777777" w:rsidTr="00A824EF">
         <w:trPr>
           <w:trHeight w:val="527"/>
+          <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49A50525" w14:textId="36CE94EE" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="49A50525" w14:textId="36CE94EE" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1380211376"/>
                 <w:placeholder>
                   <w:docPart w:val="9B15008A968D442D9CB6337418B045E6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AC3377A" w14:textId="442A0F45" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="5AC3377A" w14:textId="442A0F45" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-423338756"/>
                 <w:placeholder>
                   <w:docPart w:val="600D61F3966F4849BAFE93152FC8C4D2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E3437C3" w14:textId="052BAC9F" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="0E3437C3" w14:textId="052BAC9F" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-109429660"/>
                 <w:placeholder>
                   <w:docPart w:val="405F5D9E875C49368E802524DFDFE20E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="044BF1A9" w14:textId="64E90223" w:rsidR="00A824EF" w:rsidRPr="00A824EF" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="044BF1A9" w14:textId="64E90223" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1234775491"/>
                 <w:placeholder>
                   <w:docPart w:val="D746042C47A04B73B91EE7E778E7D497"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70828E3F" w14:textId="214A0923" w:rsidR="00A824EF" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00A824EF">
+          <w:p w14:paraId="70828E3F" w14:textId="214A0923" w:rsidR="00A824EF" w:rsidRPr="00F052EB" w:rsidRDefault="00845E00" w:rsidP="00A824EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:vanish/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:vanish/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1444800409"/>
                 <w:placeholder>
                   <w:docPart w:val="4302DEE7372B48BDB1D4E911E9859368"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="א'" w:value="א'"/>
                   <w:listItem w:displayText="ב'" w:value="ב'"/>
                   <w:listItem w:displayText="קיץ" w:value="קיץ"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7346443C" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69B4B79E" w14:textId="77777777" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00E95C5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -2445,54 +2542,55 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk215994911"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-142428634"/>
           <w:placeholder>
             <w:docPart w:val="C6D7A2EE99DF44CB8630373E3A3BAD6D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00404984">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -2519,54 +2617,55 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk215995463"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="12497600"/>
           <w:placeholder>
             <w:docPart w:val="E23A8394E29D4C7F933540022AF6AA41"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00C30900" w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
@@ -2723,123 +2822,124 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5E6FE95E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="33AE2CAA" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Straight Arrow Connector 6" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:9pt;margin-top:2.2pt;width:513.75pt;height:0;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAD4Uzf9oAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU8CMRCF7yb+h2ZMvEkrLgTW7RI0kngjgNHrsB13N26n&#10;m7bA8u8tXvD45k3e+16xGGwnjuRD61jD40iBIK6cabnW8LFbPcxAhIhssHNMGs4UYFHe3hSYG3fi&#10;DR23sRYphEOOGpoY+1zKUDVkMYxcT5y8b+ctxiR9LY3HUwq3nRwrNZUWW04NDfb02lD1sz1YDe/T&#10;+U45cuvz09zT1+cbv6wy1vr+blg+g4g0xOszXPATOpSJae8ObILokp6lKVFDloG42CqbTEDs/w6y&#10;LOR//vIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABrwK0MoBAAB4AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAD4Uzf9oAAAAHAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#002060">
                 <v:stroke dashstyle="dash"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9407BA" w14:textId="2A8D4BA1" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>המלצה מנומקת של המנחה</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> (יש להתייחס לנחיצות המקצוע בתכנית הלימודים של הסטודנט/ית):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B8D19D" w14:textId="4FC5CD8F" w:rsidR="00EE4514" w:rsidRPr="00EE4514" w:rsidRDefault="00DE2CE1" w:rsidP="00EE4514">
+    <w:p w14:paraId="36B8D19D" w14:textId="4FC5CD8F" w:rsidR="00EE4514" w:rsidRPr="00EE4514" w:rsidRDefault="00845E00" w:rsidP="00EE4514">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1718240947"/>
           <w:placeholder>
             <w:docPart w:val="2228E3578D65488BB731E2C4F5150603"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7A35631B" w14:textId="7FF15B96" w:rsidR="00E95C5E" w:rsidRPr="00EE4514" w:rsidRDefault="00E95C5E" w:rsidP="00EE4514">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2857,54 +2957,55 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk215994920"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1295367560"/>
           <w:placeholder>
             <w:docPart w:val="92AD21A808F8422DBD7CA37D2EA30F63"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
@@ -2925,54 +3026,55 @@
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk215995480"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="957380735"/>
           <w:placeholder>
             <w:docPart w:val="DCECA1F09475475EB44F61102728E3BA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
@@ -3134,51 +3236,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C595B63" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:13.8pt;margin-top:.9pt;width:513.75pt;height:0;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAHKQ4E9oAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQgNN41SAqMQN0SK4uvE2iYjX&#10;ke226d932wscd2Y0+6ZYDK4Tewyx9aRhPFIgkCpvW6o1fK2Xd08gYjJkTecJNRwxwqK8vipMbv2B&#10;PnG/SrXgEoq50dCk1OdSxqpBZ+LI90jsbX1wJvEZammDOXC56+REqUw60xJ/aEyPrw1Wv6ud0/Ce&#10;zdbKo/843s8C/ny/0cvygbS+vRme5yASDukvDGd8RoeSmTZ+RzaKTsPkMeMk6zzgbKvpdAxicxFk&#10;Wcj//OUJAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABrwK0MoBAAB4AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHKQ4E9oAAAAHAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#002060">
+              <v:shape w14:anchorId="045CC929" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:13.8pt;margin-top:.9pt;width:513.75pt;height:0;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGvArQygEAAHgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlEK4ia7qFl4bBA&#10;pV0+wLWdxMLxWDNuk/49ttPtLnBDXKwZj+fNmzfjzd00WHbWSAZcw5eLkjPtJCjjuob/eLp/94Ez&#10;CsIpYcHphl808bvt2zeb0de6gh6s0sgiiKN69A3vQ/B1UZDs9SBoAV67GGwBBxGii12hUIwRfbBF&#10;VZbrYgRUHkFqoni7n4N8m/HbVsvwvW1JB2YbHrmFfGI+j+ksthtRdyh8b+SVhvgHFoMwLha9Qe1F&#10;EOyE5i+owUgEgjYsJAwFtK2ROvcQu1mWf3Tz2Auvcy9RHPI3mej/wcpv5507YKIuJ/foH0D+JOZg&#10;1wvX6Uzg6eLj4JZJqmL0VN9SkkP+gOw4fgUV34hTgKzC1OLAWmv8l5SYwGOnbMqyX26y6ykwGS/X&#10;q+r9ulpxJp9jhagTREr0SOGzhoElo+EUUJiuDztwLg4XcIYX5wcKieBLQkp2cG+szTO2jo0N/7iK&#10;dVKEwBqVgtnB7rizyM4ibUlZleu8GBHst2eJwV5QP79T0ZrXB+HkVC7Sa6E+Xe0gjJ3tiGPdVbyk&#10;V1pOqo+gLgd8FjWON7O/rmLan9d+zn75MNtfAAAA//8DAFBLAwQUAAYACAAAACEAHKQ4E9oAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQgNN41SAqMQN0SK4uvE2iYjX&#10;ke226d932wscd2Y0+6ZYDK4Tewyx9aRhPFIgkCpvW6o1fK2Xd08gYjJkTecJNRwxwqK8vipMbv2B&#10;PnG/SrXgEoq50dCk1OdSxqpBZ+LI90jsbX1wJvEZammDOXC56+REqUw60xJ/aEyPrw1Wv6ud0/Ce&#10;zdbKo/843s8C/ny/0cvygbS+vRme5yASDukvDGd8RoeSmTZ+RzaKTsPkMeMk6zzgbKvpdAxicxFk&#10;Wcj//OUJAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABrwK0MoBAAB4AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHKQ4E9oAAAAHAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#002060">
                 <v:stroke dashstyle="dash"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A39D86C" w14:textId="1C08935D" w:rsidR="00747D06" w:rsidRPr="00A824EF" w:rsidRDefault="00E95C5E" w:rsidP="00A824EF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -3227,54 +3329,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="262338097"/>
           <w:placeholder>
             <w:docPart w:val="AAC0A25BB1DE4F4B944DD5AC76F75C2B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE4514" w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -3293,54 +3396,55 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם יו"ר הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1726831426"/>
           <w:placeholder>
             <w:docPart w:val="ABBFA8D807EB47319E176CBFD35DCB40"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A824EF" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="00A824EF" w:rsidRPr="00F052EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE4514" w:rsidRPr="00EE4514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7240">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -3438,61 +3542,61 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00747D06" w:rsidRPr="00A824EF" w:rsidSect="00EE4514">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ACD586F" w14:textId="77777777" w:rsidR="00AD2771" w:rsidRDefault="00AD2771" w:rsidP="0055655F">
+    <w:p w14:paraId="61C0A176" w14:textId="77777777" w:rsidR="00845E00" w:rsidRDefault="00845E00" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41522D37" w14:textId="77777777" w:rsidR="00AD2771" w:rsidRDefault="00AD2771" w:rsidP="0055655F">
+    <w:p w14:paraId="16F77AFC" w14:textId="77777777" w:rsidR="00845E00" w:rsidRDefault="00845E00" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -3637,51 +3741,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2F28E279" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="55F45859" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -4196,61 +4300,61 @@
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57">
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C285E37" w14:textId="77777777" w:rsidR="00EE4969" w:rsidRDefault="00EE4969">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DB2CD5F" w14:textId="77777777" w:rsidR="00AD2771" w:rsidRDefault="00AD2771" w:rsidP="0055655F">
+    <w:p w14:paraId="6ED8D528" w14:textId="77777777" w:rsidR="00845E00" w:rsidRDefault="00845E00" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EF1415D" w14:textId="77777777" w:rsidR="00AD2771" w:rsidRDefault="00AD2771" w:rsidP="0055655F">
+    <w:p w14:paraId="49AE335A" w14:textId="77777777" w:rsidR="00845E00" w:rsidRDefault="00845E00" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CFF1EEA" w14:textId="77777777" w:rsidR="00EE4969" w:rsidRDefault="00EE4969">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
     <w:pPr>
@@ -6128,53 +6232,53 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="154"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Wv8Dx+TyVnRUvh6PPn432/0oRGz1gAfG7Dbqwiv7YCkW+WcOSqgNqmU8BpSssU7xTMl1Uo0R04wN0Ap2oeSMLA==" w:salt="+GHsw/xZ7ircW/XkDObgJQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PmOXGAC6mN07PNTK1FtamO9wzYBgqHXwvFCIO8JhPWm8crQHXiB9EWWDlFEQbKNKEE5nVXA+C3Ca1y3q26WHGw==" w:salt="80A7glWwJnH/4cZwS/JTRA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -6212,61 +6316,63 @@
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003E4E5F"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00404984"/>
     <w:rsid w:val="004208F9"/>
     <w:rsid w:val="00435B1E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004A2D0D"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004C54CC"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="005437F4"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005D7F28"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00665EED"/>
+    <w:rsid w:val="0068239E"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00707CDD"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00830D0C"/>
+    <w:rsid w:val="00845E00"/>
     <w:rsid w:val="00854CE2"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008D4957"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00932ADE"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A20105"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A375AF"/>
     <w:rsid w:val="00A52FF9"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A766E9"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A824EF"/>
@@ -6295,50 +6401,51 @@
     <w:rsid w:val="00CC1B37"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D64A5E"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D74E0E"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00D96F21"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00DE2CE1"/>
     <w:rsid w:val="00DE7240"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E847B0"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00E95C5E"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE4514"/>
     <w:rsid w:val="00EE47B8"/>
     <w:rsid w:val="00EE4969"/>
     <w:rsid w:val="00EF5229"/>
+    <w:rsid w:val="00F052EB"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
     <w:rsid w:val="00FF1041"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -8298,50 +8405,52 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004227BB"/>
     <w:rsid w:val="000C6B09"/>
     <w:rsid w:val="0014475C"/>
     <w:rsid w:val="00155978"/>
     <w:rsid w:val="004227BB"/>
+    <w:rsid w:val="0068239E"/>
+    <w:rsid w:val="00707D91"/>
     <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00D64A5E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9602,77 +9711,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>352</Words>
-  <Characters>1503</Characters>
+  <Words>333</Words>
+  <Characters>1522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1805</CharactersWithSpaces>
+  <CharactersWithSpaces>1789</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>