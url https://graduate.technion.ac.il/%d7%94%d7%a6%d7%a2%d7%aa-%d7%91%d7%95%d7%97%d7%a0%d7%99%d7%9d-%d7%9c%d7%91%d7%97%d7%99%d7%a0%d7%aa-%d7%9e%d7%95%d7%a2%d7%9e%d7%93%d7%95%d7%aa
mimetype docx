--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1,20551 +1,9260 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="36325D03" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="36325D03" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0869F2A9" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="0869F2A9" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F61F9AB" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="7F61F9AB" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="585AD6EF" w14:textId="77777777" w:rsidR="00A866EB" w:rsidRDefault="00A866EB" w:rsidP="00D033A4">
+    <w:p w14:paraId="3828765D" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00557C36">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9D5D64" w14:textId="77777777" w:rsidR="00EA6CCC" w:rsidRPr="005B0776" w:rsidRDefault="00EA6CCC" w:rsidP="00EA6CCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-1048" w:hanging="39"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A0AB9E" w14:textId="06A4C81B" w:rsidR="00EA6CCC" w:rsidRPr="005B0776" w:rsidRDefault="00F335CB" w:rsidP="00EA6CCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-1048" w:hanging="39"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ENGLISH VERSION BELOW</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182AAB33" w14:textId="3D42576F" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-1048" w:hanging="39"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>הצעת בוחנים לבחינת מועמדות לקראת התואר דוקטור</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B82558D" w14:textId="77777777" w:rsidR="00184107" w:rsidRPr="005B0776" w:rsidRDefault="00184107" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3828765D" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
-[...88 lines deleted...]
-    <w:p w14:paraId="084B2FFE" w14:textId="322765EB" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="084B2FFE" w14:textId="39A64111" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מלבד המנחה והמנחה השותף (אם יש),  על הוועדה לכלול </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לפחות</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> ארבעה בוחנים  </w:t>
+        <w:t xml:space="preserve"> ארבעה בוחנים </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">בדרגת </w:t>
+        <w:t>בדרגת ד"ר ומעלה</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>ד"ר</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> ומעלה</w:t>
+        <w:t>לפחות</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> אחד מהם </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>בדרגת המנחה או בכיר</w:t>
+      </w:r>
+      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ממנו</w:t>
+      </w:r>
+      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>, ו</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לפחות</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> אחד מהם </w:t>
+        <w:t xml:space="preserve"> אחד </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...71 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שאינו שייך ליחידה</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> (בוחן חוץ).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477CD207" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="477CD207" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A923D92" w14:textId="7C5C9C4C" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="7750DA82" w14:textId="55CC497B" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00557C36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם הסטודנט</w:t>
       </w:r>
-      <w:r w:rsidR="00D033A4">
+      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ית</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1441221801"/>
+          <w:placeholder>
+            <w:docPart w:val="C82A25EF17734EA2899575975CE4ADA7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ת.ז.</w:t>
+      </w:r>
+      <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1887137322"/>
+          <w:placeholder>
+            <w:docPart w:val="A9A2EC3CED4A4630B61CE751CBC2FCE0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יחידה אקדמית</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-393970884"/>
+          <w:placeholder>
+            <w:docPart w:val="E6BB4CB5F8114F3B96FACB5A1CFA5AB8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...136 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...290 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7750DA82" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="73DBB093" w14:textId="0214BE44" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00EA6CCC" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="27"/>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B12A7">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005A48C6" w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם נושא המחקר</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidR="005A48C6" w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">:   </w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...128 lines deleted...]
-        <w:ind w:left="27"/>
+      <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1456786484"/>
+          <w:placeholder>
+            <w:docPart w:val="B20F2F3C38904DBC98CE73FD3A3F4607"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4E11E147" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="27"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EFC2D99" w14:textId="6F312542" w:rsidR="005A48C6" w:rsidRPr="00995C31" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="1EFC2D99" w14:textId="6F312542" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995C31">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>בוחנ</w:t>
       </w:r>
-      <w:r w:rsidR="00D033A4">
+      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>ות/י</w:t>
       </w:r>
-      <w:r w:rsidRPr="00995C31">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>ם:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6E0107" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="4B6E0107" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="10854" w:type="dxa"/>
         <w:tblInd w:w="557" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="2214"/>
+        <w:gridCol w:w="1404"/>
         <w:gridCol w:w="1809"/>
-        <w:gridCol w:w="1809"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2056"/>
+        <w:gridCol w:w="1606"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A48C6" w:rsidRPr="007B12A7" w14:paraId="0EF0D774" w14:textId="77777777" w:rsidTr="00067CEB">
+      <w:tr w:rsidR="005A48C6" w:rsidRPr="005B0776" w14:paraId="0EF0D774" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="562A3718" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="562A3718" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">שם </w:t>
+              <w:t>שם מלא + ת.ז.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          </w:p>
+          <w:p w14:paraId="2C906D7C" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BC4F8C0" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="3BC4F8C0" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>דרגה</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E87BB44" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="0E87BB44" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">פק' ומוסד </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0827C732" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="0827C732" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מידת מעורבות במחקר</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79117212" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="79117212" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D52237D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="2D52237D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>הקשר בין תחום ההתמחות של הבוחן לנושא המחקר</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43282B22" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003A1827" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="43282B22" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A1827">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>עבור בוחן חוץ בלבד</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="770B7E15" w14:textId="0BB3276F" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="770B7E15" w14:textId="0BB3276F" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>הקשר של הבוחן עם היחידה/המנחה/הסטו</w:t>
             </w:r>
-            <w:r w:rsidR="00067CEB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidR="00067CEB" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A48C6" w:rsidRPr="007B12A7" w14:paraId="4EF35AFF" w14:textId="77777777" w:rsidTr="00067CEB">
+      <w:tr w:rsidR="005A48C6" w:rsidRPr="005B0776" w14:paraId="4EF35AFF" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:trPr>
           <w:trHeight w:val="706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48863F4D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="0C233865" w14:textId="77777777" w:rsidR="00557C36" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...138 lines deleted...]
-            <w:r w:rsidRPr="007B12A7">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-997568380"/>
+                <w:placeholder>
+                  <w:docPart w:val="2E988DE344064DD7A32E45A3A5A860EA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="613755B9" w14:textId="52D68AE0" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>ת.ז:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-770393602"/>
+                <w:placeholder>
+                  <w:docPart w:val="3842C85A428D4285AFCDA96AE69A207C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="2E0A5E1A" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="2E0A5E1A" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005109F8">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>כתובת דוא"ל</w:t>
             </w:r>
-            <w:r w:rsidR="00D033A4">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>(אופ</w:t>
             </w:r>
-            <w:r w:rsidRPr="005109F8">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>אופ</w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t>'</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00E54F72">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidR="00E54F72" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="176F066E" w14:textId="6792EFEB" w:rsidR="00E54F72" w:rsidRPr="00D033A4" w:rsidRDefault="00E54F72" w:rsidP="00D033A4">
+          <w:p w14:paraId="176F066E" w14:textId="04A40FA5" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...166 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1816411694"/>
+                <w:placeholder>
+                  <w:docPart w:val="8523D6217C5E425FA6D379EB74F2E8C7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19567604" w14:textId="64954DB9" w:rsidR="005A48C6" w:rsidRPr="00566BD3" w:rsidRDefault="00802835" w:rsidP="00D033A4">
+          <w:p w14:paraId="19567604" w14:textId="001057EC" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...84 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1343282741"/>
+                <w:placeholder>
+                  <w:docPart w:val="206C3C54100945589AB00F12C44B9DCE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24FA38F1" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="24FA38F1" w14:textId="78A91A83" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D72E6A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
-[...124 lines deleted...]
-            <w:r w:rsidRPr="007B12A7">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1954662399"/>
+                <w:placeholder>
+                  <w:docPart w:val="C6DC442E6D7B4E5EA5A98A812E83CDC5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E6745F3" w14:textId="7A43D437" w:rsidR="005A48C6" w:rsidRDefault="00B25781" w:rsidP="00D033A4">
+          <w:p w14:paraId="406DEE6D" w14:textId="1C2D827E" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1463799429"/>
+                <w:placeholder>
+                  <w:docPart w:val="2FDC23AD2604449C9BF72CB4C2E43C51"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4AF3514B" w14:textId="200E9B74" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...85 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1412155241"/>
+                <w:placeholder>
+                  <w:docPart w:val="4462FC2802194EA0AC66DDF7E41F53DF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7382982A" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="7382982A" w14:textId="797EF145" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1722204892"/>
+                <w:placeholder>
+                  <w:docPart w:val="8D3B192E9D93482CBBE8AB6BBD0E92AF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74146F00" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="74146F00" w14:textId="24677EFA" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...113 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2104407018"/>
+                <w:placeholder>
+                  <w:docPart w:val="D8D569B9203E426ABF1AF98B80287888"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="007B12A7" w14:paraId="665504B1" w14:textId="77777777" w:rsidTr="00067CEB">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="665504B1" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46C051EF" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="46C051EF" w14:textId="54519BF5" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1043247093"/>
+                <w:placeholder>
+                  <w:docPart w:val="F03767193FB0452F899907166DE1953F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="5B1411F8" w14:textId="14496D30" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...126 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ת.ז:</w:t>
+              <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
-            <w:r>
-[...134 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1149863798"/>
+                <w:placeholder>
+                  <w:docPart w:val="8BF546C701FE46598C1B3155F7B03341"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="2C023043" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="2C023043" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005109F8">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>כתובת דוא"ל</w:t>
+              <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>(אופ'</w:t>
             </w:r>
-            <w:r w:rsidRPr="005109F8">
-[...29 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1098F6BC" w14:textId="6B0233A8" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="1098F6BC" w14:textId="66AC4D7E" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...164 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1359728226"/>
+                <w:placeholder>
+                  <w:docPart w:val="97FCB7E8A44C400493FCA6B919BA7F70"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="573E31C8" w14:textId="4B4FA2AB" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1625196396"/>
+                <w:placeholder>
+                  <w:docPart w:val="0809E765BB4B48FA9100189446A171C9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="573E31C8" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="0808BB4C" w14:textId="5D2C428F" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="805042157"/>
+                <w:placeholder>
+                  <w:docPart w:val="C0B1EE31BD0B456E9F2315D9F57A5E94"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CD8B5D7" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1390915266"/>
+                <w:placeholder>
+                  <w:docPart w:val="30BA980B599E4405871B05A21E9C6A72"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="6C38CC4E" w14:textId="20C4FFE7" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...4 lines deleted...]
-                <w:color w:val="333333"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1126848422"/>
+                <w:placeholder>
+                  <w:docPart w:val="C1365E665CB748E88CDF7FAD93C69DB8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A02BC47" w14:textId="223DD6A1" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText>FORMDROPDOWN</w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1803680791"/>
+                <w:placeholder>
+                  <w:docPart w:val="2EA1F6168C7B4D86A833FD53B797235E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35FDD805" w14:textId="66E62C78" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-165932878"/>
+                <w:placeholder>
+                  <w:docPart w:val="13A919FD0E4D4D56851DAABE6189B872"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="043491D3" w14:textId="77777777" w:rsidTr="00EA6CCC">
+        <w:trPr>
+          <w:trHeight w:val="642"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E2ADDB4" w14:textId="478DA97A" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1256329319"/>
+                <w:placeholder>
+                  <w:docPart w:val="5922DEA474E44BCF9AACAD312E9F4303"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="0D881E8E" w14:textId="57338C8B" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-163401292"/>
+                <w:placeholder>
+                  <w:docPart w:val="7657280A9CE14F7BBE71D1917D4119CC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="3A08F119" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">כתובת דוא"ל </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(אופ'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3430C618" w14:textId="5CC16E47" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl/>
-[...5 lines deleted...]
-                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="331574540"/>
+                <w:placeholder>
+                  <w:docPart w:val="137179722E0349E1B100A85CBB2F87D4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E2C56AB" w14:textId="4E39D8FF" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl/>
-[...12 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="843674324"/>
+                <w:placeholder>
+                  <w:docPart w:val="C7B9A5E38E25491A9EB11EA85174D594"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0808BB4C" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="1605B0B2" w14:textId="47B24C65" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1360312322"/>
+                <w:placeholder>
+                  <w:docPart w:val="6C101DAE78DE454987F1E78A1D537548"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...123 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52060CD4" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="23A2BB65" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1360889383"/>
+                <w:placeholder>
+                  <w:docPart w:val="189177B45AA941998AE63E3839EC6215"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="73585695" w14:textId="34FBD966" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...72 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-521406973"/>
+                <w:placeholder>
+                  <w:docPart w:val="A8D5D8DA16D84070BDA4FFA19F273C7D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="4D270006" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="1EFE7BA1" w14:textId="357E8780" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...136 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A02BC47" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="23D99FBD" w14:textId="021A3B47" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1772541270"/>
+                <w:placeholder>
+                  <w:docPart w:val="B2C8D9837B59488598C243BAA7218D65"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35FDD805" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="6ED1DDBD" w14:textId="1BD560E7" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1805853163"/>
+                <w:placeholder>
+                  <w:docPart w:val="4721DD1154CE4D1BA5235559A29DA232"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="007B12A7" w14:paraId="043491D3" w14:textId="77777777" w:rsidTr="00067CEB">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="0E5BED71" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:trPr>
-          <w:trHeight w:val="642"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E2ADDB4" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="50225208" w14:textId="21434C4F" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1964387902"/>
+                <w:placeholder>
+                  <w:docPart w:val="298E9588BAF2412FBBF46FEF7B1E6233"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4FB1DDCA" w14:textId="6A173F0F" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...126 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ת.ז:</w:t>
+              <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
-            <w:r>
-[...134 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="380218755"/>
+                <w:placeholder>
+                  <w:docPart w:val="9EE91F453DE54BD88D5606785D17C3F2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3A08F119" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="759662E6" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005109F8">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>כתובת דוא"ל</w:t>
+              <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>(אופ'</w:t>
             </w:r>
-            <w:r w:rsidRPr="005109F8">
-[...29 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3430C618" w14:textId="041618D0" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="67390DE1" w14:textId="17D0A97A" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...164 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-339086202"/>
+                <w:placeholder>
+                  <w:docPart w:val="A1F62EFF3DAA4261B9655C4DC02E8816"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12D65E83" w14:textId="08E77339" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="887220173"/>
+                <w:placeholder>
+                  <w:docPart w:val="D7CC4F5F4E7A42EEB840CE704147FECC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E2C56AB" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="44F47F09" w14:textId="3268F5BF" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="15891716"/>
+                <w:placeholder>
+                  <w:docPart w:val="E81F1448FCCF439F82456F45BEDFC40F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B0E0507" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1351953397"/>
+                <w:placeholder>
+                  <w:docPart w:val="8DA2220D7B614F67BB0E6A45FCCF65E7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="73E7A66C" w14:textId="33E38747" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...4 lines deleted...]
-                <w:color w:val="333333"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="104705519"/>
+                <w:placeholder>
+                  <w:docPart w:val="682E225706A342588EF1D8F48C03F7D5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18E885D5" w14:textId="6B81C1A7" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText>FORMDROPDOWN</w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1231806164"/>
+                <w:placeholder>
+                  <w:docPart w:val="8B2F765F9D9C4D33A2DFAD20C3F00AFD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B62F4F4" w14:textId="4C873D2E" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-845709394"/>
+                <w:placeholder>
+                  <w:docPart w:val="6871FD347D8F427EB43D78E9884E3D10"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="47E08D77" w14:textId="77777777" w:rsidTr="00EA6CCC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31392144" w14:textId="2397EEC0" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-18708123"/>
+                <w:placeholder>
+                  <w:docPart w:val="024AA80E0C7A472DA154D6F63B6C43C1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="77BDE838" w14:textId="36E1F426" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2099701544"/>
+                <w:placeholder>
+                  <w:docPart w:val="0CEBA8BD98DE4CA1984B2027FF29AEC4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4B82A73A" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">כתובת דוא"ל </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(אופ'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D1C9C64" w14:textId="7459C109" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl/>
-[...5 lines deleted...]
-                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-477765838"/>
+                <w:placeholder>
+                  <w:docPart w:val="CB2FCE7DE7024DC78FFA8DB0CFB77B9C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DA86F23" w14:textId="722CE3AA" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl/>
-[...12 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-406462844"/>
+                <w:placeholder>
+                  <w:docPart w:val="7F755AB73D8D43A7B829389F25217262"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1605B0B2" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="61BC5E24" w14:textId="38912E99" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
-[...124 lines deleted...]
-            <w:r w:rsidRPr="007B12A7">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-243030416"/>
+                <w:placeholder>
+                  <w:docPart w:val="D5FBFCD1DCD74E7CA896504025E9FABE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73585695" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="11850630" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1936781695"/>
+                <w:placeholder>
+                  <w:docPart w:val="C2133A400B44429187A634261428C13B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="17E2CAF1" w14:textId="374B0816" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...17 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="55596374"/>
+                <w:placeholder>
+                  <w:docPart w:val="F0AA7CABBA1D49B88284EDF956AFC9F1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="72903113" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...59 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23D99FBD" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="20B7A894" w14:textId="0250181D" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1299582902"/>
+                <w:placeholder>
+                  <w:docPart w:val="4E39DB6C78EA4DA09C80AB937EE43932"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ED1DDBD" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="40CB0737" w14:textId="156A9C14" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="2017032387"/>
+                <w:placeholder>
+                  <w:docPart w:val="0BA1B25BB9734C7F8FC748ABB52E5CD5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="007B12A7" w14:paraId="0E5BED71" w14:textId="77777777" w:rsidTr="00067CEB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="73D826EC" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50225208" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="032FFEFA" w14:textId="20412ACD" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1344240053"/>
+                <w:placeholder>
+                  <w:docPart w:val="23552503C58741BABB900A402C3DEEBF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="635571DE" w14:textId="36ED487F" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...126 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ת.ז:</w:t>
+              <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
-            <w:r>
-[...134 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2083434376"/>
+                <w:placeholder>
+                  <w:docPart w:val="AC9688D2FC0F47878595287C20473C9D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="759662E6" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="5FFE4291" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005109F8">
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>כתובת דוא"ל</w:t>
+              <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>(אופ'</w:t>
             </w:r>
-            <w:r w:rsidRPr="005109F8">
-[...29 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67390DE1" w14:textId="255D0D90" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="426BF60E" w14:textId="78FDA6B6" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...164 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1428884154"/>
+                <w:placeholder>
+                  <w:docPart w:val="61840BDDF9484DA489834E35B7B48087"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42CB4CF4" w14:textId="3FC5A249" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="464700622"/>
+                <w:placeholder>
+                  <w:docPart w:val="98C6FA168CA042B89846E9858BDC6BB1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12D65E83" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="0C540CA1" w14:textId="74871443" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2014522592"/>
+                <w:placeholder>
+                  <w:docPart w:val="9B91DABA8FB04C5FA59F248D2EAB2D46"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A204F0D" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="412899325"/>
+                <w:placeholder>
+                  <w:docPart w:val="9C1C0FC50CE54821B963909E5877569E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="1BE95D7C" w14:textId="44859B0F" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...12 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-624925567"/>
+                <w:placeholder>
+                  <w:docPart w:val="604D1EA9E0404662B78EECDDFD9ADB6D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="62B424A1" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33EE1260" w14:textId="13832639" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1424491132"/>
+                <w:placeholder>
+                  <w:docPart w:val="72E0EB75A355498ABD7EF634411CC219"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F43B734" w14:textId="6853C704" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="458385980"/>
+                <w:placeholder>
+                  <w:docPart w:val="C7A8963B1F78496C8D19D9F8B11E67C6"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="72EAB1C9" w14:textId="77777777" w:rsidTr="00EA6CCC">
+        <w:trPr>
+          <w:trHeight w:val="656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24963EEE" w14:textId="281CD7F8" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="2124812610"/>
+                <w:placeholder>
+                  <w:docPart w:val="F3FA182145EE4950A50B350132D32498"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="32F8FB64" w14:textId="6219D2D4" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1668519757"/>
+                <w:placeholder>
+                  <w:docPart w:val="0C864184422143CE8F0853D3748BBD10"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="14D0F762" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">כתובת דוא"ל </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(אופ'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E480A92" w14:textId="6AB5FD73" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl/>
-[...6 lines deleted...]
-                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="252942344"/>
+                <w:placeholder>
+                  <w:docPart w:val="EDE4DA3A43924519838A587288BE20CF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="6E6E6E"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                    <w:highlight w:val="yellow"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CCA608E" w14:textId="47C7ED50" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1686324061"/>
+                <w:placeholder>
+                  <w:docPart w:val="97D5A45AD3AD4442B7C26CEDD56EE830"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
+                  <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
+                  <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
+                  <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
+                  <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
+                  <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
+                  <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
+                  <w:listItem w:displayText="אחר" w:value="אחר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44F47F09" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="4AE6CF13" w14:textId="777B5086" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B12A7">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
-[...124 lines deleted...]
-            <w:r w:rsidRPr="007B12A7">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="774910053"/>
+                <w:placeholder>
+                  <w:docPart w:val="D0FEB90E906049AFA9169E66AD8DD521"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72BA65FE" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="5144434E" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1324084664"/>
+                <w:placeholder>
+                  <w:docPart w:val="9B86A8EC52AA4791B3851DCB3CECCA78"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
+                  <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
+                  <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
+                  <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
+                  <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="69BF2DEE" w14:textId="42D6F269" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...83 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="364650601"/>
+                <w:placeholder>
+                  <w:docPart w:val="48767A0BB3FB498CAE4DF0DAEE7F3AAF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18E885D5" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="6651E278" w14:textId="16F29914" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...123 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-25641207"/>
+                <w:placeholder>
+                  <w:docPart w:val="F16987E1821C4368996355A2A3010CC0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B62F4F4" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="007B12A7" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="6E69FBB8" w14:textId="1ED12A00" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4315 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1934967504"/>
+                <w:placeholder>
+                  <w:docPart w:val="D7441B5870024959BC3F587E26DE1720"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30B3543F" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="30B3543F" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB3C1D6" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="6AB3C1D6" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הוועדה מאשרת כי יש חפיפה בין תחומי ההתמחות של הבוחנים לבין התחום בו נכתב התיאור התמציתי, וכי הם נתנו את הסכמתם לשמש כבוחנים.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D201D7D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="0D201D7D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="241809B9" w14:textId="59384FEB" w:rsidR="005A48C6" w:rsidRPr="00E5602E" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="241809B9" w14:textId="47392C2C" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אם המנחה איננו יו"ר ועדת הבוחנים, </w:t>
       </w:r>
-      <w:r w:rsidR="00D50920">
+      <w:r w:rsidR="00D50920" w:rsidRPr="00030EEB">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ת/</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ישמש כיו"ר הוועדה</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
-[...130 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-327365812"/>
+          <w:placeholder>
+            <w:docPart w:val="CA31624F9B964A5E889A440C7BF7E53A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F15829" w:rsidRPr="00030EEB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="4939B25B" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="007B12A7" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="4939B25B" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="457C3715" w14:textId="30A545C1" w:rsidR="005A48C6" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="457C3715" w14:textId="26EB0338" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>תאריך:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EA6CCC" w:rsidRPr="00030EEB">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...150 lines deleted...]
-      <w:r w:rsidRPr="007B12A7">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="934637447"/>
+          <w:placeholder>
+            <w:docPart w:val="515008A96A5C4AE89B4721C6CF67EF35"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00EA6CCC" w:rsidRPr="00030EEB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
         <w:t>חתימת מרכז</w:t>
       </w:r>
-      <w:r w:rsidR="00D50920">
+      <w:r w:rsidR="00D50920" w:rsidRPr="00030EEB">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ת</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B12A7">
+      <w:r w:rsidRPr="00030EEB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> הוועדה</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-479160264"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="00030EEB">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4959FB4B" wp14:editId="1C0A3DD8">
-                <wp:extent cx="2595880" cy="491167"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4959FB4B" wp14:editId="0193181A">
+                <wp:extent cx="806174" cy="490855"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-                <wp:docPr id="4" name="Picture 1"/>
+                <wp:docPr id="4" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="4" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2657459" cy="502818"/>
+                          <a:ext cx="828575" cy="504494"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="27B85A00" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="27B85A00" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="27"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E27D8C" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71E27D8C" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="65988DA0" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65988DA0" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="0BE01690" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BE01690" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="3AFC00AF" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AFC00AF" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="2036441B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2036441B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="05A6AE8E" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05A6AE8E" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="0DC8AD02" w14:textId="77777777" w:rsidR="00EA6CCC" w:rsidRPr="005B0776" w:rsidRDefault="00EA6CCC" w:rsidP="00D44868">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="27"/>
+        <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="512F0DCC" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
-[...25 lines deleted...]
-    <w:p w14:paraId="65F9C7AF" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="65F9C7AF" w14:textId="70D3F0C5" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00EA6CCC">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DD8">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Proposed PhD candidacy exam committee </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6E8141" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="3A6E8141" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DD8">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please note: The committee should be comprised of at least four examiners with a Ph.D. in addition to the main advisor and the co-advisor (if there is one). At least one of them (the 4has the academic rank of the main advisor or above, and at least one should be external to the department.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C617E0B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="3C617E0B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="032D4743" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="032D4743" w14:textId="2BFD5BD9" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DD8">
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Student's name:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-978998822"/>
+          <w:placeholder>
+            <w:docPart w:val="4D5B1357F75247B3B4D93AA12348A841"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Technion ID:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-351112100"/>
+          <w:placeholder>
+            <w:docPart w:val="A4563F796C8449569B5CA0415FC5EE0F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Department:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Student's name: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E5DD8">
-[...327 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="838281906"/>
+          <w:placeholder>
+            <w:docPart w:val="1A2E099956FE48F78B871EDE1357A791"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="7B1391F4" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="7B1391F4" w14:textId="28CE099A" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DD8">
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Thesis title:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thesis title: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E5DD8">
-[...99 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1536686219"/>
+          <w:placeholder>
+            <w:docPart w:val="DEEB010DCE0E4CA9BA32EF986E84B79A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="38D33BD3" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="38D33BD3" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DD8">
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Examiners:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1993"/>
+        <w:gridCol w:w="2084"/>
         <w:gridCol w:w="1161"/>
-        <w:gridCol w:w="1706"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2669"/>
+        <w:gridCol w:w="1682"/>
+        <w:gridCol w:w="1751"/>
+        <w:gridCol w:w="1686"/>
+        <w:gridCol w:w="2436"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="002E5DD8" w14:paraId="61A9DAC6" w14:textId="77777777" w:rsidTr="005643A9">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="61A9DAC6" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAAD3B7" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="1AAAD3B7" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full name + ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2688C097" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="2688C097" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Academic rank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675121AB" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="675121AB" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dept. and University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E857B88" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="2E857B88" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Level of </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> in the research</w:t>
+              <w:t>Level of connection in the research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E0E526" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="51E0E526" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relation to the research topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2669" w:type="dxa"/>
+            <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC3CD5A" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="3BC3CD5A" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>For external examiner only:</w:t>
             </w:r>
-            <w:r w:rsidRPr="002E5DD8">
+            <w:r w:rsidRPr="005B0776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> relation to the dept/advisor/student</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="002E5DD8" w14:paraId="55CFFCA2" w14:textId="77777777" w:rsidTr="005643A9">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="55CFFCA2" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3AB90B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="0C73E910" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1914974316"/>
+                <w:placeholder>
+                  <w:docPart w:val="CF6A62D2D24C4150AD706453CEA7D6CC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-              </w:fldChar>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="03D9B00B" w14:textId="60AA9DC8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1906673728"/>
+                <w:placeholder>
+                  <w:docPart w:val="7840630D31184728AB6ACAE1EA38EA59"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="51434FB1" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03D9B00B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="1E550DE6" w14:textId="1A989A1F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...264 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2098902266"/>
+                <w:placeholder>
+                  <w:docPart w:val="039E89B1C92E4F0098950A9D8A57126E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4002E6CE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="4002E6CE" w14:textId="29C6E03E" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="339046342"/>
+                <w:placeholder>
+                  <w:docPart w:val="5DDFFED834E64C50A0C0B045A3554492"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5D33CB" w14:textId="1E6184E4" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...22 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1464956031"/>
+                <w:placeholder>
+                  <w:docPart w:val="D858F55B4C8B4A1CB785A76DDCB07C92"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7498CD1B" w14:textId="7DFD398F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1082129502"/>
+                <w:placeholder>
+                  <w:docPart w:val="E3E9E91486F84BCFB15D09F0FA26A2BB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="25018743" w14:textId="45BCA85F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-509295176"/>
+                <w:placeholder>
+                  <w:docPart w:val="CFBA1781ED5B49E79B2C931FB71202F0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46AED1F5" w14:textId="0B9458AA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1590694359"/>
+                <w:placeholder>
+                  <w:docPart w:val="72F31672394742D887B6B7AB61114F3E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB97BD2" w14:textId="15FA41A6" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="8"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1285459271"/>
+                <w:placeholder>
+                  <w:docPart w:val="3639FBA3523C47D4A5EBAE6F3EB083A4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="0192512A" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5D33CB" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="337AF620" w14:textId="53D1820E" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="511809536"/>
+                <w:placeholder>
+                  <w:docPart w:val="9A44C7FBA30B46D19278DBFC105D234A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="6B18FB58" w14:textId="76FA4902" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-484786805"/>
+                <w:placeholder>
+                  <w:docPart w:val="E34D07C909DC459EA506360F2ED7DD2F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="386F3D14" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="1E870780" w14:textId="0FF43C9F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...16 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...850 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-562793768"/>
+                <w:placeholder>
+                  <w:docPart w:val="AE53837A6B1541DCB854A0281AC8FDE5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D378E2B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="3D378E2B" w14:textId="0A42F36C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="426707344"/>
+                <w:placeholder>
+                  <w:docPart w:val="802CB3401E49488C89D7D1F54C35139A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1755EB34" w14:textId="2BA64150" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1338425305"/>
+                <w:placeholder>
+                  <w:docPart w:val="67317FF7193B46398884C524EDE6730D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562CECBA" w14:textId="646F1AA0" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1034728823"/>
+                <w:placeholder>
+                  <w:docPart w:val="3239BA3674894F08BCE336669EC8918C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="14827650" w14:textId="4B9AF1EA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="18284425"/>
+                <w:placeholder>
+                  <w:docPart w:val="47B8EE5703E94BCDA1476DA35CD64533"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C018D43" w14:textId="5082E08E" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2126420722"/>
+                <w:placeholder>
+                  <w:docPart w:val="9D021F1594C344E882E08F225F965002"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12953802" w14:textId="60E2D88B" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1049039073"/>
+                <w:placeholder>
+                  <w:docPart w:val="BDBCBCE1216D4BCDAC2BE88BFFA59346"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="2C5240ED" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1755EB34" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="3C420223" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1605919521"/>
+                <w:placeholder>
+                  <w:docPart w:val="2D69A4F7EA474F2F81043487E7707E43"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-              </w:fldChar>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="71CB4FFA" w14:textId="21047B74" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1460136727"/>
+                <w:placeholder>
+                  <w:docPart w:val="2E3B0B2314F04C5F8EE675CAC040AE7C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="1FC82D06" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="562CECBA" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="5D73F4C0" w14:textId="7C540ECD" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...848 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="406189849"/>
+                <w:placeholder>
+                  <w:docPart w:val="CF5DE261A6AE450E8E1FD9F58C05A7B1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44816515" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="44816515" w14:textId="473FB8EB" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1094934461"/>
+                <w:placeholder>
+                  <w:docPart w:val="67B6F8A157F14751852A4E17F01C76DC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="330FAFB8" w14:textId="613A6F64" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1281180812"/>
+                <w:placeholder>
+                  <w:docPart w:val="564C19D1085146DCAC8F9E3448AE6187"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD4FE8E" w14:textId="0E5D5D46" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1971190521"/>
+                <w:placeholder>
+                  <w:docPart w:val="ACC335E418D54FD6BE6A92B87AC7D371"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="35369030" w14:textId="1F09E1C6" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2046940232"/>
+                <w:placeholder>
+                  <w:docPart w:val="C5AD522757884230B788C1887166F078"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09464BFF" w14:textId="09637BE3" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1932423419"/>
+                <w:placeholder>
+                  <w:docPart w:val="690698F2D8C745A482AE4C0C0A134FAD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DE1ED8" w14:textId="563EB420" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-519393084"/>
+                <w:placeholder>
+                  <w:docPart w:val="9839805FD25045D784D7C84469C4D767"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="13B27C5A" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="330FAFB8" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="5658EE41" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1082909413"/>
+                <w:placeholder>
+                  <w:docPart w:val="ADC9F8E8BF0E488C9E98DE9F90F0DBA8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-              </w:fldChar>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="6DB2C563" w14:textId="4C11CDE8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1446994220"/>
+                <w:placeholder>
+                  <w:docPart w:val="A2F30F889215478C8C1A56A1B9F4D929"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7E4B48D1" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="7BD4FE8E" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="293582D2" w14:textId="0AE26275" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...848 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="777921047"/>
+                <w:placeholder>
+                  <w:docPart w:val="15F79B2F152F4EB49C3BB168B702D69D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E886BD" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="04E886BD" w14:textId="2DC9DB8A" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1938360101"/>
+                <w:placeholder>
+                  <w:docPart w:val="61FE39A091E14741A82B6FC01C28C3CE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6785A8F8" w14:textId="3DE3F75D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1352250224"/>
+                <w:placeholder>
+                  <w:docPart w:val="1A37C6A69D6D46DF8AC3C8B7950E655D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB027A9" w14:textId="1C8BF5C0" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1569177896"/>
+                <w:placeholder>
+                  <w:docPart w:val="D9633DAF996D480884A56D4B0DFB056A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="39EE31A5" w14:textId="685F9BEA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-436524529"/>
+                <w:placeholder>
+                  <w:docPart w:val="2403FB4062FB40C09E235F6DDC8BCF6E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F36A13" w14:textId="40105E76" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-768088919"/>
+                <w:placeholder>
+                  <w:docPart w:val="6F16A92AB64C45F9A748933A265E75E5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72391A4A" w14:textId="7BF9F1DF" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="615338281"/>
+                <w:placeholder>
+                  <w:docPart w:val="965820D826AD4CCFBD3DC3007513A97E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="5FED72AE" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6785A8F8" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="4DB94AC2" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1916384244"/>
+                <w:placeholder>
+                  <w:docPart w:val="4893A26B3D0E4FF9A7AE228FE77A17D0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-              </w:fldChar>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="1A519409" w14:textId="47613FE2" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2030140857"/>
+                <w:placeholder>
+                  <w:docPart w:val="BCCF6FF6EFD5417DA5471641563989D3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="46A8D2FE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="0DB027A9" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="55B33D2E" w14:textId="26BD47AA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...848 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1713413169"/>
+                <w:placeholder>
+                  <w:docPart w:val="3489E183CB8C4D9CAA25AF060A40F3E1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583EDE8F" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="583EDE8F" w14:textId="7B6FC6B9" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="604228805"/>
+                <w:placeholder>
+                  <w:docPart w:val="47B4CC19F7204CF2A7AFA1EBDB89E9F3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EECED69" w14:textId="163EBF26" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="79879114"/>
+                <w:placeholder>
+                  <w:docPart w:val="3B59CCE7E67A4680AB5907A50FD0A53F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="625CD0B3" w14:textId="5C773F8C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-549226057"/>
+                <w:placeholder>
+                  <w:docPart w:val="9789B9E05A4D451D996EE3F5B2D9EABE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="1DBF5119" w14:textId="41A08A4F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1339890528"/>
+                <w:placeholder>
+                  <w:docPart w:val="1FF76B1CB2744AC28AFCDC288332B3C3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F96FF67" w14:textId="4B0ACBF4" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1923295290"/>
+                <w:placeholder>
+                  <w:docPart w:val="F3FBA938A63844D8B8F79609D356BEE0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED0EBA8" w14:textId="748C4891" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="58215304"/>
+                <w:placeholder>
+                  <w:docPart w:val="AB5BF7A7DB3C4ACF822A215395A9C033"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="758099C4" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EECED69" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="3E6A6D23" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1500777541"/>
+                <w:placeholder>
+                  <w:docPart w:val="CB87525D3645497F982BA52DCCF07AB1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-              </w:fldChar>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="70DEA701" w14:textId="226A0150" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="181715525"/>
+                <w:placeholder>
+                  <w:docPart w:val="5B0EB8A09DF743EC8F634A77DB06132F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="28B9D769" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="625CD0B3" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="7C89AF55" w14:textId="4A56BDF8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...848 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="434559181"/>
+                <w:placeholder>
+                  <w:docPart w:val="7988C9019E0C4BC2905821D907DECA23"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49184810" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="49184810" w14:textId="4EBE2D6C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2445097"/>
+                <w:placeholder>
+                  <w:docPart w:val="368036ECA17243CCBF278E19AF701BA0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43917524" w14:textId="51E47CD8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-171727634"/>
+                <w:placeholder>
+                  <w:docPart w:val="8A8339996E994ED9BD72DE27BB3002BE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E47AC10" w14:textId="69105F26" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-823896221"/>
+                <w:placeholder>
+                  <w:docPart w:val="BDE917F5AAB0464AA599746E4CA35AB3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="5EA0AE50" w14:textId="042B750D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="983129250"/>
+                <w:placeholder>
+                  <w:docPart w:val="915B7C08534541DEAE9CE5E2E5FB1289"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554C1E5C" w14:textId="65AACDAF" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1535107653"/>
+                <w:placeholder>
+                  <w:docPart w:val="752F40CE28AD4154AB6EF6EE7855792F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64358D74" w14:textId="59AB5B19" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-            </w:r>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1440411041"/>
+                <w:placeholder>
+                  <w:docPart w:val="97820A7045F84993AD4FEFB2A8BEAE14"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="10D9CFE9" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43917524" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="002E5DD8" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="5434829E" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1150205398"/>
+                <w:placeholder>
+                  <w:docPart w:val="95F3966C334642019EF871D584308A20"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-              </w:fldChar>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          </w:p>
+          <w:p w14:paraId="1D5FCD57" w14:textId="7FB4A45E" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2099931867"/>
+                <w:placeholder>
+                  <w:docPart w:val="6CBAF9C4D64242A981B953EEAF50116F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7F554FEE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="3E47AC10" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="06E848B0" w14:textId="27240E79" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...848 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1557669297"/>
+                <w:placeholder>
+                  <w:docPart w:val="C5A48BFC7516467195C17E75BF22DE5F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183938B8" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="183938B8" w14:textId="16C819DE" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="510802471"/>
+                <w:placeholder>
+                  <w:docPart w:val="1002612FE6894A8C8CC4294473096107"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
+                  <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
+                  <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
+                  <w:listItem w:displayText="Prof." w:value="Prof."/>
+                  <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
+                  <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
+                  <w:listItem w:displayText="Architect" w:value="Architect"/>
+                  <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6641A7D5" w14:textId="65420B89" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="837418777"/>
+                <w:placeholder>
+                  <w:docPart w:val="8EE69E874535458B942AD3BA9843D26A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD09108" w14:textId="0D9B40AD" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="333333"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-684131881"/>
+                <w:placeholder>
+                  <w:docPart w:val="07A046D02CED4FE7817A3FB2C4677790"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
+                  <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
+                  <w:listItem w:displayText="Consultant" w:value="Consultant"/>
+                  <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
+                  <w:listItem w:displayText="No connection" w:value="No connection"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7F58ED5E" w14:textId="4C66B5D2" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-376007804"/>
+                <w:placeholder>
+                  <w:docPart w:val="FA0EBF58905D433997E4F3D8B3296CFE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11972CF5" w14:textId="0BCA6F0D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-778573181"/>
+                <w:placeholder>
+                  <w:docPart w:val="8E544C775F5D4865AA067BE8356CAE3E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA46594" w14:textId="1009BA4C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...16 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...568 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-386495535"/>
+                <w:placeholder>
+                  <w:docPart w:val="1E9583831E6E42FE876EC89FE8B36F67"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:color w:val="747474"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F09DBEA" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="0F09DBEA" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08465150" w14:textId="77777777" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="08465150" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC7A88">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">field, and that they have given their consent to serve as examiners. </w:t>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The committee confirms that there is an overlap between the examiners' areas of expertise and the PhD proposal field, and that they have given their consent to serve as examiners. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAA3179" w14:textId="0451869E" w:rsidR="008441B3" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="0CAA3179" w14:textId="1BD705A2" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">In case </w:t>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In case the chair of the examiners committee is not the main advisor, the chair of the committee will be: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7A88">
-[...25 lines deleted...]
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1231418629"/>
+          <w:placeholder>
+            <w:docPart w:val="FF1BA5F75EFB46FBA5C7020E9D1DF9F8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
-          <w:u w:val="single"/>
-[...72 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7838A667" w14:textId="516A2253" w:rsidR="008441B3" w:rsidRPr="00C20C90" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="7838A667" w14:textId="4F32778D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Date: </w:t>
+      <w:r w:rsidRPr="005B0776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
         <w:rPr>
-          <w:u w:val="single"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text4"/>
-      <w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1156991374"/>
+          <w:placeholder>
+            <w:docPart w:val="FBEFA55143B444018E8BA54641417FFC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005B0776">
         <w:rPr>
-          <w:u w:val="single"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...54 lines deleted...]
-      <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Dept. vice dean signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
           <w:id w:val="-1930491786"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A7153" w:rsidRPr="005A7153">
+          <w:r w:rsidR="005A7153" w:rsidRPr="005B0776">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BEADC6F" wp14:editId="3B56F276">
-                <wp:extent cx="2552700" cy="457200"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BEADC6F" wp14:editId="524840AE">
+                <wp:extent cx="961390" cy="344141"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="692425056" name="Picture 1"/>
+                <wp:docPr id="692425056" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="692425056" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2552700" cy="457200"/>
+                          <a:ext cx="967698" cy="346399"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="411307E6" w14:textId="77777777" w:rsidR="001E4044" w:rsidRPr="0027458E" w:rsidRDefault="001E4044" w:rsidP="00D033A4">
+    <w:p w14:paraId="411307E6" w14:textId="77777777" w:rsidR="001E4044" w:rsidRPr="005B0776" w:rsidRDefault="001E4044" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001E4044" w:rsidRPr="0027458E" w:rsidSect="005A48C6">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="001E4044" w:rsidRPr="005B0776" w:rsidSect="005A48C6">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0970B0C5" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2B1CC776" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
@@ -21060,63 +9769,141 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3BD9E919" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1B186D1A" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7B249C48" w14:textId="65C93702" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00F13977" w:rsidP="00284391">
+  <w:p w14:paraId="7B249C48" w14:textId="45CC19F8" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00D72E6A" w:rsidP="00284391">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B6310A8" wp14:editId="6EDD4427">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-576801</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7552221" cy="10800671"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2" name="Picture 2">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Picture 2">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7552221" cy="10800671"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00F13977">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7350442E" wp14:editId="1A83943B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7350442E" wp14:editId="651F7A88">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1137920</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>588645</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4600575" cy="314325"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
@@ -21292,116 +10079,50 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> Studies </w:t>
                     </w:r>
                     <w:r w:rsidR="006B4021">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t>Office</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00E46AF6">
-[...64 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26D579B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFB47A7E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21550,180 +10271,196 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1716273462">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1074083806">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="xl9m0eHXOEtzm3auoWeAjK+4+WCoxTOBGHCYfiyGEjIhMAGSeK/O20L8ThPxZ4pmmmn1QQUQYUnYPNouAc7Xvw==" w:salt="1Plr5KgvM+FgaPSY3Gkusg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="O4Lyn9Uyjtnbz7vkR2dLGhdVf2XDj7K4V1q6W6rtjDNxuLQpvpE/MsfXr4s2vBVH5O6U2KPFk/zVKsbQMhg3vA==" w:salt="BMXWSgTH3ANCXdZn3NSDCw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="00001ABC"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00025862"/>
+    <w:rsid w:val="00030EEB"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="00067CEB"/>
     <w:rsid w:val="000D7FA2"/>
     <w:rsid w:val="00100F57"/>
+    <w:rsid w:val="001242E6"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="0014274E"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="00183430"/>
     <w:rsid w:val="00184107"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="0019559A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001E4044"/>
     <w:rsid w:val="001F22D9"/>
     <w:rsid w:val="0020607E"/>
+    <w:rsid w:val="00230E3B"/>
     <w:rsid w:val="00231C04"/>
     <w:rsid w:val="0027458E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="002C763C"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="0033282E"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00357F26"/>
     <w:rsid w:val="003676B1"/>
     <w:rsid w:val="0037587C"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00416E05"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="005149FD"/>
+    <w:rsid w:val="00543160"/>
     <w:rsid w:val="0055655F"/>
+    <w:rsid w:val="00557C36"/>
     <w:rsid w:val="005A48C6"/>
     <w:rsid w:val="005A7153"/>
+    <w:rsid w:val="005B0776"/>
     <w:rsid w:val="005C1B8D"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00636F19"/>
     <w:rsid w:val="00643812"/>
     <w:rsid w:val="0065543A"/>
     <w:rsid w:val="006B4021"/>
     <w:rsid w:val="0072244E"/>
     <w:rsid w:val="007955D0"/>
     <w:rsid w:val="007A075D"/>
     <w:rsid w:val="007D019F"/>
     <w:rsid w:val="00802835"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008263EC"/>
     <w:rsid w:val="0083418E"/>
     <w:rsid w:val="008441B3"/>
     <w:rsid w:val="00851DA9"/>
     <w:rsid w:val="008875F0"/>
+    <w:rsid w:val="008C34BA"/>
     <w:rsid w:val="008D78A3"/>
+    <w:rsid w:val="009328DD"/>
     <w:rsid w:val="00954FAE"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009D2CA5"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A21EE9"/>
     <w:rsid w:val="00A400DA"/>
     <w:rsid w:val="00A866EB"/>
     <w:rsid w:val="00AC054D"/>
     <w:rsid w:val="00B07014"/>
     <w:rsid w:val="00B17B53"/>
     <w:rsid w:val="00B21C68"/>
     <w:rsid w:val="00B25781"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B449B3"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BC7939"/>
+    <w:rsid w:val="00BD624E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C030B0"/>
     <w:rsid w:val="00C43CEC"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CD5019"/>
     <w:rsid w:val="00D033A4"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
+    <w:rsid w:val="00D44868"/>
     <w:rsid w:val="00D50920"/>
     <w:rsid w:val="00D57D58"/>
+    <w:rsid w:val="00D72E6A"/>
     <w:rsid w:val="00D739AD"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00E13778"/>
     <w:rsid w:val="00E23E4C"/>
     <w:rsid w:val="00E25231"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E54F72"/>
     <w:rsid w:val="00E62FCE"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
+    <w:rsid w:val="00E942FC"/>
+    <w:rsid w:val="00EA6CCC"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EB3974"/>
     <w:rsid w:val="00ED13EF"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F15829"/>
     <w:rsid w:val="00F335CB"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F72FB2"/>
     <w:rsid w:val="00FA2384"/>
     <w:rsid w:val="00FA4FAC"/>
     <w:rsid w:val="00FC2B6D"/>
     <w:rsid w:val="00FC4745"/>
     <w:rsid w:val="00FC600D"/>
     <w:rsid w:val="00FD683F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -22118,50 +10855,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F15829"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -22328,59 +11066,7260 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C82A25EF17734EA2899575975CE4ADA7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CAA3567-1DEE-4942-A5ED-47CCD57016D4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C82A25EF17734EA2899575975CE4ADA7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A9A2EC3CED4A4630B61CE751CBC2FCE0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B58245A4-E04E-4B4E-BBD7-1A47DAC1335A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="A9A2EC3CED4A4630B61CE751CBC2FCE0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E6BB4CB5F8114F3B96FACB5A1CFA5AB8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CBF7D3BC-0A35-4235-8B33-E6D450FAF5D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="E6BB4CB5F8114F3B96FACB5A1CFA5AB8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B20F2F3C38904DBC98CE73FD3A3F4607"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A200441C-D210-41B6-9936-40659F88D990}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="B20F2F3C38904DBC98CE73FD3A3F4607"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2E988DE344064DD7A32E45A3A5A860EA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6CE388F0-9208-42C2-B3FC-3D71F1B12A81}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="2E988DE344064DD7A32E45A3A5A860EA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3842C85A428D4285AFCDA96AE69A207C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D81E9058-5364-4548-8EB3-D7C1DBD9E47B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="3842C85A428D4285AFCDA96AE69A207C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8523D6217C5E425FA6D379EB74F2E8C7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E93FD382-555F-4551-AA9E-154F30A9CD38}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8523D6217C5E425FA6D379EB74F2E8C7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F03767193FB0452F899907166DE1953F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{71407ABC-B9AA-4E48-AF70-5132AD20F754}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="F03767193FB0452F899907166DE1953F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8BF546C701FE46598C1B3155F7B03341"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F1DF6913-6B82-4099-A25F-FD9D151F09BB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8BF546C701FE46598C1B3155F7B03341"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="97FCB7E8A44C400493FCA6B919BA7F70"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{729A566E-A3DE-46B6-8900-BC77084E0979}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="97FCB7E8A44C400493FCA6B919BA7F70"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5922DEA474E44BCF9AACAD312E9F4303"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6E89E4EF-6EE6-4135-9A72-6BED87972064}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="5922DEA474E44BCF9AACAD312E9F4303"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7657280A9CE14F7BBE71D1917D4119CC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9729FCAD-F3A1-45A1-8323-DE8BEA3338FF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="7657280A9CE14F7BBE71D1917D4119CC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="137179722E0349E1B100A85CBB2F87D4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E0E995E1-09BC-4917-BD24-2D019C0A110E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="137179722E0349E1B100A85CBB2F87D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="298E9588BAF2412FBBF46FEF7B1E6233"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1F57FC17-05DA-4BF2-80E4-74DC3F7BBCCA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="298E9588BAF2412FBBF46FEF7B1E6233"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9EE91F453DE54BD88D5606785D17C3F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BA3B8354-D71E-4717-8878-A55BE6AF4CD6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9EE91F453DE54BD88D5606785D17C3F2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A1F62EFF3DAA4261B9655C4DC02E8816"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D6602530-F1F1-4E4F-A7C1-9EDA7A1D5994}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="A1F62EFF3DAA4261B9655C4DC02E8816"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="024AA80E0C7A472DA154D6F63B6C43C1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C63E6CCD-6DA8-41EF-B027-C688F713372A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="024AA80E0C7A472DA154D6F63B6C43C1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0CEBA8BD98DE4CA1984B2027FF29AEC4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A50775B1-E863-4E2B-A296-7C4DE8B71A05}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="0CEBA8BD98DE4CA1984B2027FF29AEC4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CB2FCE7DE7024DC78FFA8DB0CFB77B9C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E8F7C65-4E94-4E81-BE1F-E62057686EF2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="CB2FCE7DE7024DC78FFA8DB0CFB77B9C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="23552503C58741BABB900A402C3DEEBF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C2088046-0CD3-48FB-BC4D-2A1A81F4B2A4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="23552503C58741BABB900A402C3DEEBF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AC9688D2FC0F47878595287C20473C9D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{49AC342B-0443-4539-9EF6-717154C0D86C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="AC9688D2FC0F47878595287C20473C9D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3FA182145EE4950A50B350132D32498"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A2FBA158-740F-48FF-89A1-B72947C283CA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="F3FA182145EE4950A50B350132D32498"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C864184422143CE8F0853D3748BBD10"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D3160F68-1C0B-4E2E-811B-A98D44250342}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="0C864184422143CE8F0853D3748BBD10"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EDE4DA3A43924519838A587288BE20CF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E74EBE0-4346-47DE-8C97-1858DC1E0F8B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="EDE4DA3A43924519838A587288BE20CF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="61840BDDF9484DA489834E35B7B48087"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36B1FCE4-0363-44DB-AB85-9130E05D8BE8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="61840BDDF9484DA489834E35B7B48087"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="6E6E6E"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="206C3C54100945589AB00F12C44B9DCE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ED566A27-9AB6-40EB-A6BD-7AA17C0EAC1E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="206C3C54100945589AB00F12C44B9DCE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0809E765BB4B48FA9100189446A171C9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7C9CF54D-A361-4A53-9982-A9D557532E13}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="0809E765BB4B48FA9100189446A171C9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C7B9A5E38E25491A9EB11EA85174D594"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{35871644-601D-4958-A822-1E8ECFC929E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C7B9A5E38E25491A9EB11EA85174D594"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D7CC4F5F4E7A42EEB840CE704147FECC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CF11F0B7-83B6-4B45-8303-E5E41CC33581}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D7CC4F5F4E7A42EEB840CE704147FECC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7F755AB73D8D43A7B829389F25217262"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{19D45A11-0080-45F6-A006-7A4D6B567F87}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="7F755AB73D8D43A7B829389F25217262"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="98C6FA168CA042B89846E9858BDC6BB1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC671558-F8F0-4838-98E6-9C98689B231D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="98C6FA168CA042B89846E9858BDC6BB1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="97D5A45AD3AD4442B7C26CEDD56EE830"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C098A12C-3B08-4EFB-8172-559A21A7DA48}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="97D5A45AD3AD4442B7C26CEDD56EE830"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6DC442E6D7B4E5EA5A98A812E83CDC5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B442A768-740C-434E-9FFC-C63F3DAA53D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C6DC442E6D7B4E5EA5A98A812E83CDC5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C0B1EE31BD0B456E9F2315D9F57A5E94"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4A55E0EA-5C11-4129-9416-F31998A739EE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C0B1EE31BD0B456E9F2315D9F57A5E94"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6C101DAE78DE454987F1E78A1D537548"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB57C67F-99C5-4172-B9E4-817F1F011085}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="6C101DAE78DE454987F1E78A1D537548"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E81F1448FCCF439F82456F45BEDFC40F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{75EA80B6-BAA4-4251-9F96-9BE783E905B4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="E81F1448FCCF439F82456F45BEDFC40F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D5FBFCD1DCD74E7CA896504025E9FABE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EFB46269-AC19-4B22-BA8E-83FD98546AF5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D5FBFCD1DCD74E7CA896504025E9FABE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9B91DABA8FB04C5FA59F248D2EAB2D46"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F5D6BEB1-219B-4401-A09A-0113080F6939}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9B91DABA8FB04C5FA59F248D2EAB2D46"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D0FEB90E906049AFA9169E66AD8DD521"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{85D32C6D-AA36-4B16-BDDF-92CA25E52993}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D0FEB90E906049AFA9169E66AD8DD521"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CA31624F9B964A5E889A440C7BF7E53A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{11410A3A-5394-476C-99DF-545B49A27042}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="CA31624F9B964A5E889A440C7BF7E53A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2FDC23AD2604449C9BF72CB4C2E43C51"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12601622-50FA-4F5A-A500-CFB20C349A5B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="2FDC23AD2604449C9BF72CB4C2E43C51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4462FC2802194EA0AC66DDF7E41F53DF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0F126080-9159-4BC9-B9AC-5F955A28950E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="4462FC2802194EA0AC66DDF7E41F53DF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="30BA980B599E4405871B05A21E9C6A72"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D6BC3E53-E98D-4E1E-85AE-97B88D59E392}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="30BA980B599E4405871B05A21E9C6A72"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C1365E665CB748E88CDF7FAD93C69DB8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E5431E37-FED3-4204-9385-F4EAB5B5584D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C1365E665CB748E88CDF7FAD93C69DB8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="189177B45AA941998AE63E3839EC6215"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D8A7938-D06A-4C1D-B9F5-4814D446B519}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="189177B45AA941998AE63E3839EC6215"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A8D5D8DA16D84070BDA4FFA19F273C7D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D37CFA67-FB3E-4448-9773-A0ABA51083C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="A8D5D8DA16D84070BDA4FFA19F273C7D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8DA2220D7B614F67BB0E6A45FCCF65E7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8EB399EF-CB66-459C-9860-2A5B6E7B03FE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8DA2220D7B614F67BB0E6A45FCCF65E7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="682E225706A342588EF1D8F48C03F7D5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1CAAF3B2-15AC-4CA2-B732-24DC59CA5254}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="682E225706A342588EF1D8F48C03F7D5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C2133A400B44429187A634261428C13B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{04B30D10-8A40-4EE1-B2FE-CFF67BCF97BF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C2133A400B44429187A634261428C13B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F0AA7CABBA1D49B88284EDF956AFC9F1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2C690B61-0A4F-461C-A712-EE83D3453873}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="F0AA7CABBA1D49B88284EDF956AFC9F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9C1C0FC50CE54821B963909E5877569E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB9470D1-D8F9-4543-A77C-FBAA5BCB558B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9C1C0FC50CE54821B963909E5877569E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="604D1EA9E0404662B78EECDDFD9ADB6D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F48DBDAF-0F9A-4768-85A9-DD6C425B5F2F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="604D1EA9E0404662B78EECDDFD9ADB6D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9B86A8EC52AA4791B3851DCB3CECCA78"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{52882EF4-B777-407B-9EF3-BF032614154D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9B86A8EC52AA4791B3851DCB3CECCA78"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="48767A0BB3FB498CAE4DF0DAEE7F3AAF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{16E01FF2-C8DE-4258-BC95-37F2A86623CF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="48767A0BB3FB498CAE4DF0DAEE7F3AAF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8D3B192E9D93482CBBE8AB6BBD0E92AF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{43C97C91-3FD0-401E-9AB4-AB269EF15E50}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8D3B192E9D93482CBBE8AB6BBD0E92AF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2EA1F6168C7B4D86A833FD53B797235E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{38FE7EAB-3B6D-4C56-A7A9-7F4BBE984E8D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="2EA1F6168C7B4D86A833FD53B797235E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B2C8D9837B59488598C243BAA7218D65"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D37D1FDE-16A5-45FA-BE6D-D8D3D38C56C4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="B2C8D9837B59488598C243BAA7218D65"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B2F765F9D9C4D33A2DFAD20C3F00AFD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{70EC3CE3-2900-4FBB-BF79-272EE04FD0EE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8B2F765F9D9C4D33A2DFAD20C3F00AFD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E39DB6C78EA4DA09C80AB937EE43932"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AE063175-9783-448B-8EA3-F4FB07330410}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="4E39DB6C78EA4DA09C80AB937EE43932"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="72E0EB75A355498ABD7EF634411CC219"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2BEC9DF3-691B-478C-A1AB-D17E453507A4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="72E0EB75A355498ABD7EF634411CC219"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F16987E1821C4368996355A2A3010CC0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EADEA182-2302-493F-9E0B-4BE492E65CC8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="F16987E1821C4368996355A2A3010CC0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D8D569B9203E426ABF1AF98B80287888"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3C63F180-4842-496B-885E-115AD1637667}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D8D569B9203E426ABF1AF98B80287888"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="13A919FD0E4D4D56851DAABE6189B872"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{133A54B0-A142-41F2-B8FA-CC9E92B7EBC7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="13A919FD0E4D4D56851DAABE6189B872"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4721DD1154CE4D1BA5235559A29DA232"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D0C92DEB-25A2-4866-9FA8-85C0B2C424F1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="4721DD1154CE4D1BA5235559A29DA232"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6871FD347D8F427EB43D78E9884E3D10"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D3DD5C91-78FB-4EE0-8F20-A8512A5A92C3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="6871FD347D8F427EB43D78E9884E3D10"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0BA1B25BB9734C7F8FC748ABB52E5CD5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E1093CD5-2799-4EB5-98A9-0C0A768C917E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="0BA1B25BB9734C7F8FC748ABB52E5CD5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C7A8963B1F78496C8D19D9F8B11E67C6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D8581709-273F-47DC-ABD3-20DBA3129526}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C7A8963B1F78496C8D19D9F8B11E67C6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D7441B5870024959BC3F587E26DE1720"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CEC25568-5B9D-4DED-A23C-197244408266}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D7441B5870024959BC3F587E26DE1720"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="515008A96A5C4AE89B4721C6CF67EF35"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3A220CB8-6986-44F3-88BD-68141F3AEC62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="515008A96A5C4AE89B4721C6CF67EF351"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4D5B1357F75247B3B4D93AA12348A841"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4AA5554F-FA6F-4AF9-9C2B-5D49D1C41897}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="4D5B1357F75247B3B4D93AA12348A8411"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A4563F796C8449569B5CA0415FC5EE0F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{40DDCFBA-E7B7-4CB9-8337-76B15E35E561}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="A4563F796C8449569B5CA0415FC5EE0F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1A2E099956FE48F78B871EDE1357A791"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3FEA70E4-11C4-40AB-B459-C406DD7F503A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="1A2E099956FE48F78B871EDE1357A7911"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DEEB010DCE0E4CA9BA32EF986E84B79A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2357CD6-659E-496C-8724-9858AB754D75}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="DEEB010DCE0E4CA9BA32EF986E84B79A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CF6A62D2D24C4150AD706453CEA7D6CC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E31C8FEE-E9F7-4DF6-AD8B-DEBE641419ED}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="CF6A62D2D24C4150AD706453CEA7D6CC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7840630D31184728AB6ACAE1EA38EA59"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F634C2F1-899E-4403-A9A2-751C5C096B35}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="7840630D31184728AB6ACAE1EA38EA591"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="039E89B1C92E4F0098950A9D8A57126E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CD772EB7-7839-4EBB-A21A-140CBAC94401}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="039E89B1C92E4F0098950A9D8A57126E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A44C7FBA30B46D19278DBFC105D234A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B72A2C00-CD28-4E9F-8F84-58A431E5EE04}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9A44C7FBA30B46D19278DBFC105D234A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E34D07C909DC459EA506360F2ED7DD2F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5501AE18-AA53-45FE-95F5-2EEB5420EFE0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="E34D07C909DC459EA506360F2ED7DD2F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AE53837A6B1541DCB854A0281AC8FDE5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{92BDA884-C5C6-4C10-80B1-B27E08E3B5A8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="AE53837A6B1541DCB854A0281AC8FDE51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2D69A4F7EA474F2F81043487E7707E43"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{425F5700-19E2-4A88-82FE-7A0F40659997}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="2D69A4F7EA474F2F81043487E7707E431"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2E3B0B2314F04C5F8EE675CAC040AE7C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD60F404-DEDD-4315-AB66-64C9C74AFDBC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="2E3B0B2314F04C5F8EE675CAC040AE7C1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CF5DE261A6AE450E8E1FD9F58C05A7B1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7ADDFEE3-2EF3-43F3-A4C7-2BA2B25DA782}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="CF5DE261A6AE450E8E1FD9F58C05A7B11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ADC9F8E8BF0E488C9E98DE9F90F0DBA8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8A62BF0F-97B4-4B6D-9933-584182F59DDE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="ADC9F8E8BF0E488C9E98DE9F90F0DBA81"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A2F30F889215478C8C1A56A1B9F4D929"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{34F59D90-D366-4228-A9DB-9BA9DE0F5935}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="A2F30F889215478C8C1A56A1B9F4D9291"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="15F79B2F152F4EB49C3BB168B702D69D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{73DED891-7641-45C6-86DC-842F096B3BC8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="15F79B2F152F4EB49C3BB168B702D69D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4893A26B3D0E4FF9A7AE228FE77A17D0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F1B23F09-A7A3-417B-A81D-CB338D429F78}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="4893A26B3D0E4FF9A7AE228FE77A17D01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BCCF6FF6EFD5417DA5471641563989D3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F5E412D7-A029-4BB3-BEF9-571CB1AB8C01}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="BCCF6FF6EFD5417DA5471641563989D31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3489E183CB8C4D9CAA25AF060A40F3E1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7A445736-A46C-4B38-8061-94AE628404ED}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="3489E183CB8C4D9CAA25AF060A40F3E11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CB87525D3645497F982BA52DCCF07AB1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E23960BB-354E-45DF-9ACF-6C615FF7A2FC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="CB87525D3645497F982BA52DCCF07AB11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5B0EB8A09DF743EC8F634A77DB06132F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FEAD2336-028C-483B-A434-FF44F5C13DBD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="5B0EB8A09DF743EC8F634A77DB06132F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7988C9019E0C4BC2905821D907DECA23"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D87871C1-738B-4A41-A118-A6E9B82CBFFC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="7988C9019E0C4BC2905821D907DECA231"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="95F3966C334642019EF871D584308A20"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2683A475-B0B8-4478-88C1-EC8991F3FF20}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="95F3966C334642019EF871D584308A201"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6CBAF9C4D64242A981B953EEAF50116F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E92E2EEA-2DF9-48F6-92C4-D87FC93ACEEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="6CBAF9C4D64242A981B953EEAF50116F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C5A48BFC7516467195C17E75BF22DE5F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{45267AD8-B280-4521-A5FA-8CE8247CF575}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C5A48BFC7516467195C17E75BF22DE5F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FBEFA55143B444018E8BA54641417FFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9EC0E90F-57BD-4E87-ACEF-CE0A2226A1B8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="FBEFA55143B444018E8BA54641417FFC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FF1BA5F75EFB46FBA5C7020E9D1DF9F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CF75A3C-2C2A-4D61-84EE-8A29F04A0F09}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="FF1BA5F75EFB46FBA5C7020E9D1DF9F81"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D858F55B4C8B4A1CB785A76DDCB07C92"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C7EDD075-BEBA-498F-BDCB-911CF5640BD5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D858F55B4C8B4A1CB785A76DDCB07C921"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="67317FF7193B46398884C524EDE6730D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3872B388-C0D3-4FE0-B4F3-2176DD1D76E3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="67317FF7193B46398884C524EDE6730D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="564C19D1085146DCAC8F9E3448AE6187"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F22E9C0-AF52-434E-BE6D-D67CB4B71542}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="564C19D1085146DCAC8F9E3448AE61871"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1A37C6A69D6D46DF8AC3C8B7950E655D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D054C0F6-969B-4612-A8A5-B6B2F47E747C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="1A37C6A69D6D46DF8AC3C8B7950E655D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B59CCE7E67A4680AB5907A50FD0A53F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D25BD77-2F47-46A0-AFE8-16940BDF1872}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="3B59CCE7E67A4680AB5907A50FD0A53F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8A8339996E994ED9BD72DE27BB3002BE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F416B4F4-421D-4A49-BAF0-3A011D63B7C8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8A8339996E994ED9BD72DE27BB3002BE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8EE69E874535458B942AD3BA9843D26A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{09B00CDF-86CA-48B5-8191-69AC1D0E5145}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8EE69E874535458B942AD3BA9843D26A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="72F31672394742D887B6B7AB61114F3E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D144F352-2DD1-46EF-AC7A-A1A6F84BCD0A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="72F31672394742D887B6B7AB61114F3E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9D021F1594C344E882E08F225F965002"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{073D5A20-60F0-42F8-B6B5-C366B37F549E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9D021F1594C344E882E08F225F9650021"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="690698F2D8C745A482AE4C0C0A134FAD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F1909190-E1B5-44E1-ADFA-C248C897E910}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="690698F2D8C745A482AE4C0C0A134FAD1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6F16A92AB64C45F9A748933A265E75E5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C3A0E4B0-EB73-4589-BA6C-182A84D2BC44}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="6F16A92AB64C45F9A748933A265E75E51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3FBA938A63844D8B8F79609D356BEE0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60D3F8A1-7D17-4884-BF2B-AF9B338BD943}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="F3FBA938A63844D8B8F79609D356BEE01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="752F40CE28AD4154AB6EF6EE7855792F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1650C8CD-5219-4931-93F9-8729F7D1EB49}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="752F40CE28AD4154AB6EF6EE7855792F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8E544C775F5D4865AA067BE8356CAE3E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EA5CA373-E686-4929-8CBE-7BB6D312384E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="8E544C775F5D4865AA067BE8356CAE3E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3639FBA3523C47D4A5EBAE6F3EB083A4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{37FCCC30-8F78-4364-891B-F5E47C2B8BDD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="3639FBA3523C47D4A5EBAE6F3EB083A41"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BDBCBCE1216D4BCDAC2BE88BFFA59346"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D5AA793D-1D7B-4487-914C-03CD4AC09028}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="BDBCBCE1216D4BCDAC2BE88BFFA593461"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9839805FD25045D784D7C84469C4D767"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A8E8CB7E-E5B3-4E9C-9267-409BE5FF0669}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9839805FD25045D784D7C84469C4D7671"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="965820D826AD4CCFBD3DC3007513A97E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D646738-A470-4093-AAFD-20950E608E38}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="965820D826AD4CCFBD3DC3007513A97E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AB5BF7A7DB3C4ACF822A215395A9C033"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B58F14C5-BE7B-4EFF-B9BA-3025ECCE6E13}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="AB5BF7A7DB3C4ACF822A215395A9C0331"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="97820A7045F84993AD4FEFB2A8BEAE14"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{70247625-0292-4AA3-92F5-A7541D40FB36}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="97820A7045F84993AD4FEFB2A8BEAE141"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E9583831E6E42FE876EC89FE8B36F67"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36EB3CB3-DA5C-43A3-8E53-EB7057E33776}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="1E9583831E6E42FE876EC89FE8B36F671"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CFBA1781ED5B49E79B2C931FB71202F0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BF26671F-362B-4407-9FA1-2EEFDE16793B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="CFBA1781ED5B49E79B2C931FB71202F01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="47B8EE5703E94BCDA1476DA35CD64533"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2C9564C1-9FC8-4793-A919-3FAA08E717FF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="47B8EE5703E94BCDA1476DA35CD645331"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C5AD522757884230B788C1887166F078"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D510CBB4-B1C2-4B46-AA17-1CB2877C1FE0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="C5AD522757884230B788C1887166F0781"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2403FB4062FB40C09E235F6DDC8BCF6E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2B3D846-D4A7-4099-9B26-A5A1351ECE61}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="2403FB4062FB40C09E235F6DDC8BCF6E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1FF76B1CB2744AC28AFCDC288332B3C3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F38F6A3-D844-4494-ACE0-4BAA9DA0A3D9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="1FF76B1CB2744AC28AFCDC288332B3C31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="915B7C08534541DEAE9CE5E2E5FB1289"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{72151FE4-A459-4851-80A0-F849ED73EC98}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="915B7C08534541DEAE9CE5E2E5FB12891"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FA0EBF58905D433997E4F3D8B3296CFE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E9C561C0-81E8-47B2-B6AB-CB257C564F79}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="FA0EBF58905D433997E4F3D8B3296CFE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5DDFFED834E64C50A0C0B045A3554492"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2D50C71D-E477-4239-8EFE-8B66A68A683B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="5DDFFED834E64C50A0C0B045A35544921"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="802CB3401E49488C89D7D1F54C35139A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2B46E0A-51E9-4577-9D68-3B413F8FCA84}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="802CB3401E49488C89D7D1F54C35139A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="67B6F8A157F14751852A4E17F01C76DC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3BCDBDCF-2502-4A7E-976E-D7C53AB9B55C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="67B6F8A157F14751852A4E17F01C76DC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="61FE39A091E14741A82B6FC01C28C3CE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8BD41BA5-4FEC-4CA1-ACF4-4B9767DA7D0C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="61FE39A091E14741A82B6FC01C28C3CE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="47B4CC19F7204CF2A7AFA1EBDB89E9F3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C760A73B-51FA-47EE-B625-87DAD775827C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="47B4CC19F7204CF2A7AFA1EBDB89E9F31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="368036ECA17243CCBF278E19AF701BA0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BF51FD3D-3599-445C-AEC3-FC1EEFEDC8F3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="368036ECA17243CCBF278E19AF701BA01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1002612FE6894A8C8CC4294473096107"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2613DA3D-9278-49F7-AB95-BD3D3E3D45EC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="1002612FE6894A8C8CC42944730961071"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E3E9E91486F84BCFB15D09F0FA26A2BB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A998E9E0-453A-4BD2-B5BD-B3EC80F36E25}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="E3E9E91486F84BCFB15D09F0FA26A2BB1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3239BA3674894F08BCE336669EC8918C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9B792815-4D2D-4B9D-9357-F0251FDFE4F8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="3239BA3674894F08BCE336669EC8918C1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ACC335E418D54FD6BE6A92B87AC7D371"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{015BC00C-3971-4D22-B543-3A91D43C5112}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="ACC335E418D54FD6BE6A92B87AC7D3711"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D9633DAF996D480884A56D4B0DFB056A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{782B5E29-CBE1-48CE-BAD6-88B7A4405912}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="D9633DAF996D480884A56D4B0DFB056A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9789B9E05A4D451D996EE3F5B2D9EABE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{121F73B4-CB38-4C4D-9BFF-AD4BE0AA016D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="9789B9E05A4D451D996EE3F5B2D9EABE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BDE917F5AAB0464AA599746E4CA35AB3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{513E2042-9735-4E54-9A06-8585D50F2CB9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="BDE917F5AAB0464AA599746E4CA35AB31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="07A046D02CED4FE7817A3FB2C4677790"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12C9845D-2C6C-4FA1-B5F4-9C9014441BEE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E97DC0" w:rsidRDefault="0059572A" w:rsidP="0059572A">
+          <w:pPr>
+            <w:pStyle w:val="07A046D02CED4FE7817A3FB2C46777901"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005B0776">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00E97DC0"/>
+    <w:rsid w:val="00230E3B"/>
+    <w:rsid w:val="00543160"/>
+    <w:rsid w:val="0059572A"/>
+    <w:rsid w:val="009D2CA5"/>
+    <w:rsid w:val="00E97DC0"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0059572A"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C82A25EF17734EA2899575975CE4ADA7">
+    <w:name w:val="C82A25EF17734EA2899575975CE4ADA7"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9A2EC3CED4A4630B61CE751CBC2FCE0">
+    <w:name w:val="A9A2EC3CED4A4630B61CE751CBC2FCE0"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6BB4CB5F8114F3B96FACB5A1CFA5AB8">
+    <w:name w:val="E6BB4CB5F8114F3B96FACB5A1CFA5AB8"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B20F2F3C38904DBC98CE73FD3A3F4607">
+    <w:name w:val="B20F2F3C38904DBC98CE73FD3A3F4607"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E988DE344064DD7A32E45A3A5A860EA">
+    <w:name w:val="2E988DE344064DD7A32E45A3A5A860EA"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3842C85A428D4285AFCDA96AE69A207C">
+    <w:name w:val="3842C85A428D4285AFCDA96AE69A207C"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8523D6217C5E425FA6D379EB74F2E8C7">
+    <w:name w:val="8523D6217C5E425FA6D379EB74F2E8C7"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="206C3C54100945589AB00F12C44B9DCE">
+    <w:name w:val="206C3C54100945589AB00F12C44B9DCE"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6DC442E6D7B4E5EA5A98A812E83CDC5">
+    <w:name w:val="C6DC442E6D7B4E5EA5A98A812E83CDC5"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FDC23AD2604449C9BF72CB4C2E43C51">
+    <w:name w:val="2FDC23AD2604449C9BF72CB4C2E43C51"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4462FC2802194EA0AC66DDF7E41F53DF">
+    <w:name w:val="4462FC2802194EA0AC66DDF7E41F53DF"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8D3B192E9D93482CBBE8AB6BBD0E92AF">
+    <w:name w:val="8D3B192E9D93482CBBE8AB6BBD0E92AF"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8D569B9203E426ABF1AF98B80287888">
+    <w:name w:val="D8D569B9203E426ABF1AF98B80287888"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F03767193FB0452F899907166DE1953F">
+    <w:name w:val="F03767193FB0452F899907166DE1953F"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8BF546C701FE46598C1B3155F7B03341">
+    <w:name w:val="8BF546C701FE46598C1B3155F7B03341"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97FCB7E8A44C400493FCA6B919BA7F70">
+    <w:name w:val="97FCB7E8A44C400493FCA6B919BA7F70"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0809E765BB4B48FA9100189446A171C9">
+    <w:name w:val="0809E765BB4B48FA9100189446A171C9"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0B1EE31BD0B456E9F2315D9F57A5E94">
+    <w:name w:val="C0B1EE31BD0B456E9F2315D9F57A5E94"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30BA980B599E4405871B05A21E9C6A72">
+    <w:name w:val="30BA980B599E4405871B05A21E9C6A72"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1365E665CB748E88CDF7FAD93C69DB8">
+    <w:name w:val="C1365E665CB748E88CDF7FAD93C69DB8"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2EA1F6168C7B4D86A833FD53B797235E">
+    <w:name w:val="2EA1F6168C7B4D86A833FD53B797235E"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13A919FD0E4D4D56851DAABE6189B872">
+    <w:name w:val="13A919FD0E4D4D56851DAABE6189B872"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5922DEA474E44BCF9AACAD312E9F4303">
+    <w:name w:val="5922DEA474E44BCF9AACAD312E9F4303"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7657280A9CE14F7BBE71D1917D4119CC">
+    <w:name w:val="7657280A9CE14F7BBE71D1917D4119CC"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="137179722E0349E1B100A85CBB2F87D4">
+    <w:name w:val="137179722E0349E1B100A85CBB2F87D4"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7B9A5E38E25491A9EB11EA85174D594">
+    <w:name w:val="C7B9A5E38E25491A9EB11EA85174D594"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C101DAE78DE454987F1E78A1D537548">
+    <w:name w:val="6C101DAE78DE454987F1E78A1D537548"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="189177B45AA941998AE63E3839EC6215">
+    <w:name w:val="189177B45AA941998AE63E3839EC6215"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8D5D8DA16D84070BDA4FFA19F273C7D">
+    <w:name w:val="A8D5D8DA16D84070BDA4FFA19F273C7D"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2C8D9837B59488598C243BAA7218D65">
+    <w:name w:val="B2C8D9837B59488598C243BAA7218D65"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4721DD1154CE4D1BA5235559A29DA232">
+    <w:name w:val="4721DD1154CE4D1BA5235559A29DA232"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="298E9588BAF2412FBBF46FEF7B1E6233">
+    <w:name w:val="298E9588BAF2412FBBF46FEF7B1E6233"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9EE91F453DE54BD88D5606785D17C3F2">
+    <w:name w:val="9EE91F453DE54BD88D5606785D17C3F2"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A1F62EFF3DAA4261B9655C4DC02E8816">
+    <w:name w:val="A1F62EFF3DAA4261B9655C4DC02E8816"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7CC4F5F4E7A42EEB840CE704147FECC">
+    <w:name w:val="D7CC4F5F4E7A42EEB840CE704147FECC"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E81F1448FCCF439F82456F45BEDFC40F">
+    <w:name w:val="E81F1448FCCF439F82456F45BEDFC40F"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DA2220D7B614F67BB0E6A45FCCF65E7">
+    <w:name w:val="8DA2220D7B614F67BB0E6A45FCCF65E7"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="682E225706A342588EF1D8F48C03F7D5">
+    <w:name w:val="682E225706A342588EF1D8F48C03F7D5"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B2F765F9D9C4D33A2DFAD20C3F00AFD">
+    <w:name w:val="8B2F765F9D9C4D33A2DFAD20C3F00AFD"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6871FD347D8F427EB43D78E9884E3D10">
+    <w:name w:val="6871FD347D8F427EB43D78E9884E3D10"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="024AA80E0C7A472DA154D6F63B6C43C1">
+    <w:name w:val="024AA80E0C7A472DA154D6F63B6C43C1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CEBA8BD98DE4CA1984B2027FF29AEC4">
+    <w:name w:val="0CEBA8BD98DE4CA1984B2027FF29AEC4"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB2FCE7DE7024DC78FFA8DB0CFB77B9C">
+    <w:name w:val="CB2FCE7DE7024DC78FFA8DB0CFB77B9C"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F755AB73D8D43A7B829389F25217262">
+    <w:name w:val="7F755AB73D8D43A7B829389F25217262"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5FBFCD1DCD74E7CA896504025E9FABE">
+    <w:name w:val="D5FBFCD1DCD74E7CA896504025E9FABE"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C2133A400B44429187A634261428C13B">
+    <w:name w:val="C2133A400B44429187A634261428C13B"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0AA7CABBA1D49B88284EDF956AFC9F1">
+    <w:name w:val="F0AA7CABBA1D49B88284EDF956AFC9F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E39DB6C78EA4DA09C80AB937EE43932">
+    <w:name w:val="4E39DB6C78EA4DA09C80AB937EE43932"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BA1B25BB9734C7F8FC748ABB52E5CD5">
+    <w:name w:val="0BA1B25BB9734C7F8FC748ABB52E5CD5"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23552503C58741BABB900A402C3DEEBF">
+    <w:name w:val="23552503C58741BABB900A402C3DEEBF"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC9688D2FC0F47878595287C20473C9D">
+    <w:name w:val="AC9688D2FC0F47878595287C20473C9D"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="61840BDDF9484DA489834E35B7B48087">
+    <w:name w:val="61840BDDF9484DA489834E35B7B48087"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="98C6FA168CA042B89846E9858BDC6BB1">
+    <w:name w:val="98C6FA168CA042B89846E9858BDC6BB1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B91DABA8FB04C5FA59F248D2EAB2D46">
+    <w:name w:val="9B91DABA8FB04C5FA59F248D2EAB2D46"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C1C0FC50CE54821B963909E5877569E">
+    <w:name w:val="9C1C0FC50CE54821B963909E5877569E"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="604D1EA9E0404662B78EECDDFD9ADB6D">
+    <w:name w:val="604D1EA9E0404662B78EECDDFD9ADB6D"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72E0EB75A355498ABD7EF634411CC219">
+    <w:name w:val="72E0EB75A355498ABD7EF634411CC219"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7A8963B1F78496C8D19D9F8B11E67C6">
+    <w:name w:val="C7A8963B1F78496C8D19D9F8B11E67C6"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3FA182145EE4950A50B350132D32498">
+    <w:name w:val="F3FA182145EE4950A50B350132D32498"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C864184422143CE8F0853D3748BBD10">
+    <w:name w:val="0C864184422143CE8F0853D3748BBD10"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDE4DA3A43924519838A587288BE20CF">
+    <w:name w:val="EDE4DA3A43924519838A587288BE20CF"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97D5A45AD3AD4442B7C26CEDD56EE830">
+    <w:name w:val="97D5A45AD3AD4442B7C26CEDD56EE830"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0FEB90E906049AFA9169E66AD8DD521">
+    <w:name w:val="D0FEB90E906049AFA9169E66AD8DD521"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B86A8EC52AA4791B3851DCB3CECCA78">
+    <w:name w:val="9B86A8EC52AA4791B3851DCB3CECCA78"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48767A0BB3FB498CAE4DF0DAEE7F3AAF">
+    <w:name w:val="48767A0BB3FB498CAE4DF0DAEE7F3AAF"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F16987E1821C4368996355A2A3010CC0">
+    <w:name w:val="F16987E1821C4368996355A2A3010CC0"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7441B5870024959BC3F587E26DE1720">
+    <w:name w:val="D7441B5870024959BC3F587E26DE1720"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA31624F9B964A5E889A440C7BF7E53A">
+    <w:name w:val="CA31624F9B964A5E889A440C7BF7E53A"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="515008A96A5C4AE89B4721C6CF67EF351">
+    <w:name w:val="515008A96A5C4AE89B4721C6CF67EF351"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D5B1357F75247B3B4D93AA12348A8411">
+    <w:name w:val="4D5B1357F75247B3B4D93AA12348A8411"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4563F796C8449569B5CA0415FC5EE0F1">
+    <w:name w:val="A4563F796C8449569B5CA0415FC5EE0F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A2E099956FE48F78B871EDE1357A7911">
+    <w:name w:val="1A2E099956FE48F78B871EDE1357A7911"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEEB010DCE0E4CA9BA32EF986E84B79A1">
+    <w:name w:val="DEEB010DCE0E4CA9BA32EF986E84B79A1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF6A62D2D24C4150AD706453CEA7D6CC1">
+    <w:name w:val="CF6A62D2D24C4150AD706453CEA7D6CC1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7840630D31184728AB6ACAE1EA38EA591">
+    <w:name w:val="7840630D31184728AB6ACAE1EA38EA591"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="039E89B1C92E4F0098950A9D8A57126E1">
+    <w:name w:val="039E89B1C92E4F0098950A9D8A57126E1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DDFFED834E64C50A0C0B045A35544921">
+    <w:name w:val="5DDFFED834E64C50A0C0B045A35544921"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D858F55B4C8B4A1CB785A76DDCB07C921">
+    <w:name w:val="D858F55B4C8B4A1CB785A76DDCB07C921"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3E9E91486F84BCFB15D09F0FA26A2BB1">
+    <w:name w:val="E3E9E91486F84BCFB15D09F0FA26A2BB1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFBA1781ED5B49E79B2C931FB71202F01">
+    <w:name w:val="CFBA1781ED5B49E79B2C931FB71202F01"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72F31672394742D887B6B7AB61114F3E1">
+    <w:name w:val="72F31672394742D887B6B7AB61114F3E1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3639FBA3523C47D4A5EBAE6F3EB083A41">
+    <w:name w:val="3639FBA3523C47D4A5EBAE6F3EB083A41"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A44C7FBA30B46D19278DBFC105D234A1">
+    <w:name w:val="9A44C7FBA30B46D19278DBFC105D234A1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E34D07C909DC459EA506360F2ED7DD2F1">
+    <w:name w:val="E34D07C909DC459EA506360F2ED7DD2F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE53837A6B1541DCB854A0281AC8FDE51">
+    <w:name w:val="AE53837A6B1541DCB854A0281AC8FDE51"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="802CB3401E49488C89D7D1F54C35139A1">
+    <w:name w:val="802CB3401E49488C89D7D1F54C35139A1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67317FF7193B46398884C524EDE6730D1">
+    <w:name w:val="67317FF7193B46398884C524EDE6730D1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3239BA3674894F08BCE336669EC8918C1">
+    <w:name w:val="3239BA3674894F08BCE336669EC8918C1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47B8EE5703E94BCDA1476DA35CD645331">
+    <w:name w:val="47B8EE5703E94BCDA1476DA35CD645331"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D021F1594C344E882E08F225F9650021">
+    <w:name w:val="9D021F1594C344E882E08F225F9650021"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDBCBCE1216D4BCDAC2BE88BFFA593461">
+    <w:name w:val="BDBCBCE1216D4BCDAC2BE88BFFA593461"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D69A4F7EA474F2F81043487E7707E431">
+    <w:name w:val="2D69A4F7EA474F2F81043487E7707E431"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E3B0B2314F04C5F8EE675CAC040AE7C1">
+    <w:name w:val="2E3B0B2314F04C5F8EE675CAC040AE7C1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF5DE261A6AE450E8E1FD9F58C05A7B11">
+    <w:name w:val="CF5DE261A6AE450E8E1FD9F58C05A7B11"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67B6F8A157F14751852A4E17F01C76DC1">
+    <w:name w:val="67B6F8A157F14751852A4E17F01C76DC1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="564C19D1085146DCAC8F9E3448AE61871">
+    <w:name w:val="564C19D1085146DCAC8F9E3448AE61871"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACC335E418D54FD6BE6A92B87AC7D3711">
+    <w:name w:val="ACC335E418D54FD6BE6A92B87AC7D3711"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5AD522757884230B788C1887166F0781">
+    <w:name w:val="C5AD522757884230B788C1887166F0781"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="690698F2D8C745A482AE4C0C0A134FAD1">
+    <w:name w:val="690698F2D8C745A482AE4C0C0A134FAD1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9839805FD25045D784D7C84469C4D7671">
+    <w:name w:val="9839805FD25045D784D7C84469C4D7671"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADC9F8E8BF0E488C9E98DE9F90F0DBA81">
+    <w:name w:val="ADC9F8E8BF0E488C9E98DE9F90F0DBA81"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2F30F889215478C8C1A56A1B9F4D9291">
+    <w:name w:val="A2F30F889215478C8C1A56A1B9F4D9291"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15F79B2F152F4EB49C3BB168B702D69D1">
+    <w:name w:val="15F79B2F152F4EB49C3BB168B702D69D1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="61FE39A091E14741A82B6FC01C28C3CE1">
+    <w:name w:val="61FE39A091E14741A82B6FC01C28C3CE1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A37C6A69D6D46DF8AC3C8B7950E655D1">
+    <w:name w:val="1A37C6A69D6D46DF8AC3C8B7950E655D1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9633DAF996D480884A56D4B0DFB056A1">
+    <w:name w:val="D9633DAF996D480884A56D4B0DFB056A1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2403FB4062FB40C09E235F6DDC8BCF6E1">
+    <w:name w:val="2403FB4062FB40C09E235F6DDC8BCF6E1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F16A92AB64C45F9A748933A265E75E51">
+    <w:name w:val="6F16A92AB64C45F9A748933A265E75E51"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="965820D826AD4CCFBD3DC3007513A97E1">
+    <w:name w:val="965820D826AD4CCFBD3DC3007513A97E1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4893A26B3D0E4FF9A7AE228FE77A17D01">
+    <w:name w:val="4893A26B3D0E4FF9A7AE228FE77A17D01"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCCF6FF6EFD5417DA5471641563989D31">
+    <w:name w:val="BCCF6FF6EFD5417DA5471641563989D31"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3489E183CB8C4D9CAA25AF060A40F3E11">
+    <w:name w:val="3489E183CB8C4D9CAA25AF060A40F3E11"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47B4CC19F7204CF2A7AFA1EBDB89E9F31">
+    <w:name w:val="47B4CC19F7204CF2A7AFA1EBDB89E9F31"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B59CCE7E67A4680AB5907A50FD0A53F1">
+    <w:name w:val="3B59CCE7E67A4680AB5907A50FD0A53F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9789B9E05A4D451D996EE3F5B2D9EABE1">
+    <w:name w:val="9789B9E05A4D451D996EE3F5B2D9EABE1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FF76B1CB2744AC28AFCDC288332B3C31">
+    <w:name w:val="1FF76B1CB2744AC28AFCDC288332B3C31"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3FBA938A63844D8B8F79609D356BEE01">
+    <w:name w:val="F3FBA938A63844D8B8F79609D356BEE01"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB5BF7A7DB3C4ACF822A215395A9C0331">
+    <w:name w:val="AB5BF7A7DB3C4ACF822A215395A9C0331"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB87525D3645497F982BA52DCCF07AB11">
+    <w:name w:val="CB87525D3645497F982BA52DCCF07AB11"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B0EB8A09DF743EC8F634A77DB06132F1">
+    <w:name w:val="5B0EB8A09DF743EC8F634A77DB06132F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7988C9019E0C4BC2905821D907DECA231">
+    <w:name w:val="7988C9019E0C4BC2905821D907DECA231"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="368036ECA17243CCBF278E19AF701BA01">
+    <w:name w:val="368036ECA17243CCBF278E19AF701BA01"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A8339996E994ED9BD72DE27BB3002BE1">
+    <w:name w:val="8A8339996E994ED9BD72DE27BB3002BE1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDE917F5AAB0464AA599746E4CA35AB31">
+    <w:name w:val="BDE917F5AAB0464AA599746E4CA35AB31"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="915B7C08534541DEAE9CE5E2E5FB12891">
+    <w:name w:val="915B7C08534541DEAE9CE5E2E5FB12891"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="752F40CE28AD4154AB6EF6EE7855792F1">
+    <w:name w:val="752F40CE28AD4154AB6EF6EE7855792F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97820A7045F84993AD4FEFB2A8BEAE141">
+    <w:name w:val="97820A7045F84993AD4FEFB2A8BEAE141"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="95F3966C334642019EF871D584308A201">
+    <w:name w:val="95F3966C334642019EF871D584308A201"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CBAF9C4D64242A981B953EEAF50116F1">
+    <w:name w:val="6CBAF9C4D64242A981B953EEAF50116F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5A48BFC7516467195C17E75BF22DE5F1">
+    <w:name w:val="C5A48BFC7516467195C17E75BF22DE5F1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1002612FE6894A8C8CC42944730961071">
+    <w:name w:val="1002612FE6894A8C8CC42944730961071"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EE69E874535458B942AD3BA9843D26A1">
+    <w:name w:val="8EE69E874535458B942AD3BA9843D26A1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07A046D02CED4FE7817A3FB2C46777901">
+    <w:name w:val="07A046D02CED4FE7817A3FB2C46777901"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA0EBF58905D433997E4F3D8B3296CFE1">
+    <w:name w:val="FA0EBF58905D433997E4F3D8B3296CFE1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E544C775F5D4865AA067BE8356CAE3E1">
+    <w:name w:val="8E544C775F5D4865AA067BE8356CAE3E1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E9583831E6E42FE876EC89FE8B36F671">
+    <w:name w:val="1E9583831E6E42FE876EC89FE8B36F671"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF1BA5F75EFB46FBA5C7020E9D1DF9F81">
+    <w:name w:val="FF1BA5F75EFB46FBA5C7020E9D1DF9F81"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBEFA55143B444018E8BA54641417FFC1">
+    <w:name w:val="FBEFA55143B444018E8BA54641417FFC1"/>
+    <w:rsid w:val="0059572A"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -22639,75 +18578,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>827</Words>
-  <Characters>3937</Characters>
+  <Words>1248</Words>
+  <Characters>5118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>437</Lines>
-  <Paragraphs>366</Paragraphs>
+  <Lines>284</Lines>
+  <Paragraphs>219</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4398</CharactersWithSpaces>
+  <CharactersWithSpaces>6147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>34c1a1dd-60f2-4267-99fc-c3195d2093d7</vt:lpwstr>