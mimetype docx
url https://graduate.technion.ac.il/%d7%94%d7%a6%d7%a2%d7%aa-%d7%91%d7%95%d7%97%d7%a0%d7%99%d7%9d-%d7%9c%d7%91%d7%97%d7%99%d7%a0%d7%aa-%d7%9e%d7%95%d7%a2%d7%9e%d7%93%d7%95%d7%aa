--- v1 (2025-12-20)
+++ v2 (2026-02-19)
@@ -12,5211 +12,5489 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="36325D03" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="36325D03" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0869F2A9" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="0869F2A9" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F61F9AB" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="7F61F9AB" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3828765D" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00557C36">
+    <w:p w14:paraId="3828765D" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00557C36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A9D5D64" w14:textId="77777777" w:rsidR="00EA6CCC" w:rsidRPr="005B0776" w:rsidRDefault="00EA6CCC" w:rsidP="00EA6CCC">
+    <w:p w14:paraId="7A9D5D64" w14:textId="77777777" w:rsidR="00EA6CCC" w:rsidRPr="003C4929" w:rsidRDefault="00EA6CCC" w:rsidP="00EA6CCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55A0AB9E" w14:textId="06A4C81B" w:rsidR="00EA6CCC" w:rsidRPr="005B0776" w:rsidRDefault="00F335CB" w:rsidP="00EA6CCC">
+    <w:p w14:paraId="55A0AB9E" w14:textId="06A4C81B" w:rsidR="00EA6CCC" w:rsidRPr="003C4929" w:rsidRDefault="00F335CB" w:rsidP="00EA6CCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ENGLISH VERSION BELOW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182AAB33" w14:textId="3D42576F" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="182AAB33" w14:textId="3D42576F" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הצעת בוחנים לבחינת מועמדות לקראת התואר דוקטור</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B82558D" w14:textId="77777777" w:rsidR="00184107" w:rsidRPr="005B0776" w:rsidRDefault="00184107" w:rsidP="00D033A4">
+    <w:p w14:paraId="0B82558D" w14:textId="77777777" w:rsidR="00184107" w:rsidRPr="003C4929" w:rsidRDefault="00184107" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="084B2FFE" w14:textId="39A64111" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="084B2FFE" w14:textId="39A64111" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מלבד המנחה והמנחה השותף (אם יש),  על הוועדה לכלול </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לפחות</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ארבעה בוחנים </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בדרגת ד"ר ומעלה</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לפחות</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> אחד מהם </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בדרגת המנחה או בכיר</w:t>
       </w:r>
-      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ה</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ממנו</w:t>
       </w:r>
-      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ה</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>, ו</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לפחות</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> אחד </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שאינו שייך ליחידה</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> (בוחן חוץ).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477CD207" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="477CD207" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7750DA82" w14:textId="55CC497B" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00557C36">
+    <w:p w14:paraId="7750DA82" w14:textId="55CC497B" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00557C36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם הסטודנט</w:t>
       </w:r>
-      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>/ית</w:t>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ית</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1441221801"/>
           <w:placeholder>
             <w:docPart w:val="C82A25EF17734EA2899575975CE4ADA7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ת.ז.</w:t>
       </w:r>
-      <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00557C36" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1887137322"/>
           <w:placeholder>
             <w:docPart w:val="A9A2EC3CED4A4630B61CE751CBC2FCE0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>יחידה אקדמית</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00557C36" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-393970884"/>
           <w:placeholder>
             <w:docPart w:val="E6BB4CB5F8114F3B96FACB5A1CFA5AB8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DBB093" w14:textId="0214BE44" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00EA6CCC" w:rsidP="00D033A4">
+    <w:p w14:paraId="73DBB093" w14:textId="0214BE44" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="00EA6CCC" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="005A48C6" w:rsidRPr="005B0776">
+      <w:r w:rsidR="005A48C6" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם נושא המחקר</w:t>
       </w:r>
-      <w:r w:rsidR="005A48C6" w:rsidRPr="005B0776">
+      <w:r w:rsidR="005A48C6" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00557C36" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1456786484"/>
           <w:placeholder>
             <w:docPart w:val="B20F2F3C38904DBC98CE73FD3A3F4607"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4E11E147" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="4E11E147" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EFC2D99" w14:textId="6F312542" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="1EFC2D99" w14:textId="6F312542" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>בוחנ</w:t>
       </w:r>
-      <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>ות/י</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>ם:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6E0107" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="4B6E0107" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="10854" w:type="dxa"/>
         <w:tblInd w:w="557" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2214"/>
         <w:gridCol w:w="1404"/>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="1606"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A48C6" w:rsidRPr="005B0776" w14:paraId="0EF0D774" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="005A48C6" w:rsidRPr="003C4929" w14:paraId="0EF0D774" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="562A3718" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="562A3718" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם מלא + ת.ז.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C906D7C" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="2C906D7C" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BC4F8C0" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="3BC4F8C0" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>דרגה</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E87BB44" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="0E87BB44" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">פק' ומוסד </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0827C732" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="0827C732" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מידת מעורבות במחקר</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79117212" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="79117212" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D52237D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="2D52237D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>הקשר בין תחום ההתמחות של הבוחן לנושא המחקר</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43282B22" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="43282B22" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>עבור בוחן חוץ בלבד</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="770B7E15" w14:textId="0BB3276F" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="770B7E15" w14:textId="0BB3276F" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>הקשר של הבוחן עם היחידה/המנחה/הסטו</w:t>
             </w:r>
-            <w:r w:rsidR="00067CEB" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00067CEB" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A48C6" w:rsidRPr="005B0776" w14:paraId="4EF35AFF" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="005A48C6" w:rsidRPr="003C4929" w14:paraId="4EF35AFF" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:trPr>
           <w:trHeight w:val="706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C233865" w14:textId="77777777" w:rsidR="00557C36" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="0C233865" w14:textId="77777777" w:rsidR="00557C36" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-997568380"/>
                 <w:placeholder>
                   <w:docPart w:val="2E988DE344064DD7A32E45A3A5A860EA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00557C36" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="613755B9" w14:textId="52D68AE0" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="613755B9" w14:textId="52D68AE0" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ת.ז:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-770393602"/>
                 <w:placeholder>
                   <w:docPart w:val="3842C85A428D4285AFCDA96AE69A207C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2E0A5E1A" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+          <w:p w14:paraId="2E0A5E1A" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>כתובת דוא"ל</w:t>
             </w:r>
-            <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00D033A4" w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D033A4" w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>'</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00E54F72" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E54F72" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="176F066E" w14:textId="04A40FA5" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="176F066E" w14:textId="04A40FA5" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1816411694"/>
                 <w:placeholder>
                   <w:docPart w:val="8523D6217C5E425FA6D379EB74F2E8C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19567604" w14:textId="001057EC" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="19567604" w14:textId="001057EC" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1343282741"/>
                 <w:placeholder>
                   <w:docPart w:val="206C3C54100945589AB00F12C44B9DCE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24FA38F1" w14:textId="78A91A83" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D72E6A">
+          <w:p w14:paraId="24FA38F1" w14:textId="78A91A83" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D72E6A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1954662399"/>
                 <w:placeholder>
                   <w:docPart w:val="C6DC442E6D7B4E5EA5A98A812E83CDC5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="406DEE6D" w14:textId="1C2D827E" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="406DEE6D" w14:textId="1C2D827E" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1463799429"/>
                 <w:placeholder>
                   <w:docPart w:val="2FDC23AD2604449C9BF72CB4C2E43C51"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4AF3514B" w14:textId="200E9B74" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="4AF3514B" w14:textId="200E9B74" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1412155241"/>
                 <w:placeholder>
                   <w:docPart w:val="4462FC2802194EA0AC66DDF7E41F53DF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7382982A" w14:textId="797EF145" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="7382982A" w14:textId="797EF145" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1722204892"/>
                 <w:placeholder>
                   <w:docPart w:val="8D3B192E9D93482CBBE8AB6BBD0E92AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74146F00" w14:textId="24677EFA" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="74146F00" w14:textId="24677EFA" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2104407018"/>
                 <w:placeholder>
                   <w:docPart w:val="D8D569B9203E426ABF1AF98B80287888"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="665504B1" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="003C4929" w14:paraId="665504B1" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46C051EF" w14:textId="54519BF5" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="46C051EF" w14:textId="54519BF5" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1043247093"/>
                 <w:placeholder>
                   <w:docPart w:val="F03767193FB0452F899907166DE1953F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5B1411F8" w14:textId="14496D30" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="5B1411F8" w14:textId="14496D30" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1149863798"/>
                 <w:placeholder>
                   <w:docPart w:val="8BF546C701FE46598C1B3155F7B03341"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2C023043" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="2C023043" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ'</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1098F6BC" w14:textId="66AC4D7E" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="1098F6BC" w14:textId="66AC4D7E" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1359728226"/>
                 <w:placeholder>
                   <w:docPart w:val="97FCB7E8A44C400493FCA6B919BA7F70"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="573E31C8" w14:textId="4B4FA2AB" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="573E31C8" w14:textId="4B4FA2AB" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1625196396"/>
                 <w:placeholder>
                   <w:docPart w:val="0809E765BB4B48FA9100189446A171C9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0808BB4C" w14:textId="5D2C428F" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
+          <w:p w14:paraId="0808BB4C" w14:textId="5D2C428F" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="805042157"/>
                 <w:placeholder>
                   <w:docPart w:val="C0B1EE31BD0B456E9F2315D9F57A5E94"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CD8B5D7" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="7CD8B5D7" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1390915266"/>
                 <w:placeholder>
                   <w:docPart w:val="30BA980B599E4405871B05A21E9C6A72"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="6C38CC4E" w14:textId="20C4FFE7" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="6C38CC4E" w14:textId="20C4FFE7" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1126848422"/>
                 <w:placeholder>
                   <w:docPart w:val="C1365E665CB748E88CDF7FAD93C69DB8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A02BC47" w14:textId="223DD6A1" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="5A02BC47" w14:textId="223DD6A1" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1803680791"/>
                 <w:placeholder>
                   <w:docPart w:val="2EA1F6168C7B4D86A833FD53B797235E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35FDD805" w14:textId="66E62C78" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="35FDD805" w14:textId="66E62C78" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-165932878"/>
                 <w:placeholder>
                   <w:docPart w:val="13A919FD0E4D4D56851DAABE6189B872"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="043491D3" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="003C4929" w14:paraId="043491D3" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E2ADDB4" w14:textId="478DA97A" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="3E2ADDB4" w14:textId="478DA97A" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1256329319"/>
                 <w:placeholder>
                   <w:docPart w:val="5922DEA474E44BCF9AACAD312E9F4303"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0D881E8E" w14:textId="57338C8B" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="0D881E8E" w14:textId="57338C8B" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-163401292"/>
                 <w:placeholder>
                   <w:docPart w:val="7657280A9CE14F7BBE71D1917D4119CC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3A08F119" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="3A08F119" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ'</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3430C618" w14:textId="5CC16E47" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="3430C618" w14:textId="5CC16E47" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="331574540"/>
                 <w:placeholder>
                   <w:docPart w:val="137179722E0349E1B100A85CBB2F87D4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E2C56AB" w14:textId="4E39D8FF" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="4E2C56AB" w14:textId="4E39D8FF" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="843674324"/>
                 <w:placeholder>
                   <w:docPart w:val="C7B9A5E38E25491A9EB11EA85174D594"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1605B0B2" w14:textId="47B24C65" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
+          <w:p w14:paraId="1605B0B2" w14:textId="47B24C65" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1360312322"/>
                 <w:placeholder>
                   <w:docPart w:val="6C101DAE78DE454987F1E78A1D537548"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23A2BB65" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="23A2BB65" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1360889383"/>
                 <w:placeholder>
                   <w:docPart w:val="189177B45AA941998AE63E3839EC6215"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="73585695" w14:textId="34FBD966" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="73585695" w14:textId="34FBD966" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-521406973"/>
                 <w:placeholder>
                   <w:docPart w:val="A8D5D8DA16D84070BDA4FFA19F273C7D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1EFE7BA1" w14:textId="357E8780" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="1EFE7BA1" w14:textId="357E8780" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23D99FBD" w14:textId="021A3B47" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="23D99FBD" w14:textId="021A3B47" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1772541270"/>
                 <w:placeholder>
                   <w:docPart w:val="B2C8D9837B59488598C243BAA7218D65"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ED1DDBD" w14:textId="1BD560E7" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="6ED1DDBD" w14:textId="1BD560E7" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1805853163"/>
                 <w:placeholder>
                   <w:docPart w:val="4721DD1154CE4D1BA5235559A29DA232"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="0E5BED71" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="003C4929" w14:paraId="0E5BED71" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50225208" w14:textId="21434C4F" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="50225208" w14:textId="21434C4F" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1964387902"/>
                 <w:placeholder>
                   <w:docPart w:val="298E9588BAF2412FBBF46FEF7B1E6233"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4FB1DDCA" w14:textId="6A173F0F" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="4FB1DDCA" w14:textId="6A173F0F" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="380218755"/>
                 <w:placeholder>
                   <w:docPart w:val="9EE91F453DE54BD88D5606785D17C3F2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="759662E6" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="759662E6" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ'</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67390DE1" w14:textId="17D0A97A" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="67390DE1" w14:textId="17D0A97A" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-339086202"/>
                 <w:placeholder>
                   <w:docPart w:val="A1F62EFF3DAA4261B9655C4DC02E8816"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12D65E83" w14:textId="08E77339" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="12D65E83" w14:textId="08E77339" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="887220173"/>
                 <w:placeholder>
                   <w:docPart w:val="D7CC4F5F4E7A42EEB840CE704147FECC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44F47F09" w14:textId="3268F5BF" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
+          <w:p w14:paraId="44F47F09" w14:textId="3268F5BF" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="15891716"/>
                 <w:placeholder>
                   <w:docPart w:val="E81F1448FCCF439F82456F45BEDFC40F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B0E0507" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="0B0E0507" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1351953397"/>
                 <w:placeholder>
                   <w:docPart w:val="8DA2220D7B614F67BB0E6A45FCCF65E7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="73E7A66C" w14:textId="33E38747" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="73E7A66C" w14:textId="33E38747" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="104705519"/>
                 <w:placeholder>
                   <w:docPart w:val="682E225706A342588EF1D8F48C03F7D5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18E885D5" w14:textId="6B81C1A7" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="18E885D5" w14:textId="6B81C1A7" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1231806164"/>
                 <w:placeholder>
                   <w:docPart w:val="8B2F765F9D9C4D33A2DFAD20C3F00AFD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B62F4F4" w14:textId="4C873D2E" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="2B62F4F4" w14:textId="4C873D2E" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-845709394"/>
                 <w:placeholder>
                   <w:docPart w:val="6871FD347D8F427EB43D78E9884E3D10"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="47E08D77" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="003C4929" w14:paraId="47E08D77" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31392144" w14:textId="2397EEC0" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="31392144" w14:textId="2397EEC0" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-18708123"/>
                 <w:placeholder>
                   <w:docPart w:val="024AA80E0C7A472DA154D6F63B6C43C1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="77BDE838" w14:textId="36E1F426" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="77BDE838" w14:textId="36E1F426" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2099701544"/>
                 <w:placeholder>
                   <w:docPart w:val="0CEBA8BD98DE4CA1984B2027FF29AEC4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4B82A73A" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="4B82A73A" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ'</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D1C9C64" w14:textId="7459C109" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="0D1C9C64" w14:textId="7459C109" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-477765838"/>
                 <w:placeholder>
                   <w:docPart w:val="CB2FCE7DE7024DC78FFA8DB0CFB77B9C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DA86F23" w14:textId="722CE3AA" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="1DA86F23" w14:textId="722CE3AA" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-406462844"/>
                 <w:placeholder>
                   <w:docPart w:val="7F755AB73D8D43A7B829389F25217262"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61BC5E24" w14:textId="38912E99" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
+          <w:p w14:paraId="61BC5E24" w14:textId="38912E99" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-243030416"/>
                 <w:placeholder>
                   <w:docPart w:val="D5FBFCD1DCD74E7CA896504025E9FABE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11850630" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="11850630" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1936781695"/>
                 <w:placeholder>
                   <w:docPart w:val="C2133A400B44429187A634261428C13B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="17E2CAF1" w14:textId="374B0816" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="17E2CAF1" w14:textId="374B0816" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="55596374"/>
                 <w:placeholder>
                   <w:docPart w:val="F0AA7CABBA1D49B88284EDF956AFC9F1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="72903113" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="72903113" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20B7A894" w14:textId="0250181D" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="20B7A894" w14:textId="0250181D" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1299582902"/>
                 <w:placeholder>
                   <w:docPart w:val="4E39DB6C78EA4DA09C80AB937EE43932"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40CB0737" w14:textId="156A9C14" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="40CB0737" w14:textId="156A9C14" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="2017032387"/>
                 <w:placeholder>
                   <w:docPart w:val="0BA1B25BB9734C7F8FC748ABB52E5CD5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="73D826EC" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="003C4929" w14:paraId="73D826EC" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="032FFEFA" w14:textId="20412ACD" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="032FFEFA" w14:textId="20412ACD" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1344240053"/>
                 <w:placeholder>
                   <w:docPart w:val="23552503C58741BABB900A402C3DEEBF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="635571DE" w14:textId="36ED487F" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="635571DE" w14:textId="36ED487F" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2083434376"/>
                 <w:placeholder>
                   <w:docPart w:val="AC9688D2FC0F47878595287C20473C9D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5FFE4291" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="5FFE4291" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ'</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="426BF60E" w14:textId="78FDA6B6" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="426BF60E" w14:textId="78FDA6B6" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1428884154"/>
                 <w:placeholder>
                   <w:docPart w:val="61840BDDF9484DA489834E35B7B48087"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42CB4CF4" w14:textId="3FC5A249" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="42CB4CF4" w14:textId="3FC5A249" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="464700622"/>
                 <w:placeholder>
                   <w:docPart w:val="98C6FA168CA042B89846E9858BDC6BB1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C540CA1" w14:textId="74871443" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
+          <w:p w14:paraId="0C540CA1" w14:textId="74871443" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2014522592"/>
                 <w:placeholder>
                   <w:docPart w:val="9B91DABA8FB04C5FA59F248D2EAB2D46"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A204F0D" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="7A204F0D" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="412899325"/>
                 <w:placeholder>
                   <w:docPart w:val="9C1C0FC50CE54821B963909E5877569E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1BE95D7C" w14:textId="44859B0F" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="1BE95D7C" w14:textId="44859B0F" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-624925567"/>
                 <w:placeholder>
                   <w:docPart w:val="604D1EA9E0404662B78EECDDFD9ADB6D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="62B424A1" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
+          <w:p w14:paraId="62B424A1" w14:textId="77777777" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33EE1260" w14:textId="13832639" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="33EE1260" w14:textId="13832639" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1424491132"/>
                 <w:placeholder>
                   <w:docPart w:val="72E0EB75A355498ABD7EF634411CC219"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F43B734" w14:textId="6853C704" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="4F43B734" w14:textId="6853C704" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="458385980"/>
                 <w:placeholder>
                   <w:docPart w:val="C7A8963B1F78496C8D19D9F8B11E67C6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D033A4" w:rsidRPr="005B0776" w14:paraId="72EAB1C9" w14:textId="77777777" w:rsidTr="00EA6CCC">
+      <w:tr w:rsidR="00D033A4" w:rsidRPr="003C4929" w14:paraId="72EAB1C9" w14:textId="77777777" w:rsidTr="00EA6CCC">
         <w:trPr>
           <w:trHeight w:val="656"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24963EEE" w14:textId="281CD7F8" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="24963EEE" w14:textId="281CD7F8" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="2124812610"/>
                 <w:placeholder>
                   <w:docPart w:val="F3FA182145EE4950A50B350132D32498"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="32F8FB64" w14:textId="6219D2D4" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="32F8FB64" w14:textId="6219D2D4" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ת.ז: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1668519757"/>
                 <w:placeholder>
                   <w:docPart w:val="0C864184422143CE8F0853D3748BBD10"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="14D0F762" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="005B0776" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
+          <w:p w14:paraId="14D0F762" w14:textId="77777777" w:rsidR="00E54F72" w:rsidRPr="003C4929" w:rsidRDefault="00E54F72" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">כתובת דוא"ל </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>(אופ'</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>אופ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C4929">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E480A92" w14:textId="6AB5FD73" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E54F72">
+          <w:p w14:paraId="5E480A92" w14:textId="6AB5FD73" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E54F72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="252942344"/>
                 <w:placeholder>
                   <w:docPart w:val="EDE4DA3A43924519838A587288BE20CF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00557C36" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00557C36" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="6E6E6E"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CCA608E" w14:textId="47C7ED50" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="0CCA608E" w14:textId="47C7ED50" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1686324061"/>
                 <w:placeholder>
                   <w:docPart w:val="97D5A45AD3AD4442B7C26CEDD56EE830"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה)" w:value="ד&quot;ר (מרצה)"/>
                   <w:listItem w:displayText="ד&quot;ר (מרצה בכיר/ה)" w:value="ד&quot;ר (מרצה בכיר/ה)"/>
                   <w:listItem w:displayText="פרופ&quot;ח" w:value="פרופ&quot;ח"/>
                   <w:listItem w:displayText="פרופ'" w:value="פרופ'"/>
                   <w:listItem w:displayText="פרו' אמ'" w:value="פרו' אמ'"/>
                   <w:listItem w:displayText="ד&quot;ר מהתעשייה" w:value="ד&quot;ר מהתעשייה"/>
                   <w:listItem w:displayText="ארכ'" w:value="ארכ'"/>
                   <w:listItem w:displayText="ד&quot;ר מרצה בכיר נלווה" w:value="ד&quot;ר מרצה בכיר נלווה"/>
                   <w:listItem w:displayText="אחר" w:value="אחר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AE6CF13" w14:textId="777B5086" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
+          <w:p w14:paraId="4AE6CF13" w14:textId="777B5086" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="00D033A4" w:rsidP="00EA6CCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="774910053"/>
                 <w:placeholder>
                   <w:docPart w:val="D0FEB90E906049AFA9169E66AD8DD521"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5144434E" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="5144434E" w14:textId="77777777" w:rsidR="00F15829" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1324084664"/>
                 <w:placeholder>
                   <w:docPart w:val="9B86A8EC52AA4791B3851DCB3CECCA78"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="מנחה אחראי/ת" w:value="מנחה אחראי/ת"/>
                   <w:listItem w:displayText="מנחה שותף/ה" w:value="מנחה שותף/ה"/>
                   <w:listItem w:displayText="יועץ/ת" w:value="יועץ/ת"/>
                   <w:listItem w:displayText="קשר אחר למחקר (נא לפרט להלן)" w:value="קשר אחר למחקר (נא לפרט להלן)"/>
                   <w:listItem w:displayText="אין קשר למחקר" w:value="אין קשר למחקר"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="69BF2DEE" w14:textId="42D6F269" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00F15829">
+          <w:p w14:paraId="69BF2DEE" w14:textId="42D6F269" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00F15829">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="364650601"/>
                 <w:placeholder>
                   <w:docPart w:val="48767A0BB3FB498CAE4DF0DAEE7F3AAF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6651E278" w14:textId="16F29914" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="6651E278" w14:textId="16F29914" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-25641207"/>
                 <w:placeholder>
                   <w:docPart w:val="F16987E1821C4368996355A2A3010CC0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E69FBB8" w14:textId="1ED12A00" w:rsidR="00D033A4" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00D033A4">
+          <w:p w14:paraId="6E69FBB8" w14:textId="1ED12A00" w:rsidR="00D033A4" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00D033A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1934967504"/>
                 <w:placeholder>
                   <w:docPart w:val="D7441B5870024959BC3F587E26DE1720"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F15829" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30B3543F" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="30B3543F" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB3C1D6" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="6AB3C1D6" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הוועדה מאשרת כי יש חפיפה בין תחומי ההתמחות של הבוחנים לבין התחום בו נכתב התיאור התמציתי, וכי הם נתנו את הסכמתם לשמש כבוחנים.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D201D7D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="0D201D7D" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1048" w:hanging="39"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="241809B9" w14:textId="47392C2C" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="241809B9" w14:textId="47392C2C" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אם המנחה איננו יו"ר ועדת הבוחנים, </w:t>
       </w:r>
-      <w:r w:rsidR="00D50920" w:rsidRPr="00030EEB">
+      <w:r w:rsidR="00D50920" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ת/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ישמש כיו"ר הוועדה</w:t>
       </w:r>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-327365812"/>
           <w:placeholder>
             <w:docPart w:val="CA31624F9B964A5E889A440C7BF7E53A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F15829" w:rsidRPr="00030EEB">
+          <w:r w:rsidR="00F15829" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4939B25B" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="005B0776" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="4939B25B" w14:textId="77777777" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="457C3715" w14:textId="26EB0338" w:rsidR="005A48C6" w:rsidRPr="00030EEB" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
+    <w:p w14:paraId="457C3715" w14:textId="26EB0338" w:rsidR="005A48C6" w:rsidRPr="003C4929" w:rsidRDefault="005A48C6" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>תאריך:</w:t>
       </w:r>
-      <w:r w:rsidR="00EA6CCC" w:rsidRPr="00030EEB">
+      <w:r w:rsidR="00EA6CCC" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="934637447"/>
           <w:placeholder>
             <w:docPart w:val="515008A96A5C4AE89B4721C6CF67EF35"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EA6CCC" w:rsidRPr="00030EEB">
+          <w:r w:rsidR="00EA6CCC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
         <w:t>חתימת מרכז</w:t>
       </w:r>
-      <w:r w:rsidR="00D50920" w:rsidRPr="00030EEB">
+      <w:r w:rsidR="00D50920" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ת</w:t>
       </w:r>
-      <w:r w:rsidRPr="00030EEB">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-479160264"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00030EEB">
+          <w:r w:rsidRPr="003C4929">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4959FB4B" wp14:editId="0193181A">
                 <wp:extent cx="806174" cy="490855"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:docPr id="4" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="4" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
@@ -5232,3960 +5510,4029 @@
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="828575" cy="504494"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="27B85A00" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="27B85A00" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71E27D8C" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="71E27D8C" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65988DA0" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="65988DA0" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BE01690" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="0BE01690" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AFC00AF" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="3AFC00AF" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2036441B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="2036441B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05A6AE8E" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
+    <w:p w14:paraId="05A6AE8E" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00D033A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="27"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DC8AD02" w14:textId="77777777" w:rsidR="00EA6CCC" w:rsidRPr="005B0776" w:rsidRDefault="00EA6CCC" w:rsidP="00D44868">
+    <w:p w14:paraId="0DC8AD02" w14:textId="77777777" w:rsidR="00EA6CCC" w:rsidRPr="003C4929" w:rsidRDefault="00EA6CCC" w:rsidP="00D44868">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65F9C7AF" w14:textId="70D3F0C5" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00EA6CCC">
+    <w:p w14:paraId="65F9C7AF" w14:textId="70D3F0C5" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00EA6CCC">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Proposed PhD candidacy exam committee </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6E8141" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="3A6E8141" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please note: The committee should be comprised of at least four examiners with a Ph.D. in addition to the main advisor and the co-advisor (if there is one). At least one of them (the 4has the academic rank of the main advisor or above, and at least one should be external to the department.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C617E0B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="3C617E0B" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="032D4743" w14:textId="2BFD5BD9" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="032D4743" w14:textId="2BFD5BD9" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Student's name:</w:t>
       </w:r>
-      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-978998822"/>
           <w:placeholder>
             <w:docPart w:val="4D5B1357F75247B3B4D93AA12348A841"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Technion ID:</w:t>
       </w:r>
-      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-351112100"/>
           <w:placeholder>
             <w:docPart w:val="A4563F796C8449569B5CA0415FC5EE0F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="838281906"/>
           <w:placeholder>
             <w:docPart w:val="1A2E099956FE48F78B871EDE1357A791"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7B1391F4" w14:textId="28CE099A" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="7B1391F4" w14:textId="28CE099A" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Thesis title:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1536686219"/>
           <w:placeholder>
             <w:docPart w:val="DEEB010DCE0E4CA9BA32EF986E84B79A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="38D33BD3" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="38D33BD3" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examiners:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2084"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1682"/>
         <w:gridCol w:w="1751"/>
         <w:gridCol w:w="1686"/>
         <w:gridCol w:w="2436"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="61A9DAC6" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="61A9DAC6" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAAD3B7" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="1AAAD3B7" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full name + ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2688C097" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="2688C097" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Academic rank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675121AB" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="675121AB" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dept. and University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E857B88" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="2E857B88" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Level of connection in the research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E0E526" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="51E0E526" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relation to the research topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC3CD5A" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="3BC3CD5A" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>For external examiner only:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> relation to the dept/advisor/student</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="55CFFCA2" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="55CFFCA2" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C73E910" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="0C73E910" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1914974316"/>
                 <w:placeholder>
                   <w:docPart w:val="CF6A62D2D24C4150AD706453CEA7D6CC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03D9B00B" w14:textId="60AA9DC8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="03D9B00B" w14:textId="60AA9DC8" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1906673728"/>
                 <w:placeholder>
                   <w:docPart w:val="7840630D31184728AB6ACAE1EA38EA59"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="51434FB1" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="51434FB1" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E550DE6" w14:textId="1A989A1F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="1E550DE6" w14:textId="1A989A1F" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2098902266"/>
                 <w:placeholder>
                   <w:docPart w:val="039E89B1C92E4F0098950A9D8A57126E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4002E6CE" w14:textId="29C6E03E" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="00E942FC">
+          <w:p w14:paraId="4002E6CE" w14:textId="29C6E03E" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="339046342"/>
                 <w:placeholder>
                   <w:docPart w:val="5DDFFED834E64C50A0C0B045A3554492"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5D33CB" w14:textId="1E6184E4" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="4A5D33CB" w14:textId="1E6184E4" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1464956031"/>
                 <w:placeholder>
                   <w:docPart w:val="D858F55B4C8B4A1CB785A76DDCB07C92"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7498CD1B" w14:textId="7DFD398F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="7498CD1B" w14:textId="7DFD398F" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1082129502"/>
                 <w:placeholder>
                   <w:docPart w:val="E3E9E91486F84BCFB15D09F0FA26A2BB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="25018743" w14:textId="45BCA85F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="25018743" w14:textId="45BCA85F" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-509295176"/>
                 <w:placeholder>
                   <w:docPart w:val="CFBA1781ED5B49E79B2C931FB71202F0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46AED1F5" w14:textId="0B9458AA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="46AED1F5" w14:textId="0B9458AA" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1590694359"/>
                 <w:placeholder>
                   <w:docPart w:val="72F31672394742D887B6B7AB61114F3E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB97BD2" w14:textId="15FA41A6" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="3BB97BD2" w14:textId="15FA41A6" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1285459271"/>
                 <w:placeholder>
                   <w:docPart w:val="3639FBA3523C47D4A5EBAE6F3EB083A4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="0192512A" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="0192512A" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="337AF620" w14:textId="53D1820E" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="337AF620" w14:textId="53D1820E" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="511809536"/>
                 <w:placeholder>
                   <w:docPart w:val="9A44C7FBA30B46D19278DBFC105D234A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="6B18FB58" w14:textId="76FA4902" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="6B18FB58" w14:textId="76FA4902" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-484786805"/>
                 <w:placeholder>
                   <w:docPart w:val="E34D07C909DC459EA506360F2ED7DD2F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="386F3D14" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="386F3D14" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E870780" w14:textId="0FF43C9F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="1E870780" w14:textId="0FF43C9F" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-562793768"/>
                 <w:placeholder>
                   <w:docPart w:val="AE53837A6B1541DCB854A0281AC8FDE5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D378E2B" w14:textId="0A42F36C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="3D378E2B" w14:textId="0A42F36C" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="426707344"/>
                 <w:placeholder>
                   <w:docPart w:val="802CB3401E49488C89D7D1F54C35139A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1755EB34" w14:textId="2BA64150" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="1755EB34" w14:textId="2BA64150" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1338425305"/>
                 <w:placeholder>
                   <w:docPart w:val="67317FF7193B46398884C524EDE6730D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="562CECBA" w14:textId="646F1AA0" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="562CECBA" w14:textId="646F1AA0" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1034728823"/>
                 <w:placeholder>
                   <w:docPart w:val="3239BA3674894F08BCE336669EC8918C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00D44868" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="14827650" w14:textId="4B9AF1EA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="14827650" w14:textId="4B9AF1EA" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="18284425"/>
                 <w:placeholder>
                   <w:docPart w:val="47B8EE5703E94BCDA1476DA35CD64533"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C018D43" w14:textId="5082E08E" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="6C018D43" w14:textId="5082E08E" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2126420722"/>
                 <w:placeholder>
                   <w:docPart w:val="9D021F1594C344E882E08F225F965002"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12953802" w14:textId="60E2D88B" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="12953802" w14:textId="60E2D88B" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1049039073"/>
                 <w:placeholder>
                   <w:docPart w:val="BDBCBCE1216D4BCDAC2BE88BFFA59346"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="2C5240ED" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="2C5240ED" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C420223" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="3C420223" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1605919521"/>
                 <w:placeholder>
                   <w:docPart w:val="2D69A4F7EA474F2F81043487E7707E43"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71CB4FFA" w14:textId="21047B74" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="71CB4FFA" w14:textId="21047B74" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1460136727"/>
                 <w:placeholder>
                   <w:docPart w:val="2E3B0B2314F04C5F8EE675CAC040AE7C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1FC82D06" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="1FC82D06" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D73F4C0" w14:textId="7C540ECD" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="5D73F4C0" w14:textId="7C540ECD" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="406189849"/>
                 <w:placeholder>
                   <w:docPart w:val="CF5DE261A6AE450E8E1FD9F58C05A7B1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44816515" w14:textId="473FB8EB" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="44816515" w14:textId="473FB8EB" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1094934461"/>
                 <w:placeholder>
                   <w:docPart w:val="67B6F8A157F14751852A4E17F01C76DC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="330FAFB8" w14:textId="613A6F64" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="330FAFB8" w14:textId="613A6F64" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1281180812"/>
                 <w:placeholder>
                   <w:docPart w:val="564C19D1085146DCAC8F9E3448AE6187"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD4FE8E" w14:textId="0E5D5D46" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="7BD4FE8E" w14:textId="0E5D5D46" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1971190521"/>
                 <w:placeholder>
                   <w:docPart w:val="ACC335E418D54FD6BE6A92B87AC7D371"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00D44868" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="35369030" w14:textId="1F09E1C6" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="35369030" w14:textId="1F09E1C6" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2046940232"/>
                 <w:placeholder>
                   <w:docPart w:val="C5AD522757884230B788C1887166F078"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09464BFF" w14:textId="09637BE3" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="09464BFF" w14:textId="09637BE3" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1932423419"/>
                 <w:placeholder>
                   <w:docPart w:val="690698F2D8C745A482AE4C0C0A134FAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DE1ED8" w14:textId="563EB420" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="68DE1ED8" w14:textId="563EB420" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-519393084"/>
                 <w:placeholder>
                   <w:docPart w:val="9839805FD25045D784D7C84469C4D767"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="13B27C5A" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="13B27C5A" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5658EE41" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="5658EE41" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1082909413"/>
                 <w:placeholder>
                   <w:docPart w:val="ADC9F8E8BF0E488C9E98DE9F90F0DBA8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DB2C563" w14:textId="4C11CDE8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="6DB2C563" w14:textId="4C11CDE8" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1446994220"/>
                 <w:placeholder>
                   <w:docPart w:val="A2F30F889215478C8C1A56A1B9F4D929"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="7E4B48D1" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="7E4B48D1" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="293582D2" w14:textId="0AE26275" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="293582D2" w14:textId="0AE26275" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="777921047"/>
                 <w:placeholder>
                   <w:docPart w:val="15F79B2F152F4EB49C3BB168B702D69D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E886BD" w14:textId="2DC9DB8A" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="04E886BD" w14:textId="2DC9DB8A" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1938360101"/>
                 <w:placeholder>
                   <w:docPart w:val="61FE39A091E14741A82B6FC01C28C3CE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6785A8F8" w14:textId="3DE3F75D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="6785A8F8" w14:textId="3DE3F75D" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1352250224"/>
                 <w:placeholder>
                   <w:docPart w:val="1A37C6A69D6D46DF8AC3C8B7950E655D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB027A9" w14:textId="1C8BF5C0" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="0DB027A9" w14:textId="1C8BF5C0" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1569177896"/>
                 <w:placeholder>
                   <w:docPart w:val="D9633DAF996D480884A56D4B0DFB056A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00D44868" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="39EE31A5" w14:textId="685F9BEA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="39EE31A5" w14:textId="685F9BEA" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-436524529"/>
                 <w:placeholder>
                   <w:docPart w:val="2403FB4062FB40C09E235F6DDC8BCF6E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01F36A13" w14:textId="40105E76" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="01F36A13" w14:textId="40105E76" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-768088919"/>
                 <w:placeholder>
                   <w:docPart w:val="6F16A92AB64C45F9A748933A265E75E5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72391A4A" w14:textId="7BF9F1DF" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="72391A4A" w14:textId="7BF9F1DF" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="615338281"/>
                 <w:placeholder>
                   <w:docPart w:val="965820D826AD4CCFBD3DC3007513A97E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="5FED72AE" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="5FED72AE" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB94AC2" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="4DB94AC2" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1916384244"/>
                 <w:placeholder>
                   <w:docPart w:val="4893A26B3D0E4FF9A7AE228FE77A17D0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A519409" w14:textId="47613FE2" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="1A519409" w14:textId="47613FE2" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2030140857"/>
                 <w:placeholder>
                   <w:docPart w:val="BCCF6FF6EFD5417DA5471641563989D3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="46A8D2FE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="46A8D2FE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55B33D2E" w14:textId="26BD47AA" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="55B33D2E" w14:textId="26BD47AA" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1713413169"/>
                 <w:placeholder>
                   <w:docPart w:val="3489E183CB8C4D9CAA25AF060A40F3E1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583EDE8F" w14:textId="7B6FC6B9" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="583EDE8F" w14:textId="7B6FC6B9" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="604228805"/>
                 <w:placeholder>
                   <w:docPart w:val="47B4CC19F7204CF2A7AFA1EBDB89E9F3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EECED69" w14:textId="163EBF26" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="7EECED69" w14:textId="163EBF26" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="79879114"/>
                 <w:placeholder>
                   <w:docPart w:val="3B59CCE7E67A4680AB5907A50FD0A53F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625CD0B3" w14:textId="5C773F8C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="625CD0B3" w14:textId="5C773F8C" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-549226057"/>
                 <w:placeholder>
                   <w:docPart w:val="9789B9E05A4D451D996EE3F5B2D9EABE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00D44868" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1DBF5119" w14:textId="41A08A4F" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="1DBF5119" w14:textId="41A08A4F" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1339890528"/>
                 <w:placeholder>
                   <w:docPart w:val="1FF76B1CB2744AC28AFCDC288332B3C3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F96FF67" w14:textId="4B0ACBF4" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="4F96FF67" w14:textId="4B0ACBF4" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1923295290"/>
                 <w:placeholder>
                   <w:docPart w:val="F3FBA938A63844D8B8F79609D356BEE0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED0EBA8" w14:textId="748C4891" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="6ED0EBA8" w14:textId="748C4891" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="58215304"/>
                 <w:placeholder>
                   <w:docPart w:val="AB5BF7A7DB3C4ACF822A215395A9C033"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="758099C4" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="758099C4" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6A6D23" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="3E6A6D23" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1500777541"/>
                 <w:placeholder>
                   <w:docPart w:val="CB87525D3645497F982BA52DCCF07AB1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70DEA701" w14:textId="226A0150" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="70DEA701" w14:textId="226A0150" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="181715525"/>
                 <w:placeholder>
                   <w:docPart w:val="5B0EB8A09DF743EC8F634A77DB06132F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="28B9D769" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="28B9D769" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C89AF55" w14:textId="4A56BDF8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="7C89AF55" w14:textId="4A56BDF8" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="434559181"/>
                 <w:placeholder>
                   <w:docPart w:val="7988C9019E0C4BC2905821D907DECA23"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49184810" w14:textId="4EBE2D6C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="49184810" w14:textId="4EBE2D6C" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2445097"/>
                 <w:placeholder>
                   <w:docPart w:val="368036ECA17243CCBF278E19AF701BA0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43917524" w14:textId="51E47CD8" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="43917524" w14:textId="51E47CD8" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-171727634"/>
                 <w:placeholder>
                   <w:docPart w:val="8A8339996E994ED9BD72DE27BB3002BE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E47AC10" w14:textId="69105F26" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="3E47AC10" w14:textId="69105F26" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-823896221"/>
                 <w:placeholder>
                   <w:docPart w:val="BDE917F5AAB0464AA599746E4CA35AB3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00D44868" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5EA0AE50" w14:textId="042B750D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="5EA0AE50" w14:textId="042B750D" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="983129250"/>
                 <w:placeholder>
                   <w:docPart w:val="915B7C08534541DEAE9CE5E2E5FB1289"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="554C1E5C" w14:textId="65AACDAF" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="554C1E5C" w14:textId="65AACDAF" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1535107653"/>
                 <w:placeholder>
                   <w:docPart w:val="752F40CE28AD4154AB6EF6EE7855792F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64358D74" w14:textId="59AB5B19" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="64358D74" w14:textId="59AB5B19" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1440411041"/>
                 <w:placeholder>
                   <w:docPart w:val="97820A7045F84993AD4FEFB2A8BEAE14"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008441B3" w:rsidRPr="005B0776" w14:paraId="10D9CFE9" w14:textId="77777777" w:rsidTr="00E942FC">
+      <w:tr w:rsidR="008441B3" w:rsidRPr="003C4929" w14:paraId="10D9CFE9" w14:textId="77777777" w:rsidTr="00E942FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5434829E" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="5434829E" w14:textId="77777777" w:rsidR="00E942FC" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1150205398"/>
                 <w:placeholder>
                   <w:docPart w:val="95F3966C334642019EF871D584308A20"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+            <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D5FCD57" w14:textId="7FB4A45E" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
+          <w:p w14:paraId="1D5FCD57" w14:textId="7FB4A45E" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="00E942FC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2099931867"/>
                 <w:placeholder>
                   <w:docPart w:val="6CBAF9C4D64242A981B953EEAF50116F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="7F554FEE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="005643A9">
+          <w:p w14:paraId="7F554FEE" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B0776">
+            <w:r w:rsidRPr="003C4929">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email (optional):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06E848B0" w14:textId="27240E79" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="06E848B0" w14:textId="27240E79" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1557669297"/>
                 <w:placeholder>
                   <w:docPart w:val="C5A48BFC7516467195C17E75BF22DE5F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183938B8" w14:textId="16C819DE" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="183938B8" w14:textId="16C819DE" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="510802471"/>
                 <w:placeholder>
                   <w:docPart w:val="1002612FE6894A8C8CC4294473096107"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Lecturer" w:value="Lecturer"/>
                   <w:listItem w:displayText="Senior lecturer" w:value="Senior lecturer"/>
                   <w:listItem w:displayText="Assoc. prof." w:value="Assoc. prof."/>
                   <w:listItem w:displayText="Prof." w:value="Prof."/>
                   <w:listItem w:displayText="Prof. am." w:value="Prof. am."/>
                   <w:listItem w:displayText="Phd-Industry" w:value="Phd-Industry"/>
                   <w:listItem w:displayText="Architect" w:value="Architect"/>
                   <w:listItem w:displayText="Senior adjunct" w:value="Senior adjunct"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005149FD" w:rsidRPr="005B0776">
+                <w:r w:rsidR="005149FD" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6641A7D5" w14:textId="65420B89" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="6641A7D5" w14:textId="65420B89" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="837418777"/>
                 <w:placeholder>
                   <w:docPart w:val="8EE69E874535458B942AD3BA9843D26A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD09108" w14:textId="0D9B40AD" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="7FD09108" w14:textId="0D9B40AD" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-684131881"/>
                 <w:placeholder>
                   <w:docPart w:val="07A046D02CED4FE7817A3FB2C4677790"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Main advisor" w:value="Main advisor"/>
                   <w:listItem w:displayText="Co-advisor" w:value="Co-advisor"/>
                   <w:listItem w:displayText="Consultant" w:value="Consultant"/>
                   <w:listItem w:displayText="Other; Please specify" w:value="Other; Please specify"/>
                   <w:listItem w:displayText="No connection" w:value="No connection"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D44868" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00D44868" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="7F58ED5E" w14:textId="4C66B5D2" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="7F58ED5E" w14:textId="4C66B5D2" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-376007804"/>
                 <w:placeholder>
                   <w:docPart w:val="FA0EBF58905D433997E4F3D8B3296CFE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11972CF5" w14:textId="0BCA6F0D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="11972CF5" w14:textId="0BCA6F0D" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-778573181"/>
                 <w:placeholder>
                   <w:docPart w:val="8E544C775F5D4865AA067BE8356CAE3E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA46594" w14:textId="1009BA4C" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="00030EEB" w:rsidP="005643A9">
+          <w:p w14:paraId="6FA46594" w14:textId="1009BA4C" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="007A1E88" w:rsidP="005643A9">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-386495535"/>
                 <w:placeholder>
                   <w:docPart w:val="1E9583831E6E42FE876EC89FE8B36F67"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+                <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:color w:val="747474"/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F09DBEA" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="0F09DBEA" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08465150" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="08465150" w14:textId="77777777" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">The committee confirms that there is an overlap between the examiners' areas of expertise and the PhD proposal field, and that they have given their consent to serve as examiners. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAA3179" w14:textId="1BD705A2" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="0CAA3179" w14:textId="1BD705A2" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">In case the chair of the examiners committee is not the main advisor, the chair of the committee will be: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1231418629"/>
           <w:placeholder>
             <w:docPart w:val="FF1BA5F75EFB46FBA5C7020E9D1DF9F8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7838A667" w14:textId="4F32778D" w:rsidR="008441B3" w:rsidRPr="005B0776" w:rsidRDefault="008441B3" w:rsidP="008441B3">
+    <w:p w14:paraId="7838A667" w14:textId="4F32778D" w:rsidR="008441B3" w:rsidRPr="003C4929" w:rsidRDefault="008441B3" w:rsidP="008441B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+      <w:r w:rsidR="00E942FC" w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1156991374"/>
           <w:placeholder>
             <w:docPart w:val="FBEFA55143B444018E8BA54641417FFC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E942FC" w:rsidRPr="005B0776">
+          <w:r w:rsidR="00E942FC" w:rsidRPr="003B492F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="747474"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005B0776">
+      <w:r w:rsidRPr="003C4929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Dept. vice dean signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="-1930491786"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A7153" w:rsidRPr="005B0776">
+          <w:r w:rsidR="005A7153" w:rsidRPr="003C4929">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BEADC6F" wp14:editId="524840AE">
                 <wp:extent cx="961390" cy="344141"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="692425056" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="692425056" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
@@ -9225,61 +9572,61 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001E4044" w:rsidRPr="005B0776" w:rsidSect="005A48C6">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0970B0C5" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
+    <w:p w14:paraId="55680044" w14:textId="77777777" w:rsidR="007A1E88" w:rsidRDefault="007A1E88" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B1CC776" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
+    <w:p w14:paraId="383EFEA8" w14:textId="77777777" w:rsidR="007A1E88" w:rsidRDefault="007A1E88" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9745,61 +10092,61 @@
                   <w:p w14:paraId="386BC849" w14:textId="342A210D" w:rsidR="00E75A46" w:rsidRPr="0020607E" w:rsidRDefault="00E75A46" w:rsidP="00E75A46">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BD9E919" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
+    <w:p w14:paraId="7FA724FD" w14:textId="77777777" w:rsidR="007A1E88" w:rsidRDefault="007A1E88" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B186D1A" w14:textId="77777777" w:rsidR="00643812" w:rsidRDefault="00643812" w:rsidP="0055655F">
+    <w:p w14:paraId="0854C21D" w14:textId="77777777" w:rsidR="007A1E88" w:rsidRDefault="007A1E88" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="45CC19F8" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00D72E6A" w:rsidP="00284391">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B6310A8" wp14:editId="6EDD4427">
           <wp:simplePos x="0" y="0"/>
@@ -10271,180 +10618,187 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1716273462">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1074083806">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="O4Lyn9Uyjtnbz7vkR2dLGhdVf2XDj7K4V1q6W6rtjDNxuLQpvpE/MsfXr4s2vBVH5O6U2KPFk/zVKsbQMhg3vA==" w:salt="BMXWSgTH3ANCXdZn3NSDCw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Nzd8zLmGezbxGq+3UBY1fvTPecFVyHwhcjrWm3v5uY0pfA/ukd7Z+cXaESCbtPODNjowUO9eFqDLtmSXC7UXLA==" w:salt="x0eVfp7OBg4TkdgjlMgZKg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="00001ABC"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00025862"/>
     <w:rsid w:val="00030EEB"/>
+    <w:rsid w:val="00041031"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="00067CEB"/>
+    <w:rsid w:val="00092EEA"/>
     <w:rsid w:val="000D7FA2"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="001242E6"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="0014274E"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="00183430"/>
     <w:rsid w:val="00184107"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="0019559A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001E4044"/>
     <w:rsid w:val="001F22D9"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00230E3B"/>
     <w:rsid w:val="00231C04"/>
     <w:rsid w:val="0027458E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="002C763C"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="0033282E"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00357F26"/>
     <w:rsid w:val="003676B1"/>
     <w:rsid w:val="0037587C"/>
     <w:rsid w:val="00380C9C"/>
+    <w:rsid w:val="003B492F"/>
+    <w:rsid w:val="003C4929"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00416E05"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="005149FD"/>
     <w:rsid w:val="00543160"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="00557C36"/>
     <w:rsid w:val="005A48C6"/>
     <w:rsid w:val="005A7153"/>
     <w:rsid w:val="005B0776"/>
     <w:rsid w:val="005C1B8D"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00636F19"/>
     <w:rsid w:val="00643812"/>
     <w:rsid w:val="0065543A"/>
     <w:rsid w:val="006B4021"/>
     <w:rsid w:val="0072244E"/>
     <w:rsid w:val="007955D0"/>
+    <w:rsid w:val="00795EB5"/>
     <w:rsid w:val="007A075D"/>
+    <w:rsid w:val="007A1E88"/>
     <w:rsid w:val="007D019F"/>
     <w:rsid w:val="00802835"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008263EC"/>
     <w:rsid w:val="0083418E"/>
     <w:rsid w:val="008441B3"/>
     <w:rsid w:val="00851DA9"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008C34BA"/>
     <w:rsid w:val="008D78A3"/>
     <w:rsid w:val="009328DD"/>
     <w:rsid w:val="00954FAE"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D2CA5"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A21EE9"/>
     <w:rsid w:val="00A400DA"/>
     <w:rsid w:val="00A866EB"/>
     <w:rsid w:val="00AC054D"/>
     <w:rsid w:val="00B07014"/>
     <w:rsid w:val="00B17B53"/>
     <w:rsid w:val="00B21C68"/>
     <w:rsid w:val="00B25781"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B449B3"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BC7939"/>
     <w:rsid w:val="00BD624E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C030B0"/>
     <w:rsid w:val="00C43CEC"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CD5019"/>
     <w:rsid w:val="00D033A4"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D44868"/>
     <w:rsid w:val="00D50920"/>
     <w:rsid w:val="00D57D58"/>
     <w:rsid w:val="00D72E6A"/>
     <w:rsid w:val="00D739AD"/>
     <w:rsid w:val="00D8040B"/>
+    <w:rsid w:val="00E04020"/>
     <w:rsid w:val="00E13778"/>
     <w:rsid w:val="00E23E4C"/>
     <w:rsid w:val="00E25231"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E54F72"/>
     <w:rsid w:val="00E62FCE"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E942FC"/>
     <w:rsid w:val="00EA6CCC"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EB3974"/>
     <w:rsid w:val="00ED13EF"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F15829"/>
     <w:rsid w:val="00F335CB"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F72FB2"/>
     <w:rsid w:val="00FA2384"/>
     <w:rsid w:val="00FA4FAC"/>
     <w:rsid w:val="00FC2B6D"/>
     <w:rsid w:val="00FC4745"/>
     <w:rsid w:val="00FC600D"/>
     <w:rsid w:val="00FD683F"/>
@@ -15733,53 +16087,57 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E97DC0"/>
+    <w:rsid w:val="00041031"/>
+    <w:rsid w:val="00092EEA"/>
+    <w:rsid w:val="000978A9"/>
     <w:rsid w:val="00230E3B"/>
     <w:rsid w:val="00543160"/>
     <w:rsid w:val="0059572A"/>
+    <w:rsid w:val="00676B9F"/>
     <w:rsid w:val="009D2CA5"/>
     <w:rsid w:val="00E97DC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -18578,75 +18936,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1248</Words>
-  <Characters>5118</Characters>
+  <Words>950</Words>
+  <Characters>5416</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>284</Lines>
-  <Paragraphs>219</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6147</CharactersWithSpaces>
+  <CharactersWithSpaces>6354</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>34c1a1dd-60f2-4267-99fc-c3195d2093d7</vt:lpwstr>