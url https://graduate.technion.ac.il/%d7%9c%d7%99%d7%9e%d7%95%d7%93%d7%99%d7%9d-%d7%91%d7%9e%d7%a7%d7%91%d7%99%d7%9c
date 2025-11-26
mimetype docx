--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,5777 +1,5360 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="26E5CC92" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...3 lines deleted...]
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="26E5CC92" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...13 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בקשה ללימודים במקביל</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E5C173" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="013B2C67" w14:textId="6E1C0EA0" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">הטופס מנוסח בלשון זכר אך הוא מתייחס לנשים וגברים כאחד ולשון נקבה גם לשון זכר במשתמע ולהפך </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013B2C67" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...10 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="120D4337" w14:textId="77777777" w:rsidR="00CC020F" w:rsidRPr="00CC020F" w:rsidRDefault="00CC020F" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="562313CE" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...19 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="562313CE" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לתשומת לבך:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABB9C02" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="1ABB9C02" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...14 lines deleted...]
-        <w:t>את הבקשה יש לצרף לערכת הרישום.</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יש להגיש בקשה זו במקביל להגשת המועמדות ללימודים באתר בית הספר לתארים מתקדמים. את הבקשה יש לצרף לערכת הרישום.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5CB352" w14:textId="6B0A8DE3" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="2A5CB352" w14:textId="6B0A8DE3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>יש לקרוא בעיון את המידע באתר ביה"ס בנושא  "</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:t>לימודים במקביל הסמכה (</w:t>
         </w:r>
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:rtl/>
           </w:rPr>
           <w:t>תואר ראשון</w:t>
         </w:r>
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:t>) – תארים מתקדמים</w:t>
         </w:r>
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:t xml:space="preserve"> (</w:t>
         </w:r>
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:rtl/>
           </w:rPr>
           <w:t>תואר שני</w:t>
         </w:r>
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:rtl/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41582C47" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="41582C47" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>יש למלא בטופס את כל הפרטים הנדרשים. בקשה שתוגש עם מידע חסר, לא תטופל!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA77150" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="6EA77150" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28B2FBE1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...19 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="28B2FBE1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטים אישיים:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7575BD47" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="7575BD47" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r w:rsidRPr="007E49B2">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם משפחה: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text2"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="30"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="007E49B2">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם פרטי:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text3"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="007E49B2">
-[...29 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">      מספר ת.ז: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Text4"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="007E49B2">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">מספר טלפון נייד:  </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">      כתובת דוא"ל: </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EB4521" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="40EB4521" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אני לומד בתכנית לימודים מיוחדת (כגון: ברקים; פסגות מדעי המחשב; סילון וכו'): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC7D20A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="1CC7D20A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="502021247"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="007E49B2">
+          <w:r w:rsidRPr="00CC020F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> כן -  נא לציין את שם התכנית </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">   /    </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="764039516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="007E49B2">
+          <w:r w:rsidRPr="00CC020F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> לא    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D19550" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="38D19550" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B59E312" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="5B59E312" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:t>פרטי הבקשה:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">פרטי </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>הבקשה:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22690E8B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="22690E8B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">פקולטה / יחידה האקדמית אליה אני נרשם ללימודי תואר השני:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Text6"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="007E49B2">
-[...29 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> החל מסמסטר:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Text8"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="335FBEA4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="335FBEA4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אגיש בקשה לקבלת מלגה פקולטית במנות: </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1150279581"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="007E49B2">
+          <w:r w:rsidRPr="00CC020F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> כן </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="818621138"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="007E49B2">
+          <w:r w:rsidRPr="00CC020F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> לא. אם הנך מעוניין להיות מלגאי, יש לשלוח טופס זה גם למדור מלגות בביה"ס בכתובת:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>gradscholarships@technion.ac.il</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>בנוסף</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> להוספתו לערכת הרישום.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2172BD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="7B2172BD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">פקולטה / יחידה האקדמית בה אני לומד כעת לתואר ראשון:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Text7"/>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4D3BC2B5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="4D3BC2B5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">תאריך משוער לסיום התואר הראשון:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A971F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="08A971F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מספר נקודות הדרישה </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t>הכולל</w:t>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+        <w:t xml:space="preserve">הכולל </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">אליהן אני מחויב בלימודי התואר הראשון לצורך סגירת התואר:   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678522BC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="678522BC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מספר נקודות הדרישה </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>החסרות לי כעת</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> לצורך סגירת התואר הראשון:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79926D9F" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="79926D9F" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">סה"כ נקודות הלימוד שאני מתכנן ללמוד במהלך תקופת הלימודים במקביל (תואר ראשון ושני):  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0184591D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="0184591D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אבקש ללמוד </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1560518371"/>
           <w:placeholder>
             <w:docPart w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="בחר "/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="007E49B2">
+          <w:r w:rsidRPr="00CC020F">
             <w:rPr>
-              <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> סמסטר/ים במקביל.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5B53D3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="4D5B53D3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43AB9886" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="43AB9886" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29072DF0" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="29072DF0" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="137A2130" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="137A2130" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F57EF7A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="0933DD6D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B8AE845" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="25C247CF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>לו"ז משוער לתקופת הלימודים במקביל:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1AFD8DD0" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...44 lines deleted...]
-    <w:p w14:paraId="2949A64B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="2949A64B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-766"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="097D59C6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="097D59C6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">קורסים שאלמד בלימודי הסמכה (תואר ראשון) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>לצורך סיום צבירת נקודות הדרישה לסגירת התואר הראשון</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>. במידה ואינך יודע כעת את פרטי הקורס/ים, אנא ציין את היקף הנקודות אותן תלמד, פר סמסטר:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E9C232" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28E9C232" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:bidiVisual/>
         <w:tblW w:w="9005" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="קורסי הסמכה"/>
         <w:tblDescription w:val="הקורסים שהסטודנט ילמד בתקופת הלימודים במקביל"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1920"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="6E647012" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="6E647012" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACBB3A9" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="2ACBB3A9" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מס' הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63B81669" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="63B81669" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2840A6F1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="2840A6F1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman" w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>נקודות</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53513B80" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="53513B80" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="20B14AD4" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="20B14AD4" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1843232856"/>
             <w:placeholder>
               <w:docPart w:val="F982D006E9814C5FB8DD801B8ECEDCCA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1E2C42D3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="1E2C42D3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1288811420"/>
             <w:placeholder>
               <w:docPart w:val="47357C1DA6044897B6520E6971402132"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="230C5BDD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="230C5BDD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1348629226"/>
             <w:placeholder>
               <w:docPart w:val="58C24771618D47E388520BE5D0A33085"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2C2D0481" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="2C2D0481" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-284272345"/>
             <w:placeholder>
               <w:docPart w:val="55452C10066E457A84FD0AE6AE5F7F32"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="56128CD2" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="56128CD2" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="4BAFFEB9" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="4BAFFEB9" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1394704782"/>
             <w:placeholder>
               <w:docPart w:val="B70D0CCE1ED24C34B6F0E43406EA44EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4C906821" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="4C906821" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="2102680900"/>
             <w:placeholder>
               <w:docPart w:val="7210CFBF21D14274929BAEAF972C307F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5AF78DE8" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="5AF78DE8" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1487669528"/>
             <w:placeholder>
               <w:docPart w:val="0D3054BF13AB408BAFC31FDAEEE74FEB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="660BE7E7" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="660BE7E7" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="454843047"/>
             <w:placeholder>
               <w:docPart w:val="8E3C57B8AAB5471BBD0EE55723C46288"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="71CC74F6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="71CC74F6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="1B238A18" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="1B238A18" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-66110110"/>
             <w:placeholder>
               <w:docPart w:val="0E77259236874973828575118A054DA1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="39CBD4B3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="39CBD4B3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="464013343"/>
             <w:placeholder>
               <w:docPart w:val="933E9053C08B41E9AA6A4219E002203E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5BABBA88" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="5BABBA88" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="594442396"/>
             <w:placeholder>
               <w:docPart w:val="06AD55AA10F94C58803C751299682F19"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="661FD5A3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="661FD5A3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1641074018"/>
             <w:placeholder>
               <w:docPart w:val="D2C49542B75B469AAD0FC5B51F39177A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6E53AD12" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="6E53AD12" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="1EDEF355" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="1EDEF355" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-897666578"/>
             <w:placeholder>
               <w:docPart w:val="822B34A7CF124B61ABB4B676F540E6BA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="3D758C9E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="3D758C9E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1544331853"/>
             <w:placeholder>
               <w:docPart w:val="1C6B5BEBA79142E88BBF5F66535E5FB5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="61A05154" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="61A05154" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1034885635"/>
             <w:placeholder>
               <w:docPart w:val="3BFE09B6A97346E5AEC888AF6B830CBB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5E5CEBBD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="5E5CEBBD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="2125811776"/>
             <w:placeholder>
               <w:docPart w:val="295427D13AA14E14BE9EBF942220D20C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2DCCA4E7" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="2DCCA4E7" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="4C1F1C1B" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="4C1F1C1B" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1135407322"/>
             <w:placeholder>
               <w:docPart w:val="2AB1B9C6DE524C0EB74D1F0DEDA749E6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6A29CD4E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="6A29CD4E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1628051858"/>
             <w:placeholder>
               <w:docPart w:val="2CB0D8F81B9F4D4B8B5DF3F09CCBD355"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="60B629D6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="60B629D6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="847294203"/>
             <w:placeholder>
               <w:docPart w:val="C925CB4B26A94CE19E04F734FE47825F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="476FE44A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="476FE44A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="701904358"/>
             <w:placeholder>
               <w:docPart w:val="5BC4C24C96604F8E9452DBF5C258F6BB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2A95B3CA" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="2A95B3CA" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="7C14EB67" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="7C14EB67" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1603799211"/>
             <w:placeholder>
               <w:docPart w:val="B89A0C789BE242D7AF020BDDC86F1B02"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="60861BD6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="60861BD6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-754128550"/>
             <w:placeholder>
               <w:docPart w:val="ECC25A146E83450EBE2BD6DF9DA7C18F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="13E6CD64" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="13E6CD64" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1771228889"/>
             <w:placeholder>
               <w:docPart w:val="525988FD516F4BCAA718547AB76F9A09"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="18623758" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="18623758" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-89240669"/>
             <w:placeholder>
               <w:docPart w:val="D1DB65388026415EAAED77B1EB72FC45"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0AF1DF6C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="0AF1DF6C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4997BEF6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="4997BEF6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBB774E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="6DBB774E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47B0F5AE" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="47B0F5AE" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AA229D6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="7AA229D6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4511E3A0" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="2616853C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AA9615C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...69 lines deleted...]
-    <w:p w14:paraId="4BDCD61C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="4BDCD61C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">קורסים שאלמד </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>מעבר לנקודות הנדרשות לצורך סגירת התואר הראשון</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> קורסים של לימודי הסמכה ו / או קורס ברמת משותף ו / או קורסים של תארים מתקדמים. </w:t>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – קורסים של לימודי הסמכה ו / או קורס ברמת משותף ו / או קורסים של תארים מתקדמים. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720EC3DD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="720EC3DD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>במידה ואינך יודע כעת את פרטי הקורס/ים, אנא ציין את היקף הנקודות אותן תלמד, פר סמסטר:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7CF15E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="3B7CF15E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:bidiVisual/>
         <w:tblW w:w="9005" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1920"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="3E50A5E0" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="3E50A5E0" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43447532" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="43447532" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מס' הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3450D508" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="3450D508" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0973E4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="1C0973E4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman" w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>נקודות</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31AFBF74" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+          <w:p w14:paraId="31AFBF74" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E49B2">
+            <w:r w:rsidRPr="00CC020F">
               <w:rPr>
-                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="111982C5" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="111982C5" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-2100787994"/>
             <w:placeholder>
               <w:docPart w:val="D4C604236FEE45048DF3EBA59D21FAE4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="36F848F5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="36F848F5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-855970405"/>
             <w:placeholder>
               <w:docPart w:val="7B54E1E6788C4E75B099D9B98E62F663"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6E13BCE3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="6E13BCE3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1161234509"/>
             <w:placeholder>
               <w:docPart w:val="6A3DE3E640F0429BAD8D8465FD3B53AD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="06424129" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="06424129" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-103807957"/>
             <w:placeholder>
               <w:docPart w:val="718C8E5459EA4481B8BBEE1278169192"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="36CA7C90" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="36CA7C90" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="5B18D45A" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="5B18D45A" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="835040111"/>
             <w:placeholder>
               <w:docPart w:val="FBBA65E3549F4960B891330CD3FBF4BD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1ABA8CF8" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="1ABA8CF8" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-41912317"/>
             <w:placeholder>
               <w:docPart w:val="826A52D533CC4853A166584C68AE065D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="01BED1ED" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="01BED1ED" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1498997184"/>
             <w:placeholder>
               <w:docPart w:val="F2E6E377C0874F6EA74314F83C33096C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="10881DAF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="10881DAF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-127777998"/>
             <w:placeholder>
               <w:docPart w:val="53827D45304C4215B90530D227B0CAA2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="50E778F9" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="50E778F9" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="65E4A1D0" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="65E4A1D0" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="840276429"/>
             <w:placeholder>
               <w:docPart w:val="257E541328F94E59947B250CE2C285F5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6297701D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="6297701D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1696691700"/>
             <w:placeholder>
               <w:docPart w:val="0386A61D284642D2B543C3C78E717C14"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="66B4E632" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="66B4E632" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1124969303"/>
             <w:placeholder>
               <w:docPart w:val="9E8CD5D7B36E46D780E11CCAB13E5ADB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="44EFE7F4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="44EFE7F4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1741636021"/>
             <w:placeholder>
               <w:docPart w:val="6245065A41B74C6384491F9036F9BB12"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="42A242AC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="42A242AC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="52AFEA7D" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="52AFEA7D" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1730760288"/>
             <w:placeholder>
               <w:docPart w:val="97851B9841E348EE92C39D25028AEFDC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0F20A6E5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="0F20A6E5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1397438345"/>
             <w:placeholder>
               <w:docPart w:val="02D52EE5674140488ECAF151F55E3609"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="72AF5C1B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="72AF5C1B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-530102199"/>
             <w:placeholder>
               <w:docPart w:val="747950D9BA0A428480E6907ECCE532E8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4C6D6B7F" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="4C6D6B7F" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="2083486652"/>
             <w:placeholder>
               <w:docPart w:val="F212C74CA661448690C50F1166FA4F2C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1CC1D25D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="1CC1D25D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="6C3A247E" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="6C3A247E" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1013727424"/>
             <w:placeholder>
               <w:docPart w:val="F28A33948B584375968F99C23479B272"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="41C399CC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="41C399CC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1596123362"/>
             <w:placeholder>
               <w:docPart w:val="DCBE3BF940E54B52865587BD1FC7C00F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="07EFFF87" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="07EFFF87" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-2116197947"/>
             <w:placeholder>
               <w:docPart w:val="ACA3B0E2EF764B7E8C9BCEA8C31B5730"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1D2A9E69" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="1D2A9E69" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="667681691"/>
             <w:placeholder>
               <w:docPart w:val="1A26AC3504984C06B686EEBA5565292B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="070BD6BF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="070BD6BF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="007E49B2" w14:paraId="5F6416E8" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="5F6416E8" w14:textId="77777777" w:rsidTr="00F01D5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1955853225"/>
             <w:placeholder>
               <w:docPart w:val="24DEA104073A46FAB24B92D3EC8951B0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1920" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0D96DE14" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="0D96DE14" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1631937451"/>
             <w:placeholder>
               <w:docPart w:val="4AE70030B6414FEFB7219BD095519FBC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6FD252BF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="6FD252BF" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-622612720"/>
             <w:placeholder>
               <w:docPart w:val="EBF177EBFF4D403E83F2F3E7EE731CF0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1276" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="72BD4D0A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="72BD4D0A" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="David" w:hAnsi="David"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1346833086"/>
             <w:placeholder>
               <w:docPart w:val="63E58EF2A28744D9AE63F633BD41894A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2265" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="634168F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+              <w:p w14:paraId="634168F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007E49B2">
+                <w:r w:rsidRPr="00CC020F">
                   <w:rPr>
-                    <w:rFonts w:ascii="David" w:eastAsiaTheme="majorEastAsia" w:hAnsi="David" w:cs="Times New Roman"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:color w:val="666666"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DCF99F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="1DCF99F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C400563" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="5F1B6A53" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F1B6A53" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...11 lines deleted...]
-    <w:p w14:paraId="39CAD74E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="39CAD74E" w14:textId="35431944" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...7 lines deleted...]
-        <w:t>מספר נקודות הלימודי שבגינם אגיש "</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מספר נקודות הלימוד שבגינם אגיש "</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="007E49B2">
+        <w:r w:rsidRPr="00CC020F">
           <w:rPr>
-            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
           <w:t>בקשה להכרה בנקודות שנלמדו בטכניון</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">" לצורך קבלת זיכוי בלימודי תארים מתקדמים </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B2AD6B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="22B3B2CC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00D16719">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22B3B2CC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...9 lines deleted...]
-    <w:p w14:paraId="62DEF62D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="6D17CD93" w14:textId="0D3B87D8" w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם פרטי ומשפחה: </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">                         </w:t>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+        <w:t xml:space="preserve">                         תאריך:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:rtl/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="007E49B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...136 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">          חתימה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="871503978"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00D16719">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73DEB594" wp14:editId="73F2E216">
+                <wp:extent cx="1400175" cy="342900"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="417620121" name="תמונה 1" descr="הוסף/י קובץ חתימה"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="417620121" name="תמונה 1" descr="הוסף/י קובץ חתימה"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId10">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1400175" cy="342900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="1E9713C9" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...20 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidSect="008B06F0">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2269" w:right="1558" w:bottom="1843" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="309D33E8" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5402A6A4" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
@@ -5867,51 +5450,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="7" w:name="_Hlk200277248"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk200277249"/>
     <w:bookmarkStart w:id="9" w:name="_Hlk200277263"/>
     <w:bookmarkStart w:id="10" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
@@ -6213,113 +5796,119 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="47431DC6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="4A18DFC8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="524DA43D" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="6F3B9FAE" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -6500,86 +6089,86 @@
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="7"/>
   <w:bookmarkEnd w:id="8"/>
   <w:bookmarkEnd w:id="9"/>
   <w:bookmarkEnd w:id="10"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D6DE92B" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="49CC7FFD" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a3"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="6D2E8BDC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>854075</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>514350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -6673,70 +6262,70 @@
                       <w:t xml:space="preserve">מדור רישום וקבלה                  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t>Registration and Admission Office</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FE5C31" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="70BB91E8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="1F6432E0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>12321</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-451897</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -8697,150 +8286,160 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1555123828">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1633900981">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1963228747">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+y+GPTKZBmbaS/J7aPDCU+7K0xusWtwSMWKriiPMkiCTb95gDIrb8khr+GgAhS3SJM01Z/tdCt5zJ8+eAR90zQ==" w:salt="4rxmcaOCNavWQ12wZdCDRA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PSX6wKHncNN9yrej00Cvl2SZLgXltIDi3l+ZO+5nSGSJKiNDCFHhNqneNcZ876bHrRh64pw5+xwxf88fN3K/aw==" w:salt="T6g+6jC0cbJ+y5wCnDdD9Q=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0009229C"/>
+    <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
     <w:rsid w:val="0013358A"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
+    <w:rsid w:val="00191ABB"/>
     <w:rsid w:val="0019314A"/>
+    <w:rsid w:val="001C3DE6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001E0535"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
+    <w:rsid w:val="00396117"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F2DF7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
+    <w:rsid w:val="0076668B"/>
     <w:rsid w:val="007E49B2"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AD4468"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
+    <w:rsid w:val="00C67AF4"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00C960C7"/>
     <w:rsid w:val="00CB54CF"/>
+    <w:rsid w:val="00CC020F"/>
+    <w:rsid w:val="00CE7A5C"/>
     <w:rsid w:val="00CF6215"/>
+    <w:rsid w:val="00D16719"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FB1947"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE1AA7"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -9240,339 +8839,339 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="כותרת עליונה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="כותרת תחתונה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31CA0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Hebrew" w:hAnsi="Adobe Hebrew" w:cs="Adobe Hebrew"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13977"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A91826"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="כותרת 1 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="כותרת 2 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="גוף טקסט תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="ad">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="007E49B2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
     <w:rsid w:val="007E49B2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Miriam"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -9589,1483 +9188,1483 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="546723877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gradscholarships@technion.ac.il" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%aa%d7%97%d7%9c%d7%aa-%d7%9c%d7%99%d7%9e%d7%95%d7%93%d7%99%d7%9d-%d7%91%d7%9e%d7%a7%d7%91%d7%99%d7%9c-%d7%9c%d7%aa%d7%95%d7%90%d7%a8-%d7%a0%d7%95%d7%a1%d7%a3/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cis.technion.ac.il/wp-content/uploads/The-students-online-application-for-recognition-of-academic-work.-Hebrew-Version.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gradscholarships@technion.ac.il" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%aa%d7%97%d7%9c%d7%aa-%d7%9c%d7%99%d7%9e%d7%95%d7%93%d7%99%d7%9d-%d7%91%d7%9e%d7%a7%d7%91%d7%99%d7%9c-%d7%9c%d7%aa%d7%95%d7%90%d7%a8-%d7%a0%d7%95%d7%a1%d7%a3/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cis.technion.ac.il/wp-content/uploads/The-students-online-application-for-recognition-of-academic-work.-Hebrew-Version.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{44BDBC28-EB13-46F7-B87C-2F56833F03EF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
           </w:pPr>
           <w:r w:rsidRPr="00E43471">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F982D006E9814C5FB8DD801B8ECEDCCA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{42C7B5C9-CFED-4437-9F45-C6F23C274993}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="F982D006E9814C5FB8DD801B8ECEDCCA"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="47357C1DA6044897B6520E6971402132"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F190B843-FEBE-40A1-9316-802984B5FB5B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="47357C1DA6044897B6520E6971402132"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="58C24771618D47E388520BE5D0A33085"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{68AAA02C-D79B-41FB-ACB9-436E2028C2DD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="58C24771618D47E388520BE5D0A33085"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="55452C10066E457A84FD0AE6AE5F7F32"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6998959A-74C9-4F85-8A56-1E3CDF74B931}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="55452C10066E457A84FD0AE6AE5F7F32"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B70D0CCE1ED24C34B6F0E43406EA44EC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{31A66975-02D5-4BE2-8730-29F20EFD6787}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="B70D0CCE1ED24C34B6F0E43406EA44EC"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7210CFBF21D14274929BAEAF972C307F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2AB29EFA-32AD-4AE8-8390-EB4B3FB50BDE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="7210CFBF21D14274929BAEAF972C307F"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0D3054BF13AB408BAFC31FDAEEE74FEB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{317F2ADD-2FA8-47B6-A654-2FDE169F3685}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="0D3054BF13AB408BAFC31FDAEEE74FEB"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8E3C57B8AAB5471BBD0EE55723C46288"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{416E89DB-26A2-40CE-BFF9-26DD1BAF5A6D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="8E3C57B8AAB5471BBD0EE55723C46288"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0E77259236874973828575118A054DA1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7D7DAB65-E737-45EE-B7AD-74777425D90E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="0E77259236874973828575118A054DA1"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="933E9053C08B41E9AA6A4219E002203E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{915E38C2-1E91-4E68-99D8-19B5DEE99E74}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="933E9053C08B41E9AA6A4219E002203E"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06AD55AA10F94C58803C751299682F19"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F927806A-1CC6-4153-8FC1-2E577D949AEF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="06AD55AA10F94C58803C751299682F19"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D2C49542B75B469AAD0FC5B51F39177A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{500B6DD0-A554-4EB2-B5DC-D0683577D830}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="D2C49542B75B469AAD0FC5B51F39177A"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="822B34A7CF124B61ABB4B676F540E6BA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C82A79A-B7C6-4D61-908A-B33FCB89986E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="822B34A7CF124B61ABB4B676F540E6BA"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1C6B5BEBA79142E88BBF5F66535E5FB5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{41DDA095-19AE-49D9-9C70-EF0BCAB6ABD8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="1C6B5BEBA79142E88BBF5F66535E5FB5"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3BFE09B6A97346E5AEC888AF6B830CBB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CDD929F4-19A4-4B1C-B3B5-1B716C72F740}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="3BFE09B6A97346E5AEC888AF6B830CBB"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="295427D13AA14E14BE9EBF942220D20C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FE690C94-5993-4312-92B9-80D01794003F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="295427D13AA14E14BE9EBF942220D20C"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2AB1B9C6DE524C0EB74D1F0DEDA749E6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A2B744D9-57DC-4A63-B39F-9EC6321564AA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="2AB1B9C6DE524C0EB74D1F0DEDA749E6"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2CB0D8F81B9F4D4B8B5DF3F09CCBD355"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2039CFBA-5F89-4495-B8C5-5DEEE96A6048}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="2CB0D8F81B9F4D4B8B5DF3F09CCBD355"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C925CB4B26A94CE19E04F734FE47825F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1D125A91-246A-4C30-9088-6CA780028738}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="C925CB4B26A94CE19E04F734FE47825F"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5BC4C24C96604F8E9452DBF5C258F6BB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DF9030FD-6412-460D-B377-5E2F921F2D2B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="5BC4C24C96604F8E9452DBF5C258F6BB"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B89A0C789BE242D7AF020BDDC86F1B02"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E6C88CF3-A28C-446A-9548-7435FFE32B5E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="B89A0C789BE242D7AF020BDDC86F1B02"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ECC25A146E83450EBE2BD6DF9DA7C18F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3E6AAEF6-A47A-43D1-B859-030DF253D73A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="ECC25A146E83450EBE2BD6DF9DA7C18F"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="525988FD516F4BCAA718547AB76F9A09"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06762C6F-3B7D-45DA-9C7E-13159DC82EE8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="525988FD516F4BCAA718547AB76F9A09"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D1DB65388026415EAAED77B1EB72FC45"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B88507D6-11CB-4507-B566-E7DCA6803B79}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="D1DB65388026415EAAED77B1EB72FC45"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D4C604236FEE45048DF3EBA59D21FAE4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F9327C20-47BD-4E46-B385-2E9B784B83A8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="D4C604236FEE45048DF3EBA59D21FAE4"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7B54E1E6788C4E75B099D9B98E62F663"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D1217D68-8ADB-46CC-A877-42A2359C7CAD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="7B54E1E6788C4E75B099D9B98E62F663"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A3DE3E640F0429BAD8D8465FD3B53AD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DA9E164-DDB6-4E61-824F-B18A9DD40A7E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="6A3DE3E640F0429BAD8D8465FD3B53AD"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="718C8E5459EA4481B8BBEE1278169192"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C1CB6019-9C05-4A49-969A-9D76C1BE9A1C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="718C8E5459EA4481B8BBEE1278169192"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FBBA65E3549F4960B891330CD3FBF4BD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{12D1B66A-08EA-48B8-85DC-A67ED512F6CE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="FBBA65E3549F4960B891330CD3FBF4BD"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="826A52D533CC4853A166584C68AE065D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{45BEFAB4-EBCA-40A6-B172-29019CDFB56D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="826A52D533CC4853A166584C68AE065D"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F2E6E377C0874F6EA74314F83C33096C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3C7F317C-4328-4911-B78E-62CC91182A42}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="F2E6E377C0874F6EA74314F83C33096C"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="53827D45304C4215B90530D227B0CAA2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D710BE9D-D85F-4769-990C-41E1CB350F44}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="53827D45304C4215B90530D227B0CAA2"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="257E541328F94E59947B250CE2C285F5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9EBF6AA5-C0D5-4205-92BE-0543583ECF93}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="257E541328F94E59947B250CE2C285F5"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0386A61D284642D2B543C3C78E717C14"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9E85FE9E-910E-4546-BED9-837D959D5696}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="0386A61D284642D2B543C3C78E717C14"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9E8CD5D7B36E46D780E11CCAB13E5ADB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3109DD6D-887E-4917-9243-440DC8330A90}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="9E8CD5D7B36E46D780E11CCAB13E5ADB"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6245065A41B74C6384491F9036F9BB12"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{69FCBBBB-8221-4B02-80D7-E7D32E3C60E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="6245065A41B74C6384491F9036F9BB12"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="97851B9841E348EE92C39D25028AEFDC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1A29D18F-D2BD-44E9-B2A7-8C8AA61FE875}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="97851B9841E348EE92C39D25028AEFDC"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="02D52EE5674140488ECAF151F55E3609"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D46E22FE-66C9-4B4C-A90C-808F4515B612}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="02D52EE5674140488ECAF151F55E3609"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="747950D9BA0A428480E6907ECCE532E8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{27BF69ED-6A68-43DC-9D26-1698AC4E940D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="747950D9BA0A428480E6907ECCE532E8"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F212C74CA661448690C50F1166FA4F2C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{677828B6-9FE4-4CB8-BE42-261890A5726D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="F212C74CA661448690C50F1166FA4F2C"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F28A33948B584375968F99C23479B272"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{580FD78E-826F-4926-B872-D6A653A8730C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="F28A33948B584375968F99C23479B272"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DCBE3BF940E54B52865587BD1FC7C00F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5B70719F-50D0-4B63-9D86-CDFEF3F2F434}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="DCBE3BF940E54B52865587BD1FC7C00F"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ACA3B0E2EF764B7E8C9BCEA8C31B5730"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{23C4023D-633B-474D-A78B-3CCE723DFC0C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="ACA3B0E2EF764B7E8C9BCEA8C31B5730"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1A26AC3504984C06B686EEBA5565292B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{46108033-E530-4170-8BBE-6B0DEFDEF22B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="1A26AC3504984C06B686EEBA5565292B"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="24DEA104073A46FAB24B92D3EC8951B0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5C797CC6-615F-411B-B364-F0C52233A254}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="24DEA104073A46FAB24B92D3EC8951B0"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4AE70030B6414FEFB7219BD095519FBC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{999DC49D-DF96-40C2-ADA7-D1930488DFCA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="4AE70030B6414FEFB7219BD095519FBC"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EBF177EBFF4D403E83F2F3E7EE731CF0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{29E3D9EC-87DB-4234-B242-04468378E829}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="EBF177EBFF4D403E83F2F3E7EE731CF0"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="63E58EF2A28744D9AE63F633BD41894A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3E40FC80-8716-4C8D-AA01-F9349BE30A02}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
           <w:pPr>
             <w:pStyle w:val="63E58EF2A28744D9AE63F633BD41894A"/>
           </w:pPr>
           <w:r w:rsidRPr="00915805">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -11159,53 +10758,56 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B50550"/>
+    <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="0013358A"/>
+    <w:rsid w:val="001C3DE6"/>
     <w:rsid w:val="003F2DF7"/>
     <w:rsid w:val="006B58DB"/>
+    <w:rsid w:val="0076668B"/>
     <w:rsid w:val="0077246A"/>
     <w:rsid w:val="00966D18"/>
     <w:rsid w:val="00B50550"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -11584,87 +11186,87 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B50550"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA1FF99B29764F5C9B65411CE827BB82">
     <w:name w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
     <w:rsid w:val="00B50550"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F982D006E9814C5FB8DD801B8ECEDCCA">
     <w:name w:val="F982D006E9814C5FB8DD801B8ECEDCCA"/>
     <w:rsid w:val="00B50550"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="47357C1DA6044897B6520E6971402132">
     <w:name w:val="47357C1DA6044897B6520E6971402132"/>
     <w:rsid w:val="00B50550"/>
     <w:pPr>
@@ -12281,70 +11883,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>747</Words>
-  <Characters>3737</Characters>
+  <Words>856</Words>
+  <Characters>3597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>199</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4476</CharactersWithSpaces>
+  <CharactersWithSpaces>4330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>