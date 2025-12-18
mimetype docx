--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -11,104 +11,86 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="26E5CC92" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
-[...1 lines deleted...]
-        <w:pStyle w:val="1"/>
+    <w:p w14:paraId="26E5CC92" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בקשה ללימודים במקביל</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013B2C67" w14:textId="6E1C0EA0" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
-[...19 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="56C01BFC" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRPr="00F7591B" w:rsidRDefault="00F7591B" w:rsidP="00F7591B">
+      <w:pPr>
+        <w:rPr>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="562313CE" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לתשומת לבך:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABB9C02" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
@@ -196,5144 +178,4217 @@
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:rtl/>
           </w:rPr>
           <w:t>תואר שני</w:t>
         </w:r>
         <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:rtl/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41582C47" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="41582C47" w14:textId="052B413D" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>יש למלא בטופס את כל הפרטים הנדרשים. בקשה שתוגש עם מידע חסר, לא תטופל!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA77150" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28B2FBE1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטים אישיים:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7575BD47" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="7575BD47" w14:textId="0D3D3DE7" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">שם משפחה: </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם משפחה:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="656187446"/>
+          <w:placeholder>
+            <w:docPart w:val="5CEB10EFD93446AFA3538C7DA284F44E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00EB7DE8" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...101 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="30"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">שם פרטי:  </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...482 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="502021247"/>
+          <w:id w:val="1184790895"/>
+          <w:placeholder>
+            <w:docPart w:val="0BF83E8281944F0095FC222B30A1F473"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מספר ת.ז:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-2096170084"/>
+          <w:placeholder>
+            <w:docPart w:val="64B60DD019BB4551B3078A79268C9DE6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מספר טלפון נייד:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-290675749"/>
+          <w:placeholder>
+            <w:docPart w:val="AAD5A6879AA045979FADD96176A76ACE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>כתובת דוא"ל:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1147552465"/>
+          <w:placeholder>
+            <w:docPart w:val="EFD6BF5F997C42E193EE935C8ACC7208"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EB4521" w14:textId="46AF1467" w:rsidR="007E49B2" w:rsidRPr="00CC4CBA" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-483"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4CBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אני לומד</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5930" w:rsidRPr="00CC4CBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4CBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> בת</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5930" w:rsidRPr="00CC4CBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ו</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4CBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">כנית לימודים מיוחדת (כגון: ברקים; פסגות מדעי המחשב; סילון וכו'): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC7D20A" w14:textId="2E2F9695" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-483"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="688413424"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00CC020F">
+          <w:r w:rsidR="00AA5930">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E49B2" w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>כן -  נא לציין את שם הת</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ו</w:t>
+      </w:r>
+      <w:r w:rsidR="007E49B2" w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> כן -  נא לציין את שם התכנית </w:t>
+        <w:t>כנית</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1738283818"/>
+          <w:placeholder>
+            <w:docPart w:val="E4337CA1C7C948AB8696C178698FEE1D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E49B2" w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...93 lines deleted...]
-        <w:t xml:space="preserve">   /    </w:t>
+        <w:t xml:space="preserve"> /  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="764039516"/>
+          <w:id w:val="-1417167211"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00CC020F">
+          <w:r w:rsidR="00AA5930">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E49B2" w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> לא    </w:t>
+        <w:t xml:space="preserve">לא    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D19550" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B59E312" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">פרטי </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
-          <w:rStyle w:val="20"/>
+          <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הבקשה:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22690E8B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="22690E8B" w14:textId="7EBF1A99" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">פקולטה / יחידה האקדמית אליה אני נרשם ללימודי תואר השני:  </w:t>
+        <w:t>פקולטה / יחידה האקדמית אליה אני נרשם</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00DD5346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> ללימודי תואר השני:  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Text6"/>
-[...81 lines deleted...]
-      <w:r w:rsidRPr="00CC020F">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="147338044"/>
+          <w:placeholder>
+            <w:docPart w:val="1CE2ABE448A94A8EBEB403E7ACAF3467"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> החל מסמסטר:  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
-[...94 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-552310283"/>
+          <w:placeholder>
+            <w:docPart w:val="557F37B40D744768BD099769C575281F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="335FBEA4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="335FBEA4" w14:textId="1A5993FD" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">אגיש בקשה לקבלת מלגה פקולטית במנות: </w:t>
+        <w:t>אגיש בקשה לקבלת מלגה פקולטית במנות</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...41 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-1150279581"/>
+          <w:id w:val="1656105700"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00CC020F">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> כן </w:t>
-      </w:r>
-[...45 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="818621138"/>
+          <w:id w:val="1379364854"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00CC020F">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> לא. אם הנך מעוניין להיות מלגאי, יש לשלוח טופס זה גם למדור מלגות בביה"ס בכתובת:  </w:t>
+        <w:t>לא. אם הנך מעוניין</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> להיות מלגאי</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">, יש לשלוח טופס זה גם למדור מלגות בביה"ס בכתובת:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00CC020F">
+        <w:r w:rsidRPr="00F7591B">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>gradscholarships@technion.ac.il</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>בנוסף</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> להוספתו לערכת הרישום.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2172BD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="7B2172BD" w14:textId="4D66EAF9" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">פקולטה / יחידה האקדמית בה אני לומד כעת לתואר ראשון:  </w:t>
+        <w:t>פקולטה / יחידה האקדמית בה אני לומד</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00DD5346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> כעת לתואר ראשון:  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Text7"/>
-[...80 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1874610789"/>
+          <w:placeholder>
+            <w:docPart w:val="E82DDA369A36420F942ADAC6017162A9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="4D3BC2B5" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="4D3BC2B5" w14:textId="5E676859" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">תאריך משוער לסיום התואר הראשון:  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
-[...99 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1495099892"/>
+          <w:placeholder>
+            <w:docPart w:val="29505950C81446CA9646BC7D4C89804F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F7591B" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="08A971F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="08A971F3" w14:textId="4456DA34" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">מספר נקודות הדרישה </w:t>
+        <w:t>מספר נק</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ודות</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הדרישה </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">הכולל </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">אליהן אני מחויב בלימודי התואר הראשון לצורך סגירת התואר:   </w:t>
+        <w:t>אליהן אני מחויב</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00DD5346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> בלימודי התואר הראשון לצורך סגירת התואר: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
-[...78 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1672323826"/>
+          <w:placeholder>
+            <w:docPart w:val="B3F2E996EA234E73905C44856CA03676"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="678522BC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="678522BC" w14:textId="3EFBAD72" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מספר נקודות הדרישה </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>החסרות לי כעת</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> לצורך סגירת התואר הראשון:  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
-[...92 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-180280560"/>
+          <w:placeholder>
+            <w:docPart w:val="667AB8913910427BB2CF777597A10409"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="79926D9F" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="79926D9F" w14:textId="7170E97A" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">סה"כ נקודות הלימוד שאני מתכנן ללמוד במהלך תקופת הלימודים במקביל (תואר ראשון ושני):  </w:t>
+        <w:t>סה"כ נקודות הלימוד שאני מתכנן</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidR="00DD5346">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> ללמוד במהלך תקופת הלימודים במקביל (תואר ראשון ושני):  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
-[...78 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1255250173"/>
+          <w:placeholder>
+            <w:docPart w:val="62037238583C4111AB1EB4A3C44CFB98"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="0184591D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="0184591D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אבקש ללמוד </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1560518371"/>
           <w:placeholder>
             <w:docPart w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="בחר "/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00CC020F">
+          <w:r w:rsidRPr="00CC4CBA">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> סמסטר/ים במקביל.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
+      <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5B53D3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="0933DD6D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43AB9886" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="14299E1E" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F7591B" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29072DF0" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...30 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="146B338C" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRDefault="00F7591B" w:rsidP="00CC020F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC020F">
+    </w:p>
+    <w:p w14:paraId="25C247CF" w14:textId="1DD87773" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00F7591B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
         <w:t>לו"ז משוער לתקופת הלימודים במקביל:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2949A64B" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-766"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="097D59C6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="097D59C6" w14:textId="112B1AEA" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">קורסים שאלמד בלימודי הסמכה (תואר ראשון) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>לצורך סיום צבירת נקודות הדרישה לסגירת התואר הראשון</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>. במידה ואינך יודע כעת את פרטי הקורס/ים, אנא ציין את היקף הנקודות אותן תלמד, פר סמסטר:</w:t>
+        <w:t>. במידה ואינך יודע</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> כעת את פרטי הקורס/ים, אנא ציין</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> את היקף הנקודות אותן תלמד</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>, פר סמסטר:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28E9C232" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:bidiVisual/>
-        <w:tblW w:w="9005" w:type="dxa"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblInd w:w="-488" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="קורסי הסמכה"/>
         <w:tblDescription w:val="הקורסים שהסטודנט ילמד בתקופת הלימודים במקביל"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1920"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="2408"/>
+        <w:gridCol w:w="2695"/>
+        <w:gridCol w:w="2125"/>
         <w:gridCol w:w="2265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="6E647012" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="6E647012" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ACBB3A9" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מס' הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63B81669" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2840A6F1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>נקודות</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53513B80" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="20B14AD4" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="20B14AD4" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2C42D3" w14:textId="21D4C068" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-933129836"/>
+                <w:placeholder>
+                  <w:docPart w:val="A09B707F5A7141FE819128B75D91FAB6"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="230C5BDD" w14:textId="4ED38215" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1714695597"/>
+                <w:placeholder>
+                  <w:docPart w:val="C0A2E4A91306465FA7DA5F718313D732"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2D0481" w14:textId="1531384A" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-908539176"/>
+                <w:placeholder>
+                  <w:docPart w:val="10B6C91F1D0B419680FE55D5916EC481"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56128CD2" w14:textId="7FDC851B" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1028219859"/>
+                <w:placeholder>
+                  <w:docPart w:val="54CA7C61EA1841CD9C0F90F9606BEFDD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="4BAFFEB9" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="4BAFFEB9" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C906821" w14:textId="0B5260F3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-122310985"/>
+                <w:placeholder>
+                  <w:docPart w:val="CD40326660B44D24BE5745FC84C2C1A6"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF78DE8" w14:textId="42941E33" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="2013325244"/>
+                <w:placeholder>
+                  <w:docPart w:val="5BCEF6B50BB24DDF91FF43EC0F10E0D3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="660BE7E7" w14:textId="4F4FB1A3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1031080459"/>
+                <w:placeholder>
+                  <w:docPart w:val="20A6BDCC8DEB44A0BD136283FD15A854"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CC74F6" w14:textId="003743C9" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="922763560"/>
+                <w:placeholder>
+                  <w:docPart w:val="3845E8A516B046048672A6CBCF72876F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="1B238A18" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="1B238A18" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CBD4B3" w14:textId="3500D906" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1743553978"/>
+                <w:placeholder>
+                  <w:docPart w:val="81FEDE9F13A242F09DB14378C3DB1DF7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BABBA88" w14:textId="1B92F1F5" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1851866642"/>
+                <w:placeholder>
+                  <w:docPart w:val="EBBDD0E12BD546389BE6F9D87ECFF44D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="661FD5A3" w14:textId="1DC1B1C4" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="627356355"/>
+                <w:placeholder>
+                  <w:docPart w:val="BD028B5177954ACE8C97CF22DCF86472"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E53AD12" w14:textId="5C105491" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1302503819"/>
+                <w:placeholder>
+                  <w:docPart w:val="8C9F34BA40594D5883ED8456A5B3BBB8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="1EDEF355" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="1EDEF355" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D758C9E" w14:textId="293210CE" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1129712965"/>
+                <w:placeholder>
+                  <w:docPart w:val="9DDEAB3E2A094A02B0B88AE10CADF4E5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A05154" w14:textId="1BC59E2D" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1463721604"/>
+                <w:placeholder>
+                  <w:docPart w:val="37FD5621431447F69B5B4FCFF58534AD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5CEBBD" w14:textId="230925B5" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="984273492"/>
+                <w:placeholder>
+                  <w:docPart w:val="531C59918AC144B8AC26AADB0956E181"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCCA4E7" w14:textId="1BA6CD02" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-784575572"/>
+                <w:placeholder>
+                  <w:docPart w:val="91D865578174487AB66B0D5F5CC98E25"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="4C1F1C1B" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="4C1F1C1B" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A29CD4E" w14:textId="42061C4C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1023625788"/>
+                <w:placeholder>
+                  <w:docPart w:val="2A224B60C55E44EE91E6414A555F4DC1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B629D6" w14:textId="65DCC042" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-211502647"/>
+                <w:placeholder>
+                  <w:docPart w:val="3FF2473196F340C8B30A919219880BEE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476FE44A" w14:textId="50057A69" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-445005254"/>
+                <w:placeholder>
+                  <w:docPart w:val="880B015F684A415FA2289973B641FCD2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A95B3CA" w14:textId="66A1E14C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1897931512"/>
+                <w:placeholder>
+                  <w:docPart w:val="CB2CA70D2B45475C9308F637E1A899C8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="7C14EB67" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="7C14EB67" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60861BD6" w14:textId="7609A3C7" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="177088226"/>
+                <w:placeholder>
+                  <w:docPart w:val="D17C5E33C3CA478F934EF31A88602D87"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E6CD64" w14:textId="70B5C3C2" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1096394334"/>
+                <w:placeholder>
+                  <w:docPart w:val="3B9020CA52034D3B9D6D64E004FB54FE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18623758" w14:textId="0DF7181A" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1976562068"/>
+                <w:placeholder>
+                  <w:docPart w:val="53CD85E0B41840B89A6C2B5D89B8EABA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF1DF6C" w14:textId="431D1962" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1140184923"/>
+                <w:placeholder>
+                  <w:docPart w:val="69A8648B1F71490395A1B15C6DF2898F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4997BEF6" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="22701125" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRDefault="00F7591B" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBB774E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
-[...29 lines deleted...]
-    <w:p w14:paraId="2616853C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+    <w:p w14:paraId="1FA538F8" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F7591B" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDCD61C" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">קורסים שאלמד </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>מעבר לנקודות הנדרשות לצורך סגירת התואר הראשון</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> – קורסים של לימודי הסמכה ו / או קורס ברמת משותף ו / או קורסים של תארים מתקדמים. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720EC3DD" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="720EC3DD" w14:textId="6480DCF8" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>במידה ואינך יודע כעת את פרטי הקורס/ים, אנא ציין את היקף הנקודות אותן תלמד, פר סמסטר:</w:t>
+        <w:t>במידה ואינך יודע</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> כעת את פרטי הקורס/ים, אנא ציין</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> את היקף הנקודות אותן תלמד</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>, פר סמסטר:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7CF15E" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:bidiVisual/>
         <w:tblW w:w="9005" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1920"/>
-        <w:gridCol w:w="3544"/>
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="3E50A5E0" w14:textId="77777777" w:rsidTr="00F01D5E">
+      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="3E50A5E0" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43447532" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מס' הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3450D508" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם הקורס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0973E4" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>נקודות</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31AFBF74" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="111982C5" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="111982C5" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F848F5" w14:textId="36BF3203" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1064837791"/>
+                <w:placeholder>
+                  <w:docPart w:val="E6BF35BB68E74F79A7723768F530EB8C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E13BCE3" w14:textId="0F648C79" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1922216282"/>
+                <w:placeholder>
+                  <w:docPart w:val="07CA651F65524D25BA3217CE95E8A2E3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06424129" w14:textId="6888815C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-645746645"/>
+                <w:placeholder>
+                  <w:docPart w:val="F9DB9C6167294D20A40E85D91DCBE357"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CA7C90" w14:textId="0326C7DB" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2122905661"/>
+                <w:placeholder>
+                  <w:docPart w:val="1DFC84305CC744EF99F74BA3578FCDDE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="5B18D45A" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="5B18D45A" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABA8CF8" w14:textId="4A5F1633" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1282992333"/>
+                <w:placeholder>
+                  <w:docPart w:val="58A4EDE790FA49A19BFB0225FFFFF3A0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BED1ED" w14:textId="5A9EE8D0" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="646714950"/>
+                <w:placeholder>
+                  <w:docPart w:val="E9026A3D67224E6A8A9136EE52B4D83E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10881DAF" w14:textId="1D76FAA8" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2050138065"/>
+                <w:placeholder>
+                  <w:docPart w:val="9E327CDB3EFC4955AC73D2B8F6E3FE34"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E778F9" w14:textId="2B363C19" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-311496819"/>
+                <w:placeholder>
+                  <w:docPart w:val="183EE108CB7247E39D56E0FF5FD83AD3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="65E4A1D0" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="65E4A1D0" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6297701D" w14:textId="2B787D26" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1341816982"/>
+                <w:placeholder>
+                  <w:docPart w:val="E0036456C6584349BED99981A7DBD571"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B4E632" w14:textId="2C71A1BD" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="707763549"/>
+                <w:placeholder>
+                  <w:docPart w:val="685568FAE384460CAA5A3DFB26E54B20"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44EFE7F4" w14:textId="5611A116" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1063834032"/>
+                <w:placeholder>
+                  <w:docPart w:val="EADB1A79675048C49BFF77DDFDF5EBC4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A242AC" w14:textId="5042C7C2" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1304997753"/>
+                <w:placeholder>
+                  <w:docPart w:val="CD3990C48AF64B3B9FAD24CC295BED98"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="52AFEA7D" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="52AFEA7D" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F20A6E5" w14:textId="0E8253F0" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2084210807"/>
+                <w:placeholder>
+                  <w:docPart w:val="DD043CE49D5C4B9C89B6D75677467847"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AF5C1B" w14:textId="32C00A62" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-807549733"/>
+                <w:placeholder>
+                  <w:docPart w:val="DF907FC6A18E4C9CA6BC133E733E0EA3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6D6B7F" w14:textId="6C3CAE92" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="257959042"/>
+                <w:placeholder>
+                  <w:docPart w:val="6A1C5F01B622458781B84D53DF6E156F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC1D25D" w14:textId="3568454B" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1695229181"/>
+                <w:placeholder>
+                  <w:docPart w:val="32EE5459C34443198D598793D8F266C9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="6C3A247E" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="6C3A247E" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C399CC" w14:textId="057071CB" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="698292918"/>
+                <w:placeholder>
+                  <w:docPart w:val="9C8DAE0978DD49C695120CAD76A020FF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EFFF87" w14:textId="2E32624C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="998705607"/>
+                <w:placeholder>
+                  <w:docPart w:val="52C8953E7EDB46B6902A487AB2B6045A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2A9E69" w14:textId="027D3EEA" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1302963474"/>
+                <w:placeholder>
+                  <w:docPart w:val="40DBEB6F1D864177A7522C6AEA8AC280"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070BD6BF" w14:textId="0086FC34" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="386083117"/>
+                <w:placeholder>
+                  <w:docPart w:val="A808BC30E4FD46A797CDF37E44D4A812"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="5F6416E8" w14:textId="77777777" w:rsidTr="00F01D5E">
-[...21 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="5F6416E8" w14:textId="77777777" w:rsidTr="00F7591B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D96DE14" w14:textId="6E4DA0DF" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-152680312"/>
+                <w:placeholder>
+                  <w:docPart w:val="405EDDCCCB894703B72D48F2DCDF193E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD252BF" w14:textId="03AFE863" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2020069327"/>
+                <w:placeholder>
+                  <w:docPart w:val="370B173816D943E89479FBAD47C9CD4D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BD4D0A" w14:textId="1418FB0A" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="250008387"/>
+                <w:placeholder>
+                  <w:docPart w:val="10067B79AC8541A0A416CB40F68186C5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-                  <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="634168F3" w14:textId="09FD576F" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1650204203"/>
+                <w:placeholder>
+                  <w:docPart w:val="31A68369F12A4EB3A02E93E2739E51C7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:sz w:val="22"/>
-[...9 lines deleted...]
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DCF99F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F1B6A53" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="5F1B6A53" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39CAD74E" w14:textId="35431944" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="33638176" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F7591B" w:rsidP="007E49B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39CAD74E" w14:textId="2A8C750E" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>מספר נקודות הלימוד שבגינם אגיש "</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00CC020F">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
           <w:t>בקשה להכרה בנקודות שנלמדו בטכניון</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">" לצורך קבלת זיכוי בלימודי תארים מתקדמים </w:t>
+        <w:t>" לצורך קבלת זיכוי בלימודי תארים מתקדמים</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC020F">
-[...78 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="107948720"/>
+          <w:placeholder>
+            <w:docPart w:val="0301DBD4A8864A27B417C02E954DD91B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B3B2CC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00D16719">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D17CD93" w14:textId="0D3B87D8" w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+    <w:p w14:paraId="6D17CD93" w14:textId="7B6DFCFA" w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם פרטי ומשפחה: </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1040204907"/>
+          <w:placeholder>
+            <w:docPart w:val="03C7C2385AE34E0F8E75C7AD3D85F27D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve">  תאריך: </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1328396655"/>
+          <w:placeholder>
+            <w:docPart w:val="25D9B8CBBE2447959BBD3CFDEB638D8B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F7591B" w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7591B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...221 lines deleted...]
-        <w:t xml:space="preserve">          חתימה: </w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">חתימה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="871503978"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D16719">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73DEB594" wp14:editId="73F2E216">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73DEB594" wp14:editId="7F6CACFB">
+                <wp:extent cx="859487" cy="342900"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="417620121" name="תמונה 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="417620121" name="תמונה 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId10">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1400175" cy="342900"/>
+                          <a:ext cx="860684" cy="343378"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidSect="008B06F0">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2269" w:right="1558" w:bottom="1843" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
@@ -5421,94 +4476,87 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Miriam">
     <w:panose1 w:val="020B0502050101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="7" w:name="_Hlk200277248"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="10" w:name="_Hlk200277264"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk200277248"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk200277249"/>
+    <w:bookmarkStart w:id="3" w:name="_Hlk200277263"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>119380</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="349250"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1216639892" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5864,51 +4912,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6F3B9FAE" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="529FC8CB" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -6083,92 +5131,92 @@
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="7"/>
-[...2 lines deleted...]
-  <w:bookmarkEnd w:id="10"/>
+  <w:bookmarkEnd w:id="1"/>
+  <w:bookmarkEnd w:id="2"/>
+  <w:bookmarkEnd w:id="3"/>
+  <w:bookmarkEnd w:id="4"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D6DE92B" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="49CC7FFD" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="6D2E8BDC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>854075</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>514350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -6273,51 +5321,51 @@
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FE5C31" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="1F6432E0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>12321</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-451897</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
+          <wp:docPr id="1325274151" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
@@ -8284,53 +7332,53 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1555123828">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1633900981">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1963228747">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PSX6wKHncNN9yrej00Cvl2SZLgXltIDi3l+ZO+5nSGSJKiNDCFHhNqneNcZ876bHrRh64pw5+xwxf88fN3K/aw==" w:salt="T6g+6jC0cbJ+y5wCnDdD9Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4pUlxJP6vrwXFoPEzegmpG6EzjXzi2TBRrKRgjAnJKAma4CZvnmLogxM08bXkPu949DPSoFVYYInVXmRQ6lk2g==" w:salt="dSsWbnZ38bdo3TlMvxT3vA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -8347,112 +7395,121 @@
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001C3DE6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001E0535"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00396117"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F2DF7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
+    <w:rsid w:val="004749D6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="0076668B"/>
     <w:rsid w:val="007E49B2"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
+    <w:rsid w:val="00901B45"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
+    <w:rsid w:val="00AA5930"/>
     <w:rsid w:val="00AD4468"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67AF4"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00C960C7"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CC020F"/>
+    <w:rsid w:val="00CC4CBA"/>
     <w:rsid w:val="00CE7A5C"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D16719"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
+    <w:rsid w:val="00DD5346"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00EB7DE8"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F51EF8"/>
     <w:rsid w:val="00F56C77"/>
+    <w:rsid w:val="00F7591B"/>
     <w:rsid w:val="00FB1947"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE1AA7"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -8839,339 +7896,339 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31CA0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Hebrew" w:hAnsi="Adobe Hebrew" w:cs="Adobe Hebrew"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13977"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A91826"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-[...2 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ad">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="007E49B2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
-    <w:basedOn w:val="a1"/>
-    <w:next w:val="ad"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:rsid w:val="007E49B2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Miriam"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -9222,1451 +8279,2110 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{44BDBC28-EB13-46F7-B87C-2F56833F03EF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00966D18" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
+            <w:pStyle w:val="DA1FF99B29764F5C9B65411CE827BB822"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E43471">
+          <w:r w:rsidRPr="00CC4CBA">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F982D006E9814C5FB8DD801B8ECEDCCA"/>
+        <w:name w:val="5CEB10EFD93446AFA3538C7DA284F44E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{42C7B5C9-CFED-4437-9F45-C6F23C274993}"/>
+        <w:guid w:val="{5B89E94A-EEF1-4A3A-8AFC-703B7906125C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="F982D006E9814C5FB8DD801B8ECEDCCA"/>
+            <w:pStyle w:val="5CEB10EFD93446AFA3538C7DA284F44E3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="47357C1DA6044897B6520E6971402132"/>
+        <w:name w:val="AAD5A6879AA045979FADD96176A76ACE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F190B843-FEBE-40A1-9316-802984B5FB5B}"/>
+        <w:guid w:val="{E46DC2D1-AB6F-4B77-9CC7-61A297E44F45}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="47357C1DA6044897B6520E6971402132"/>
+            <w:pStyle w:val="AAD5A6879AA045979FADD96176A76ACE3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="58C24771618D47E388520BE5D0A33085"/>
+        <w:name w:val="EFD6BF5F997C42E193EE935C8ACC7208"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{68AAA02C-D79B-41FB-ACB9-436E2028C2DD}"/>
+        <w:guid w:val="{AE1E0E24-4A3A-4156-9D6B-3AF0E25CC4E5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="58C24771618D47E388520BE5D0A33085"/>
+            <w:pStyle w:val="EFD6BF5F997C42E193EE935C8ACC72083"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="55452C10066E457A84FD0AE6AE5F7F32"/>
+        <w:name w:val="0BF83E8281944F0095FC222B30A1F473"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6998959A-74C9-4F85-8A56-1E3CDF74B931}"/>
+        <w:guid w:val="{955E8581-CC3D-4D88-B261-6D6137F3E13E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="55452C10066E457A84FD0AE6AE5F7F32"/>
+            <w:pStyle w:val="0BF83E8281944F0095FC222B30A1F4733"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B70D0CCE1ED24C34B6F0E43406EA44EC"/>
+        <w:name w:val="64B60DD019BB4551B3078A79268C9DE6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{31A66975-02D5-4BE2-8730-29F20EFD6787}"/>
+        <w:guid w:val="{81516B85-E991-40BA-8413-08D5E5D7929A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="B70D0CCE1ED24C34B6F0E43406EA44EC"/>
+            <w:pStyle w:val="64B60DD019BB4551B3078A79268C9DE63"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7210CFBF21D14274929BAEAF972C307F"/>
+        <w:name w:val="E4337CA1C7C948AB8696C178698FEE1D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2AB29EFA-32AD-4AE8-8390-EB4B3FB50BDE}"/>
+        <w:guid w:val="{1333CA48-1A87-499A-9758-133C40E4D0EB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="7210CFBF21D14274929BAEAF972C307F"/>
+            <w:pStyle w:val="E4337CA1C7C948AB8696C178698FEE1D3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0D3054BF13AB408BAFC31FDAEEE74FEB"/>
+        <w:name w:val="1CE2ABE448A94A8EBEB403E7ACAF3467"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{317F2ADD-2FA8-47B6-A654-2FDE169F3685}"/>
+        <w:guid w:val="{250459F0-26E3-4DDB-B6F8-7219BA88C07D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="0D3054BF13AB408BAFC31FDAEEE74FEB"/>
+            <w:pStyle w:val="1CE2ABE448A94A8EBEB403E7ACAF34673"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8E3C57B8AAB5471BBD0EE55723C46288"/>
+        <w:name w:val="557F37B40D744768BD099769C575281F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{416E89DB-26A2-40CE-BFF9-26DD1BAF5A6D}"/>
+        <w:guid w:val="{D10C246D-319E-4C78-A6FC-7B994C53E8DA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="8E3C57B8AAB5471BBD0EE55723C46288"/>
+            <w:pStyle w:val="557F37B40D744768BD099769C575281F3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0E77259236874973828575118A054DA1"/>
+        <w:name w:val="E82DDA369A36420F942ADAC6017162A9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7D7DAB65-E737-45EE-B7AD-74777425D90E}"/>
+        <w:guid w:val="{B54A8C61-F0E3-46AA-B2E4-E75E801A5B68}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="0E77259236874973828575118A054DA1"/>
+            <w:pStyle w:val="E82DDA369A36420F942ADAC6017162A93"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="933E9053C08B41E9AA6A4219E002203E"/>
+        <w:name w:val="B3F2E996EA234E73905C44856CA03676"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{915E38C2-1E91-4E68-99D8-19B5DEE99E74}"/>
+        <w:guid w:val="{23CAC390-A23D-4E31-A41E-F2100817CDB0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="933E9053C08B41E9AA6A4219E002203E"/>
+            <w:pStyle w:val="B3F2E996EA234E73905C44856CA036763"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="06AD55AA10F94C58803C751299682F19"/>
+        <w:name w:val="667AB8913910427BB2CF777597A10409"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F927806A-1CC6-4153-8FC1-2E577D949AEF}"/>
+        <w:guid w:val="{888CCE50-89A1-4AE6-BF19-58B1CEE28C8D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="06AD55AA10F94C58803C751299682F19"/>
+            <w:pStyle w:val="667AB8913910427BB2CF777597A104093"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D2C49542B75B469AAD0FC5B51F39177A"/>
+        <w:name w:val="62037238583C4111AB1EB4A3C44CFB98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{500B6DD0-A554-4EB2-B5DC-D0683577D830}"/>
+        <w:guid w:val="{80F8416C-60F6-4B10-A6FD-F3D0B2C3A9DE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="D2C49542B75B469AAD0FC5B51F39177A"/>
+            <w:pStyle w:val="62037238583C4111AB1EB4A3C44CFB983"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="822B34A7CF124B61ABB4B676F540E6BA"/>
+        <w:name w:val="29505950C81446CA9646BC7D4C89804F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6C82A79A-B7C6-4D61-908A-B33FCB89986E}"/>
+        <w:guid w:val="{259D1B3E-32B1-4949-974A-0BC80742AFA1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="822B34A7CF124B61ABB4B676F540E6BA"/>
+            <w:pStyle w:val="29505950C81446CA9646BC7D4C89804F3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00F7591B">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1C6B5BEBA79142E88BBF5F66535E5FB5"/>
+        <w:name w:val="A09B707F5A7141FE819128B75D91FAB6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{41DDA095-19AE-49D9-9C70-EF0BCAB6ABD8}"/>
+        <w:guid w:val="{BF549B80-AF7B-4BB6-A41A-38A2D91BA906}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="1C6B5BEBA79142E88BBF5F66535E5FB5"/>
+            <w:pStyle w:val="A09B707F5A7141FE819128B75D91FAB63"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="3BFE09B6A97346E5AEC888AF6B830CBB"/>
+        <w:name w:val="C0A2E4A91306465FA7DA5F718313D732"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CDD929F4-19A4-4B1C-B3B5-1B716C72F740}"/>
+        <w:guid w:val="{96F877AF-234F-41FD-A713-61FB1021330A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="3BFE09B6A97346E5AEC888AF6B830CBB"/>
+            <w:pStyle w:val="C0A2E4A91306465FA7DA5F718313D7323"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="295427D13AA14E14BE9EBF942220D20C"/>
+        <w:name w:val="10B6C91F1D0B419680FE55D5916EC481"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FE690C94-5993-4312-92B9-80D01794003F}"/>
+        <w:guid w:val="{16F36CBC-95E9-40C9-AE5C-DBCD12915C03}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="295427D13AA14E14BE9EBF942220D20C"/>
+            <w:pStyle w:val="10B6C91F1D0B419680FE55D5916EC4813"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2AB1B9C6DE524C0EB74D1F0DEDA749E6"/>
+        <w:name w:val="54CA7C61EA1841CD9C0F90F9606BEFDD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A2B744D9-57DC-4A63-B39F-9EC6321564AA}"/>
+        <w:guid w:val="{3EC591D7-E308-4A2B-A492-C181CCE6929C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="2AB1B9C6DE524C0EB74D1F0DEDA749E6"/>
+            <w:pStyle w:val="54CA7C61EA1841CD9C0F90F9606BEFDD3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2CB0D8F81B9F4D4B8B5DF3F09CCBD355"/>
+        <w:name w:val="CD40326660B44D24BE5745FC84C2C1A6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2039CFBA-5F89-4495-B8C5-5DEEE96A6048}"/>
+        <w:guid w:val="{9CF1B294-EA47-430B-B257-D1FC3C2DBFFB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="2CB0D8F81B9F4D4B8B5DF3F09CCBD355"/>
+            <w:pStyle w:val="CD40326660B44D24BE5745FC84C2C1A63"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C925CB4B26A94CE19E04F734FE47825F"/>
+        <w:name w:val="5BCEF6B50BB24DDF91FF43EC0F10E0D3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1D125A91-246A-4C30-9088-6CA780028738}"/>
+        <w:guid w:val="{943A8984-571B-4971-B4FA-B40D33EF5D06}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="C925CB4B26A94CE19E04F734FE47825F"/>
+            <w:pStyle w:val="5BCEF6B50BB24DDF91FF43EC0F10E0D33"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5BC4C24C96604F8E9452DBF5C258F6BB"/>
+        <w:name w:val="20A6BDCC8DEB44A0BD136283FD15A854"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DF9030FD-6412-460D-B377-5E2F921F2D2B}"/>
+        <w:guid w:val="{93D079FC-6204-4412-8BB8-698707C981BF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="5BC4C24C96604F8E9452DBF5C258F6BB"/>
+            <w:pStyle w:val="20A6BDCC8DEB44A0BD136283FD15A8543"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B89A0C789BE242D7AF020BDDC86F1B02"/>
+        <w:name w:val="3845E8A516B046048672A6CBCF72876F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E6C88CF3-A28C-446A-9548-7435FFE32B5E}"/>
+        <w:guid w:val="{CD4ED0E2-2E56-40B8-A3D0-4D736F909E7E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="B89A0C789BE242D7AF020BDDC86F1B02"/>
+            <w:pStyle w:val="3845E8A516B046048672A6CBCF72876F3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="00AA5930">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="ECC25A146E83450EBE2BD6DF9DA7C18F"/>
+        <w:name w:val="81FEDE9F13A242F09DB14378C3DB1DF7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3E6AAEF6-A47A-43D1-B859-030DF253D73A}"/>
+        <w:guid w:val="{B68C11F3-25DA-4395-AA3B-2E109614F227}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="ECC25A146E83450EBE2BD6DF9DA7C18F"/>
+            <w:pStyle w:val="81FEDE9F13A242F09DB14378C3DB1DF73"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="525988FD516F4BCAA718547AB76F9A09"/>
+        <w:name w:val="EBBDD0E12BD546389BE6F9D87ECFF44D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{06762C6F-3B7D-45DA-9C7E-13159DC82EE8}"/>
+        <w:guid w:val="{83FDFDC4-3048-4420-8559-8DB32D6EEBE7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="525988FD516F4BCAA718547AB76F9A09"/>
+            <w:pStyle w:val="EBBDD0E12BD546389BE6F9D87ECFF44D3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D1DB65388026415EAAED77B1EB72FC45"/>
+        <w:name w:val="BD028B5177954ACE8C97CF22DCF86472"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B88507D6-11CB-4507-B566-E7DCA6803B79}"/>
+        <w:guid w:val="{AA9A15DC-5364-4092-A86F-9F7945106D34}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="D1DB65388026415EAAED77B1EB72FC45"/>
+            <w:pStyle w:val="BD028B5177954ACE8C97CF22DCF864723"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D4C604236FEE45048DF3EBA59D21FAE4"/>
+        <w:name w:val="8C9F34BA40594D5883ED8456A5B3BBB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F9327C20-47BD-4E46-B385-2E9B784B83A8}"/>
+        <w:guid w:val="{C8DD2A25-ABDE-4E26-B701-FDB35F57CF14}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="D4C604236FEE45048DF3EBA59D21FAE4"/>
+            <w:pStyle w:val="8C9F34BA40594D5883ED8456A5B3BBB83"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7B54E1E6788C4E75B099D9B98E62F663"/>
+        <w:name w:val="9DDEAB3E2A094A02B0B88AE10CADF4E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D1217D68-8ADB-46CC-A877-42A2359C7CAD}"/>
+        <w:guid w:val="{38ADCEDC-B031-4CB8-8959-EB0C3BE16DA8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="7B54E1E6788C4E75B099D9B98E62F663"/>
+            <w:pStyle w:val="9DDEAB3E2A094A02B0B88AE10CADF4E53"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6A3DE3E640F0429BAD8D8465FD3B53AD"/>
+        <w:name w:val="37FD5621431447F69B5B4FCFF58534AD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4DA9E164-DDB6-4E61-824F-B18A9DD40A7E}"/>
+        <w:guid w:val="{CD88A494-DC3D-4DA5-A1BF-2A033EB4D717}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="6A3DE3E640F0429BAD8D8465FD3B53AD"/>
+            <w:pStyle w:val="37FD5621431447F69B5B4FCFF58534AD3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="718C8E5459EA4481B8BBEE1278169192"/>
+        <w:name w:val="531C59918AC144B8AC26AADB0956E181"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C1CB6019-9C05-4A49-969A-9D76C1BE9A1C}"/>
+        <w:guid w:val="{3E466400-7356-44C5-AC34-1EC629CA5E32}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="718C8E5459EA4481B8BBEE1278169192"/>
+            <w:pStyle w:val="531C59918AC144B8AC26AADB0956E1813"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FBBA65E3549F4960B891330CD3FBF4BD"/>
+        <w:name w:val="91D865578174487AB66B0D5F5CC98E25"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{12D1B66A-08EA-48B8-85DC-A67ED512F6CE}"/>
+        <w:guid w:val="{92BBAB6D-8F0D-4205-A7E0-B64A95B13CD0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="FBBA65E3549F4960B891330CD3FBF4BD"/>
+            <w:pStyle w:val="91D865578174487AB66B0D5F5CC98E253"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="826A52D533CC4853A166584C68AE065D"/>
+        <w:name w:val="2A224B60C55E44EE91E6414A555F4DC1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{45BEFAB4-EBCA-40A6-B172-29019CDFB56D}"/>
+        <w:guid w:val="{09B86C80-DA70-4018-8B32-E36E9274AB4E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="826A52D533CC4853A166584C68AE065D"/>
+            <w:pStyle w:val="2A224B60C55E44EE91E6414A555F4DC13"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F2E6E377C0874F6EA74314F83C33096C"/>
+        <w:name w:val="3FF2473196F340C8B30A919219880BEE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3C7F317C-4328-4911-B78E-62CC91182A42}"/>
+        <w:guid w:val="{7A634244-4866-4DB8-BD89-9984E628E8D9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="F2E6E377C0874F6EA74314F83C33096C"/>
+            <w:pStyle w:val="3FF2473196F340C8B30A919219880BEE3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="53827D45304C4215B90530D227B0CAA2"/>
+        <w:name w:val="880B015F684A415FA2289973B641FCD2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D710BE9D-D85F-4769-990C-41E1CB350F44}"/>
+        <w:guid w:val="{B4F69C70-A741-438B-9049-484BFB9C9B78}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="53827D45304C4215B90530D227B0CAA2"/>
+            <w:pStyle w:val="880B015F684A415FA2289973B641FCD23"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="257E541328F94E59947B250CE2C285F5"/>
+        <w:name w:val="CB2CA70D2B45475C9308F637E1A899C8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9EBF6AA5-C0D5-4205-92BE-0543583ECF93}"/>
+        <w:guid w:val="{E5DF7A13-7331-4E3E-9908-9EE8B3091EBB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="257E541328F94E59947B250CE2C285F5"/>
+            <w:pStyle w:val="CB2CA70D2B45475C9308F637E1A899C83"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0386A61D284642D2B543C3C78E717C14"/>
+        <w:name w:val="D17C5E33C3CA478F934EF31A88602D87"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9E85FE9E-910E-4546-BED9-837D959D5696}"/>
+        <w:guid w:val="{CA5EBE3E-05E2-4AB6-B560-5145D7DF49A2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="0386A61D284642D2B543C3C78E717C14"/>
+            <w:pStyle w:val="D17C5E33C3CA478F934EF31A88602D873"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9E8CD5D7B36E46D780E11CCAB13E5ADB"/>
+        <w:name w:val="3B9020CA52034D3B9D6D64E004FB54FE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3109DD6D-887E-4917-9243-440DC8330A90}"/>
+        <w:guid w:val="{552891A7-136B-41AE-BCAC-CEA697841370}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="9E8CD5D7B36E46D780E11CCAB13E5ADB"/>
+            <w:pStyle w:val="3B9020CA52034D3B9D6D64E004FB54FE3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6245065A41B74C6384491F9036F9BB12"/>
+        <w:name w:val="53CD85E0B41840B89A6C2B5D89B8EABA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{69FCBBBB-8221-4B02-80D7-E7D32E3C60E4}"/>
+        <w:guid w:val="{4FD3E89F-3456-4A7C-B160-16F0C425DDA5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="6245065A41B74C6384491F9036F9BB12"/>
+            <w:pStyle w:val="53CD85E0B41840B89A6C2B5D89B8EABA3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="97851B9841E348EE92C39D25028AEFDC"/>
+        <w:name w:val="69A8648B1F71490395A1B15C6DF2898F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1A29D18F-D2BD-44E9-B2A7-8C8AA61FE875}"/>
+        <w:guid w:val="{CC60D1C9-DF9B-416D-BEE1-19CAC709EFE5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="97851B9841E348EE92C39D25028AEFDC"/>
+            <w:pStyle w:val="69A8648B1F71490395A1B15C6DF2898F3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="003725C2">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="02D52EE5674140488ECAF151F55E3609"/>
+        <w:name w:val="58A4EDE790FA49A19BFB0225FFFFF3A0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D46E22FE-66C9-4B4C-A90C-808F4515B612}"/>
+        <w:guid w:val="{1CA4D43C-DB2F-4475-838C-B1A4D70ABE0A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="02D52EE5674140488ECAF151F55E3609"/>
+            <w:pStyle w:val="58A4EDE790FA49A19BFB0225FFFFF3A03"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="747950D9BA0A428480E6907ECCE532E8"/>
+        <w:name w:val="E9026A3D67224E6A8A9136EE52B4D83E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{27BF69ED-6A68-43DC-9D26-1698AC4E940D}"/>
+        <w:guid w:val="{1B8A766F-5242-4EE2-9B0E-2126014B2F84}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="747950D9BA0A428480E6907ECCE532E8"/>
+            <w:pStyle w:val="E9026A3D67224E6A8A9136EE52B4D83E3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F212C74CA661448690C50F1166FA4F2C"/>
+        <w:name w:val="9E327CDB3EFC4955AC73D2B8F6E3FE34"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{677828B6-9FE4-4CB8-BE42-261890A5726D}"/>
+        <w:guid w:val="{8FCBC797-BFB0-4153-9810-01A145E8BDE0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="F212C74CA661448690C50F1166FA4F2C"/>
+            <w:pStyle w:val="9E327CDB3EFC4955AC73D2B8F6E3FE343"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F28A33948B584375968F99C23479B272"/>
+        <w:name w:val="183EE108CB7247E39D56E0FF5FD83AD3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{580FD78E-826F-4926-B872-D6A653A8730C}"/>
+        <w:guid w:val="{A4216085-601D-4251-8357-7F2EB761D69D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="F28A33948B584375968F99C23479B272"/>
+            <w:pStyle w:val="183EE108CB7247E39D56E0FF5FD83AD33"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DCBE3BF940E54B52865587BD1FC7C00F"/>
+        <w:name w:val="E0036456C6584349BED99981A7DBD571"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5B70719F-50D0-4B63-9D86-CDFEF3F2F434}"/>
+        <w:guid w:val="{0FD04DE7-9DCF-403C-B5AA-418B705EE109}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="DCBE3BF940E54B52865587BD1FC7C00F"/>
+            <w:pStyle w:val="E0036456C6584349BED99981A7DBD5713"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="ACA3B0E2EF764B7E8C9BCEA8C31B5730"/>
+        <w:name w:val="685568FAE384460CAA5A3DFB26E54B20"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{23C4023D-633B-474D-A78B-3CCE723DFC0C}"/>
+        <w:guid w:val="{9B0B83A0-D811-458F-9C54-6C2F765E90B8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="ACA3B0E2EF764B7E8C9BCEA8C31B5730"/>
+            <w:pStyle w:val="685568FAE384460CAA5A3DFB26E54B203"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1A26AC3504984C06B686EEBA5565292B"/>
+        <w:name w:val="EADB1A79675048C49BFF77DDFDF5EBC4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{46108033-E530-4170-8BBE-6B0DEFDEF22B}"/>
+        <w:guid w:val="{7ABCC3B3-466A-464C-BCC9-0CFFB3A1A8BF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="1A26AC3504984C06B686EEBA5565292B"/>
+            <w:pStyle w:val="EADB1A79675048C49BFF77DDFDF5EBC43"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="24DEA104073A46FAB24B92D3EC8951B0"/>
+        <w:name w:val="CD3990C48AF64B3B9FAD24CC295BED98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5C797CC6-615F-411B-B364-F0C52233A254}"/>
+        <w:guid w:val="{ECC3BF56-F18C-454C-8B05-1EFB6921DC15}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="24DEA104073A46FAB24B92D3EC8951B0"/>
+            <w:pStyle w:val="CD3990C48AF64B3B9FAD24CC295BED983"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4AE70030B6414FEFB7219BD095519FBC"/>
+        <w:name w:val="DD043CE49D5C4B9C89B6D75677467847"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{999DC49D-DF96-40C2-ADA7-D1930488DFCA}"/>
+        <w:guid w:val="{CE38203F-278C-4D0D-B519-E92FBDEB059C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="4AE70030B6414FEFB7219BD095519FBC"/>
+            <w:pStyle w:val="DD043CE49D5C4B9C89B6D756774678473"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="EBF177EBFF4D403E83F2F3E7EE731CF0"/>
+        <w:name w:val="DF907FC6A18E4C9CA6BC133E733E0EA3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{29E3D9EC-87DB-4234-B242-04468378E829}"/>
+        <w:guid w:val="{50205B14-9121-4135-93EE-F9BCE8F5A7E7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="EBF177EBFF4D403E83F2F3E7EE731CF0"/>
+            <w:pStyle w:val="DF907FC6A18E4C9CA6BC133E733E0EA33"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="63E58EF2A28744D9AE63F633BD41894A"/>
+        <w:name w:val="6A1C5F01B622458781B84D53DF6E156F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3E40FC80-8716-4C8D-AA01-F9349BE30A02}"/>
+        <w:guid w:val="{C9075683-25F8-4A35-A39F-390FB5C82BFB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00966D18" w:rsidRDefault="00B50550" w:rsidP="00B50550">
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
-            <w:pStyle w:val="63E58EF2A28744D9AE63F633BD41894A"/>
+            <w:pStyle w:val="6A1C5F01B622458781B84D53DF6E156F3"/>
           </w:pPr>
-          <w:r w:rsidRPr="00915805">
+          <w:r w:rsidRPr="009D333F">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="32EE5459C34443198D598793D8F266C9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{56710884-D68E-498B-A1EE-2BBC7B453709}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="32EE5459C34443198D598793D8F266C93"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9C8DAE0978DD49C695120CAD76A020FF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{49B7A20A-4972-4C76-8180-B7F2168A15EE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="9C8DAE0978DD49C695120CAD76A020FF3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="52C8953E7EDB46B6902A487AB2B6045A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B8458FAC-1D2F-41EF-8085-5E2A3EE30C00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="52C8953E7EDB46B6902A487AB2B6045A3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="40DBEB6F1D864177A7522C6AEA8AC280"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7B8A6D1E-4631-43E5-AE43-EF19DC1F4F2A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="40DBEB6F1D864177A7522C6AEA8AC2803"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A808BC30E4FD46A797CDF37E44D4A812"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7A64AED9-31C7-4CCF-A670-B673884BE8AD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="A808BC30E4FD46A797CDF37E44D4A8123"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="405EDDCCCB894703B72D48F2DCDF193E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2A7FBFE0-AF8F-4065-8E94-6225EAD2E1CF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="405EDDCCCB894703B72D48F2DCDF193E3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="370B173816D943E89479FBAD47C9CD4D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0880C771-C03B-431B-8F99-4C9E57A534F5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="370B173816D943E89479FBAD47C9CD4D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="10067B79AC8541A0A416CB40F68186C5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{19E76BE0-FE7D-49FD-953E-0761EA19F37C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="10067B79AC8541A0A416CB40F68186C53"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="31A68369F12A4EB3A02E93E2739E51C7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DF8C63E4-B28F-4A04-8165-D55485E6F727}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="31A68369F12A4EB3A02E93E2739E51C73"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E6BF35BB68E74F79A7723768F530EB8C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD120637-6FB0-41FF-A4B5-03F29A653B29}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="E6BF35BB68E74F79A7723768F530EB8C3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003032FC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="07CA651F65524D25BA3217CE95E8A2E3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{695672D9-8768-4FEC-AA32-4D347DD03410}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="07CA651F65524D25BA3217CE95E8A2E33"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003032FC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F9DB9C6167294D20A40E85D91DCBE357"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A7879135-FE95-4A4B-8A0F-EC2BF833B145}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="F9DB9C6167294D20A40E85D91DCBE3573"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003032FC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1DFC84305CC744EF99F74BA3578FCDDE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7405693D-F2A9-47E5-86A6-2FBB55F37AEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="1DFC84305CC744EF99F74BA3578FCDDE3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003032FC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0301DBD4A8864A27B417C02E954DD91B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{67B2AE49-58F3-4FFF-A0CA-FF7287C22935}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="0301DBD4A8864A27B417C02E954DD91B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="03C7C2385AE34E0F8E75C7AD3D85F27D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{26D43260-8CFA-4C86-B429-4B4E6965ED60}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="03C7C2385AE34E0F8E75C7AD3D85F27D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00AA5930">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="25D9B8CBBE2447959BBD3CFDEB638D8B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B1425689-C29B-4F5E-9104-C7E3DC11F112}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
+          <w:pPr>
+            <w:pStyle w:val="25D9B8CBBE2447959BBD3CFDEB638D8B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F7591B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10705,112 +10421,109 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Miriam">
     <w:panose1 w:val="020B0502050101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B50550"/>
     <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="0013358A"/>
     <w:rsid w:val="001C3DE6"/>
+    <w:rsid w:val="00231F11"/>
     <w:rsid w:val="003F2DF7"/>
     <w:rsid w:val="006B58DB"/>
     <w:rsid w:val="0076668B"/>
     <w:rsid w:val="0077246A"/>
+    <w:rsid w:val="00901B45"/>
     <w:rsid w:val="00966D18"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00B50550"/>
+    <w:rsid w:val="00BD7A12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -11186,436 +10899,1068 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B50550"/>
+    <w:rsid w:val="00231F11"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA1FF99B29764F5C9B65411CE827BB82">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CEB10EFD93446AFA3538C7DA284F44E3">
+    <w:name w:val="5CEB10EFD93446AFA3538C7DA284F44E3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F982D006E9814C5FB8DD801B8ECEDCCA">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BF83E8281944F0095FC222B30A1F4733">
+    <w:name w:val="0BF83E8281944F0095FC222B30A1F4733"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47357C1DA6044897B6520E6971402132">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="64B60DD019BB4551B3078A79268C9DE63">
+    <w:name w:val="64B60DD019BB4551B3078A79268C9DE63"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58C24771618D47E388520BE5D0A33085">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAD5A6879AA045979FADD96176A76ACE3">
+    <w:name w:val="AAD5A6879AA045979FADD96176A76ACE3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55452C10066E457A84FD0AE6AE5F7F32">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFD6BF5F997C42E193EE935C8ACC72083">
+    <w:name w:val="EFD6BF5F997C42E193EE935C8ACC72083"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B70D0CCE1ED24C34B6F0E43406EA44EC">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E4337CA1C7C948AB8696C178698FEE1D3">
+    <w:name w:val="E4337CA1C7C948AB8696C178698FEE1D3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7210CFBF21D14274929BAEAF972C307F">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CE2ABE448A94A8EBEB403E7ACAF34673">
+    <w:name w:val="1CE2ABE448A94A8EBEB403E7ACAF34673"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D3054BF13AB408BAFC31FDAEEE74FEB">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="557F37B40D744768BD099769C575281F3">
+    <w:name w:val="557F37B40D744768BD099769C575281F3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E3C57B8AAB5471BBD0EE55723C46288">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E82DDA369A36420F942ADAC6017162A93">
+    <w:name w:val="E82DDA369A36420F942ADAC6017162A93"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E77259236874973828575118A054DA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29505950C81446CA9646BC7D4C89804F3">
+    <w:name w:val="29505950C81446CA9646BC7D4C89804F3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="933E9053C08B41E9AA6A4219E002203E">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3F2E996EA234E73905C44856CA036763">
+    <w:name w:val="B3F2E996EA234E73905C44856CA036763"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06AD55AA10F94C58803C751299682F19">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="667AB8913910427BB2CF777597A104093">
+    <w:name w:val="667AB8913910427BB2CF777597A104093"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2C49542B75B469AAD0FC5B51F39177A">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62037238583C4111AB1EB4A3C44CFB983">
+    <w:name w:val="62037238583C4111AB1EB4A3C44CFB983"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="822B34A7CF124B61ABB4B676F540E6BA">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA1FF99B29764F5C9B65411CE827BB822">
+    <w:name w:val="DA1FF99B29764F5C9B65411CE827BB822"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C6B5BEBA79142E88BBF5F66535E5FB5">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A09B707F5A7141FE819128B75D91FAB63">
+    <w:name w:val="A09B707F5A7141FE819128B75D91FAB63"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BFE09B6A97346E5AEC888AF6B830CBB">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0A2E4A91306465FA7DA5F718313D7323">
+    <w:name w:val="C0A2E4A91306465FA7DA5F718313D7323"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="295427D13AA14E14BE9EBF942220D20C">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10B6C91F1D0B419680FE55D5916EC4813">
+    <w:name w:val="10B6C91F1D0B419680FE55D5916EC4813"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AB1B9C6DE524C0EB74D1F0DEDA749E6">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54CA7C61EA1841CD9C0F90F9606BEFDD3">
+    <w:name w:val="54CA7C61EA1841CD9C0F90F9606BEFDD3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CB0D8F81B9F4D4B8B5DF3F09CCBD355">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD40326660B44D24BE5745FC84C2C1A63">
+    <w:name w:val="CD40326660B44D24BE5745FC84C2C1A63"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C925CB4B26A94CE19E04F734FE47825F">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5BCEF6B50BB24DDF91FF43EC0F10E0D33">
+    <w:name w:val="5BCEF6B50BB24DDF91FF43EC0F10E0D33"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5BC4C24C96604F8E9452DBF5C258F6BB">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20A6BDCC8DEB44A0BD136283FD15A8543">
+    <w:name w:val="20A6BDCC8DEB44A0BD136283FD15A8543"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B89A0C789BE242D7AF020BDDC86F1B02">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3845E8A516B046048672A6CBCF72876F3">
+    <w:name w:val="3845E8A516B046048672A6CBCF72876F3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECC25A146E83450EBE2BD6DF9DA7C18F">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81FEDE9F13A242F09DB14378C3DB1DF73">
+    <w:name w:val="81FEDE9F13A242F09DB14378C3DB1DF73"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="525988FD516F4BCAA718547AB76F9A09">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBBDD0E12BD546389BE6F9D87ECFF44D3">
+    <w:name w:val="EBBDD0E12BD546389BE6F9D87ECFF44D3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1DB65388026415EAAED77B1EB72FC45">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD028B5177954ACE8C97CF22DCF864723">
+    <w:name w:val="BD028B5177954ACE8C97CF22DCF864723"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4C604236FEE45048DF3EBA59D21FAE4">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C9F34BA40594D5883ED8456A5B3BBB83">
+    <w:name w:val="8C9F34BA40594D5883ED8456A5B3BBB83"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7B54E1E6788C4E75B099D9B98E62F663">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DDEAB3E2A094A02B0B88AE10CADF4E53">
+    <w:name w:val="9DDEAB3E2A094A02B0B88AE10CADF4E53"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A3DE3E640F0429BAD8D8465FD3B53AD">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37FD5621431447F69B5B4FCFF58534AD3">
+    <w:name w:val="37FD5621431447F69B5B4FCFF58534AD3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="718C8E5459EA4481B8BBEE1278169192">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="531C59918AC144B8AC26AADB0956E1813">
+    <w:name w:val="531C59918AC144B8AC26AADB0956E1813"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBBA65E3549F4960B891330CD3FBF4BD">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91D865578174487AB66B0D5F5CC98E253">
+    <w:name w:val="91D865578174487AB66B0D5F5CC98E253"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="826A52D533CC4853A166584C68AE065D">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A224B60C55E44EE91E6414A555F4DC13">
+    <w:name w:val="2A224B60C55E44EE91E6414A555F4DC13"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2E6E377C0874F6EA74314F83C33096C">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FF2473196F340C8B30A919219880BEE3">
+    <w:name w:val="3FF2473196F340C8B30A919219880BEE3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53827D45304C4215B90530D227B0CAA2">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="880B015F684A415FA2289973B641FCD23">
+    <w:name w:val="880B015F684A415FA2289973B641FCD23"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="257E541328F94E59947B250CE2C285F5">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB2CA70D2B45475C9308F637E1A899C83">
+    <w:name w:val="CB2CA70D2B45475C9308F637E1A899C83"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0386A61D284642D2B543C3C78E717C14">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D17C5E33C3CA478F934EF31A88602D873">
+    <w:name w:val="D17C5E33C3CA478F934EF31A88602D873"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E8CD5D7B36E46D780E11CCAB13E5ADB">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B9020CA52034D3B9D6D64E004FB54FE3">
+    <w:name w:val="3B9020CA52034D3B9D6D64E004FB54FE3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6245065A41B74C6384491F9036F9BB12">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53CD85E0B41840B89A6C2B5D89B8EABA3">
+    <w:name w:val="53CD85E0B41840B89A6C2B5D89B8EABA3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97851B9841E348EE92C39D25028AEFDC">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69A8648B1F71490395A1B15C6DF2898F3">
+    <w:name w:val="69A8648B1F71490395A1B15C6DF2898F3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02D52EE5674140488ECAF151F55E3609">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6BF35BB68E74F79A7723768F530EB8C3">
+    <w:name w:val="E6BF35BB68E74F79A7723768F530EB8C3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="747950D9BA0A428480E6907ECCE532E8">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07CA651F65524D25BA3217CE95E8A2E33">
+    <w:name w:val="07CA651F65524D25BA3217CE95E8A2E33"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F212C74CA661448690C50F1166FA4F2C">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9DB9C6167294D20A40E85D91DCBE3573">
+    <w:name w:val="F9DB9C6167294D20A40E85D91DCBE3573"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F28A33948B584375968F99C23479B272">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DFC84305CC744EF99F74BA3578FCDDE3">
+    <w:name w:val="1DFC84305CC744EF99F74BA3578FCDDE3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCBE3BF940E54B52865587BD1FC7C00F">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58A4EDE790FA49A19BFB0225FFFFF3A03">
+    <w:name w:val="58A4EDE790FA49A19BFB0225FFFFF3A03"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACA3B0E2EF764B7E8C9BCEA8C31B5730">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9026A3D67224E6A8A9136EE52B4D83E3">
+    <w:name w:val="E9026A3D67224E6A8A9136EE52B4D83E3"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A26AC3504984C06B686EEBA5565292B">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E327CDB3EFC4955AC73D2B8F6E3FE343">
+    <w:name w:val="9E327CDB3EFC4955AC73D2B8F6E3FE343"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="24DEA104073A46FAB24B92D3EC8951B0">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="183EE108CB7247E39D56E0FF5FD83AD33">
+    <w:name w:val="183EE108CB7247E39D56E0FF5FD83AD33"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4AE70030B6414FEFB7219BD095519FBC">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0036456C6584349BED99981A7DBD5713">
+    <w:name w:val="E0036456C6584349BED99981A7DBD5713"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF177EBFF4D403E83F2F3E7EE731CF0">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="685568FAE384460CAA5A3DFB26E54B203">
+    <w:name w:val="685568FAE384460CAA5A3DFB26E54B203"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63E58EF2A28744D9AE63F633BD41894A">
-[...1 lines deleted...]
-    <w:rsid w:val="00B50550"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADB1A79675048C49BFF77DDFDF5EBC43">
+    <w:name w:val="EADB1A79675048C49BFF77DDFDF5EBC43"/>
+    <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD3990C48AF64B3B9FAD24CC295BED983">
+    <w:name w:val="CD3990C48AF64B3B9FAD24CC295BED983"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD043CE49D5C4B9C89B6D756774678473">
+    <w:name w:val="DD043CE49D5C4B9C89B6D756774678473"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF907FC6A18E4C9CA6BC133E733E0EA33">
+    <w:name w:val="DF907FC6A18E4C9CA6BC133E733E0EA33"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A1C5F01B622458781B84D53DF6E156F3">
+    <w:name w:val="6A1C5F01B622458781B84D53DF6E156F3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32EE5459C34443198D598793D8F266C93">
+    <w:name w:val="32EE5459C34443198D598793D8F266C93"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C8DAE0978DD49C695120CAD76A020FF3">
+    <w:name w:val="9C8DAE0978DD49C695120CAD76A020FF3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="52C8953E7EDB46B6902A487AB2B6045A3">
+    <w:name w:val="52C8953E7EDB46B6902A487AB2B6045A3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40DBEB6F1D864177A7522C6AEA8AC2803">
+    <w:name w:val="40DBEB6F1D864177A7522C6AEA8AC2803"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A808BC30E4FD46A797CDF37E44D4A8123">
+    <w:name w:val="A808BC30E4FD46A797CDF37E44D4A8123"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="405EDDCCCB894703B72D48F2DCDF193E3">
+    <w:name w:val="405EDDCCCB894703B72D48F2DCDF193E3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="370B173816D943E89479FBAD47C9CD4D3">
+    <w:name w:val="370B173816D943E89479FBAD47C9CD4D3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10067B79AC8541A0A416CB40F68186C53">
+    <w:name w:val="10067B79AC8541A0A416CB40F68186C53"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31A68369F12A4EB3A02E93E2739E51C73">
+    <w:name w:val="31A68369F12A4EB3A02E93E2739E51C73"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0301DBD4A8864A27B417C02E954DD91B3">
+    <w:name w:val="0301DBD4A8864A27B417C02E954DD91B3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03C7C2385AE34E0F8E75C7AD3D85F27D3">
+    <w:name w:val="03C7C2385AE34E0F8E75C7AD3D85F27D3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="25D9B8CBBE2447959BBD3CFDEB638D8B3">
+    <w:name w:val="25D9B8CBBE2447959BBD3CFDEB638D8B3"/>
+    <w:rsid w:val="00231F11"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -11883,77 +12228,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>856</Words>
-  <Characters>3597</Characters>
+  <Words>880</Words>
+  <Characters>3645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>199</Lines>
-  <Paragraphs>123</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>שם</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4330</CharactersWithSpaces>
+  <CharactersWithSpaces>4412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>