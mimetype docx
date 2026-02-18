--- v2 (2025-12-18)
+++ v3 (2026-02-18)
@@ -240,108 +240,116 @@
     <w:p w14:paraId="28B2FBE1" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטים אישיים:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7575BD47" w14:textId="0D3D3DE7" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="7575BD47" w14:textId="220AB564" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם משפחה:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="656187446"/>
           <w:placeholder>
             <w:docPart w:val="5CEB10EFD93446AFA3538C7DA284F44E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EB7DE8" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00EB7DE8" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A51A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="30"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
@@ -401,54 +409,55 @@
         </w:rPr>
         <w:t>שם פרטי:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1184790895"/>
           <w:placeholder>
             <w:docPart w:val="0BF83E8281944F0095FC222B30A1F473"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -457,54 +466,55 @@
         </w:rPr>
         <w:t>מספר ת.ז:</w:t>
       </w:r>
       <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-2096170084"/>
           <w:placeholder>
             <w:docPart w:val="64B60DD019BB4551B3078A79268C9DE6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -513,103 +523,118 @@
         </w:rPr>
         <w:t>מספר טלפון נייד:</w:t>
       </w:r>
       <w:r w:rsidR="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-290675749"/>
           <w:placeholder>
             <w:docPart w:val="AAD5A6879AA045979FADD96176A76ACE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001A51A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FE1CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>כתובת דוא"ל:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1147552465"/>
           <w:placeholder>
             <w:docPart w:val="EFD6BF5F997C42E193EE935C8ACC7208"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40EB4521" w14:textId="46AF1467" w:rsidR="007E49B2" w:rsidRPr="00CC4CBA" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
@@ -638,77 +663,77 @@
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> בת</w:t>
       </w:r>
       <w:r w:rsidR="00AA5930" w:rsidRPr="00CC4CBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>ו</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC4CBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">כנית לימודים מיוחדת (כגון: ברקים; פסגות מדעי המחשב; סילון וכו'): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC7D20A" w14:textId="2E2F9695" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+    <w:p w14:paraId="1CC7D20A" w14:textId="4C00690C" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="688413424"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930">
+          <w:r w:rsidR="001A51A1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E49B2" w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>כן -  נא לציין את שם הת</w:t>
       </w:r>
       <w:r w:rsidR="00AA5930">
@@ -725,54 +750,55 @@
         </w:rPr>
         <w:t>כנית</w:t>
       </w:r>
       <w:r w:rsidR="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1738283818"/>
           <w:placeholder>
             <w:docPart w:val="E4337CA1C7C948AB8696C178698FEE1D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AA5930">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E49B2" w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> /  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -845,135 +871,137 @@
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">פרטי </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הבקשה:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22690E8B" w14:textId="7EBF1A99" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="22690E8B" w14:textId="74E293AD" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פקולטה / יחידה האקדמית אליה אני נרשם</w:t>
       </w:r>
       <w:r w:rsidR="00DD5346">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>/ת</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ללימודי תואר השני:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="147338044"/>
           <w:placeholder>
             <w:docPart w:val="1CE2ABE448A94A8EBEB403E7ACAF3467"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> החל מסמסטר:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-552310283"/>
           <w:placeholder>
             <w:docPart w:val="557F37B40D744768BD099769C575281F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="335FBEA4" w14:textId="1A5993FD" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
@@ -1154,106 +1182,108 @@
         </w:rPr>
         <w:t>/ת</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> כעת לתואר ראשון:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1874610789"/>
           <w:placeholder>
             <w:docPart w:val="E82DDA369A36420F942ADAC6017162A9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4D3BC2B5" w14:textId="5E676859" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">תאריך משוער לסיום התואר הראשון:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1495099892"/>
           <w:placeholder>
             <w:docPart w:val="29505950C81446CA9646BC7D4C89804F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F7591B" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="08A971F3" w14:textId="4456DA34" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
@@ -1297,54 +1327,55 @@
         </w:rPr>
         <w:t>/ת</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> בלימודי התואר הראשון לצורך סגירת התואר: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1672323826"/>
           <w:placeholder>
             <w:docPart w:val="B3F2E996EA234E73905C44856CA03676"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="678522BC" w14:textId="3EFBAD72" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
@@ -1359,54 +1390,55 @@
         </w:rPr>
         <w:t>החסרות לי כעת</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> לצורך סגירת התואר הראשון:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-180280560"/>
           <w:placeholder>
             <w:docPart w:val="667AB8913910427BB2CF777597A10409"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="79926D9F" w14:textId="7170E97A" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
@@ -1419,103 +1451,105 @@
         </w:rPr>
         <w:t>/ת</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ללמוד במהלך תקופת הלימודים במקביל (תואר ראשון ושני):  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1255250173"/>
           <w:placeholder>
             <w:docPart w:val="62037238583C4111AB1EB4A3C44CFB98"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA5930" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00AA5930" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0184591D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
+    <w:p w14:paraId="0184591D" w14:textId="33484EE2" w:rsidR="007E49B2" w:rsidRPr="00F7591B" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-483"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אבקש ללמוד </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1560518371"/>
           <w:placeholder>
             <w:docPart w:val="DA1FF99B29764F5C9B65411CE827BB82"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
-            <w:listItem w:value="בחר "/>
+            <w:listItem w:value="בחר/י"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00CC4CBA">
+          <w:r w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:color w:val="666666"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> סמסטר/ים במקביל.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0933DD6D" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
@@ -1774,1055 +1808,1079 @@
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="20B14AD4" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2C42D3" w14:textId="21D4C068" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="1E2C42D3" w14:textId="21D4C068" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-933129836"/>
                 <w:placeholder>
                   <w:docPart w:val="A09B707F5A7141FE819128B75D91FAB6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="230C5BDD" w14:textId="4ED38215" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="230C5BDD" w14:textId="4ED38215" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1714695597"/>
                 <w:placeholder>
                   <w:docPart w:val="C0A2E4A91306465FA7DA5F718313D732"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D0481" w14:textId="1531384A" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="2C2D0481" w14:textId="1531384A" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-908539176"/>
                 <w:placeholder>
                   <w:docPart w:val="10B6C91F1D0B419680FE55D5916EC481"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56128CD2" w14:textId="7FDC851B" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="56128CD2" w14:textId="7FDC851B" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1028219859"/>
                 <w:placeholder>
                   <w:docPart w:val="54CA7C61EA1841CD9C0F90F9606BEFDD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E49B2" w:rsidRPr="00CC020F" w14:paraId="4BAFFEB9" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C906821" w14:textId="0B5260F3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="4C906821" w14:textId="0B5260F3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-122310985"/>
                 <w:placeholder>
                   <w:docPart w:val="CD40326660B44D24BE5745FC84C2C1A6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF78DE8" w14:textId="42941E33" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="5AF78DE8" w14:textId="42941E33" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="2013325244"/>
                 <w:placeholder>
                   <w:docPart w:val="5BCEF6B50BB24DDF91FF43EC0F10E0D3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660BE7E7" w14:textId="4F4FB1A3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="660BE7E7" w14:textId="4F4FB1A3" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1031080459"/>
                 <w:placeholder>
                   <w:docPart w:val="20A6BDCC8DEB44A0BD136283FD15A854"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CC74F6" w14:textId="003743C9" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="007E49B2">
+          <w:p w14:paraId="71CC74F6" w14:textId="003743C9" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="007E49B2">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="922763560"/>
                 <w:placeholder>
                   <w:docPart w:val="3845E8A516B046048672A6CBCF72876F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="1B238A18" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39CBD4B3" w14:textId="3500D906" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="39CBD4B3" w14:textId="3500D906" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1743553978"/>
                 <w:placeholder>
                   <w:docPart w:val="81FEDE9F13A242F09DB14378C3DB1DF7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BABBA88" w14:textId="1B92F1F5" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="5BABBA88" w14:textId="1B92F1F5" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1851866642"/>
                 <w:placeholder>
                   <w:docPart w:val="EBBDD0E12BD546389BE6F9D87ECFF44D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661FD5A3" w14:textId="1DC1B1C4" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="661FD5A3" w14:textId="1DC1B1C4" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="627356355"/>
                 <w:placeholder>
                   <w:docPart w:val="BD028B5177954ACE8C97CF22DCF86472"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E53AD12" w14:textId="5C105491" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="6E53AD12" w14:textId="5C105491" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1302503819"/>
                 <w:placeholder>
                   <w:docPart w:val="8C9F34BA40594D5883ED8456A5B3BBB8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="1EDEF355" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D758C9E" w14:textId="293210CE" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="3D758C9E" w14:textId="293210CE" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1129712965"/>
                 <w:placeholder>
                   <w:docPart w:val="9DDEAB3E2A094A02B0B88AE10CADF4E5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A05154" w14:textId="1BC59E2D" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="61A05154" w14:textId="1BC59E2D" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1463721604"/>
                 <w:placeholder>
                   <w:docPart w:val="37FD5621431447F69B5B4FCFF58534AD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5CEBBD" w14:textId="230925B5" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="5E5CEBBD" w14:textId="230925B5" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="984273492"/>
                 <w:placeholder>
                   <w:docPart w:val="531C59918AC144B8AC26AADB0956E181"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCCA4E7" w14:textId="1BA6CD02" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="2DCCA4E7" w14:textId="1BA6CD02" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-784575572"/>
                 <w:placeholder>
                   <w:docPart w:val="91D865578174487AB66B0D5F5CC98E25"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="4C1F1C1B" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A29CD4E" w14:textId="42061C4C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="6A29CD4E" w14:textId="42061C4C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1023625788"/>
                 <w:placeholder>
                   <w:docPart w:val="2A224B60C55E44EE91E6414A555F4DC1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B629D6" w14:textId="65DCC042" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="60B629D6" w14:textId="65DCC042" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-211502647"/>
                 <w:placeholder>
                   <w:docPart w:val="3FF2473196F340C8B30A919219880BEE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="476FE44A" w14:textId="50057A69" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="476FE44A" w14:textId="50057A69" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-445005254"/>
                 <w:placeholder>
                   <w:docPart w:val="880B015F684A415FA2289973B641FCD2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A95B3CA" w14:textId="66A1E14C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="2A95B3CA" w14:textId="66A1E14C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1897931512"/>
                 <w:placeholder>
                   <w:docPart w:val="CB2CA70D2B45475C9308F637E1A899C8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="7C14EB67" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60861BD6" w14:textId="7609A3C7" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="60861BD6" w14:textId="7609A3C7" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="177088226"/>
                 <w:placeholder>
                   <w:docPart w:val="D17C5E33C3CA478F934EF31A88602D87"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13E6CD64" w14:textId="70B5C3C2" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="13E6CD64" w14:textId="70B5C3C2" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1096394334"/>
                 <w:placeholder>
                   <w:docPart w:val="3B9020CA52034D3B9D6D64E004FB54FE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18623758" w14:textId="0DF7181A" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="18623758" w14:textId="0DF7181A" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1976562068"/>
                 <w:placeholder>
                   <w:docPart w:val="53CD85E0B41840B89A6C2B5D89B8EABA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF1DF6C" w14:textId="431D1962" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="0AF1DF6C" w14:textId="431D1962" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1140184923"/>
                 <w:placeholder>
                   <w:docPart w:val="69A8648B1F71490395A1B15C6DF2898F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003725C2">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22701125" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRDefault="00F7591B" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FA538F8" w14:textId="77777777" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F7591B" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -3034,1055 +3092,1079 @@
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC020F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סמסטר לימוד</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="111982C5" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36F848F5" w14:textId="36BF3203" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="36F848F5" w14:textId="36BF3203" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1064837791"/>
                 <w:placeholder>
                   <w:docPart w:val="E6BF35BB68E74F79A7723768F530EB8C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E13BCE3" w14:textId="0F648C79" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="6E13BCE3" w14:textId="0F648C79" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1922216282"/>
                 <w:placeholder>
                   <w:docPart w:val="07CA651F65524D25BA3217CE95E8A2E3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06424129" w14:textId="6888815C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="06424129" w14:textId="6888815C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-645746645"/>
                 <w:placeholder>
                   <w:docPart w:val="F9DB9C6167294D20A40E85D91DCBE357"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36CA7C90" w14:textId="0326C7DB" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="36CA7C90" w14:textId="0326C7DB" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2122905661"/>
                 <w:placeholder>
                   <w:docPart w:val="1DFC84305CC744EF99F74BA3578FCDDE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="003032FC">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="5B18D45A" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ABA8CF8" w14:textId="4A5F1633" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="1ABA8CF8" w14:textId="4A5F1633" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1282992333"/>
                 <w:placeholder>
                   <w:docPart w:val="58A4EDE790FA49A19BFB0225FFFFF3A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01BED1ED" w14:textId="5A9EE8D0" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="01BED1ED" w14:textId="5A9EE8D0" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="646714950"/>
                 <w:placeholder>
                   <w:docPart w:val="E9026A3D67224E6A8A9136EE52B4D83E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10881DAF" w14:textId="1D76FAA8" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="10881DAF" w14:textId="1D76FAA8" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2050138065"/>
                 <w:placeholder>
                   <w:docPart w:val="9E327CDB3EFC4955AC73D2B8F6E3FE34"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E778F9" w14:textId="2B363C19" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="50E778F9" w14:textId="2B363C19" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-311496819"/>
                 <w:placeholder>
                   <w:docPart w:val="183EE108CB7247E39D56E0FF5FD83AD3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="004B6D07">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="65E4A1D0" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6297701D" w14:textId="2B787D26" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="6297701D" w14:textId="2B787D26" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1341816982"/>
                 <w:placeholder>
                   <w:docPart w:val="E0036456C6584349BED99981A7DBD571"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B4E632" w14:textId="2C71A1BD" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="66B4E632" w14:textId="2C71A1BD" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="707763549"/>
                 <w:placeholder>
                   <w:docPart w:val="685568FAE384460CAA5A3DFB26E54B20"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44EFE7F4" w14:textId="5611A116" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="44EFE7F4" w14:textId="5611A116" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1063834032"/>
                 <w:placeholder>
                   <w:docPart w:val="EADB1A79675048C49BFF77DDFDF5EBC4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42A242AC" w14:textId="5042C7C2" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="42A242AC" w14:textId="5042C7C2" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1304997753"/>
                 <w:placeholder>
                   <w:docPart w:val="CD3990C48AF64B3B9FAD24CC295BED98"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="52AFEA7D" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F20A6E5" w14:textId="0E8253F0" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="0F20A6E5" w14:textId="0E8253F0" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2084210807"/>
                 <w:placeholder>
                   <w:docPart w:val="DD043CE49D5C4B9C89B6D75677467847"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72AF5C1B" w14:textId="32C00A62" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="72AF5C1B" w14:textId="32C00A62" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-807549733"/>
                 <w:placeholder>
                   <w:docPart w:val="DF907FC6A18E4C9CA6BC133E733E0EA3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6D6B7F" w14:textId="6C3CAE92" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="4C6D6B7F" w14:textId="6C3CAE92" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="257959042"/>
                 <w:placeholder>
                   <w:docPart w:val="6A1C5F01B622458781B84D53DF6E156F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC1D25D" w14:textId="3568454B" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="1CC1D25D" w14:textId="37AD2019" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
-                <w:id w:val="-1695229181"/>
+                <w:id w:val="-587617390"/>
                 <w:placeholder>
-                  <w:docPart w:val="32EE5459C34443198D598793D8F266C9"/>
+                  <w:docPart w:val="D81E10A5E23F42F6A3CDFE1416002AF0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="001A51A1" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="6C3A247E" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C399CC" w14:textId="057071CB" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="41C399CC" w14:textId="057071CB" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="698292918"/>
                 <w:placeholder>
                   <w:docPart w:val="9C8DAE0978DD49C695120CAD76A020FF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07EFFF87" w14:textId="2E32624C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="07EFFF87" w14:textId="2E32624C" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="998705607"/>
                 <w:placeholder>
                   <w:docPart w:val="52C8953E7EDB46B6902A487AB2B6045A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2A9E69" w14:textId="027D3EEA" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="1D2A9E69" w14:textId="027D3EEA" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="1302963474"/>
                 <w:placeholder>
                   <w:docPart w:val="40DBEB6F1D864177A7522C6AEA8AC280"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="070BD6BF" w14:textId="0086FC34" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="070BD6BF" w14:textId="0086FC34" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="386083117"/>
                 <w:placeholder>
                   <w:docPart w:val="A808BC30E4FD46A797CDF37E44D4A812"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F7591B" w:rsidRPr="00CC020F" w14:paraId="5F6416E8" w14:textId="77777777" w:rsidTr="00F7591B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D96DE14" w14:textId="6E4DA0DF" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="0D96DE14" w14:textId="6E4DA0DF" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-152680312"/>
                 <w:placeholder>
                   <w:docPart w:val="405EDDCCCB894703B72D48F2DCDF193E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD252BF" w14:textId="03AFE863" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="6FD252BF" w14:textId="03AFE863" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-2020069327"/>
                 <w:placeholder>
                   <w:docPart w:val="370B173816D943E89479FBAD47C9CD4D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72BD4D0A" w14:textId="1418FB0A" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="72BD4D0A" w14:textId="1418FB0A" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="250008387"/>
                 <w:placeholder>
                   <w:docPart w:val="10067B79AC8541A0A416CB40F68186C5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="634168F3" w14:textId="09FD576F" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="00F51EF8" w:rsidP="00F7591B">
+          <w:p w14:paraId="634168F3" w14:textId="09FD576F" w:rsidR="00F7591B" w:rsidRPr="00CC020F" w:rsidRDefault="004D3D2B" w:rsidP="00F7591B">
             <w:pPr>
               <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="-1650204203"/>
                 <w:placeholder>
                   <w:docPart w:val="31A68369F12A4EB3A02E93E2739E51C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F7591B" w:rsidRPr="009D333F">
+                <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DCF99F3" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F1B6A53" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRDefault="007E49B2" w:rsidP="007E49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
@@ -4149,292 +4231,322 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="107948720"/>
           <w:placeholder>
             <w:docPart w:val="0301DBD4A8864A27B417C02E954DD91B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B3B2CC" w14:textId="77777777" w:rsidR="007E49B2" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00D16719">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D17CD93" w14:textId="7B6DFCFA" w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
+    <w:p w14:paraId="6D17CD93" w14:textId="7806F177" w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidRDefault="007E49B2" w:rsidP="00CC020F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-406"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם פרטי ומשפחה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1040204907"/>
           <w:placeholder>
             <w:docPart w:val="03C7C2385AE34E0F8E75C7AD3D85F27D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F7591B" w:rsidRPr="00AA5930">
+          <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">  תאריך: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A51A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC020F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">תאריך: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1328396655"/>
           <w:placeholder>
             <w:docPart w:val="25D9B8CBBE2447959BBD3CFDEB638D8B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F7591B" w:rsidRPr="00F7591B">
+          <w:r w:rsidR="00F7591B" w:rsidRPr="001A51A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F7591B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A51A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC020F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">חתימה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="871503978"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D16719">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73DEB594" wp14:editId="7F6CACFB">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73DEB594" wp14:editId="58FF48C4">
+                <wp:extent cx="472135" cy="342768"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="635"/>
                 <wp:docPr id="417620121" name="תמונה 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="417620121" name="תמונה 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId10">
+                        <a:blip r:embed="rId10" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="860684" cy="343378"/>
+                          <a:ext cx="480678" cy="348970"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00A73D63" w:rsidRPr="00CC020F" w:rsidSect="008B06F0">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2269" w:right="1558" w:bottom="1843" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="309D33E8" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
+    <w:p w14:paraId="4252F789" w14:textId="77777777" w:rsidR="004D3D2B" w:rsidRDefault="004D3D2B" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5402A6A4" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
+    <w:p w14:paraId="0914E83C" w14:textId="77777777" w:rsidR="004D3D2B" w:rsidRDefault="004D3D2B" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4912,51 +5024,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="529FC8CB" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="1ED15D0C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -5146,61 +5258,61 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
   <w:bookmarkEnd w:id="4"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D6DE92B" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
+    <w:p w14:paraId="4A723487" w14:textId="77777777" w:rsidR="004D3D2B" w:rsidRDefault="004D3D2B" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49CC7FFD" w14:textId="77777777" w:rsidR="00AD4468" w:rsidRDefault="00AD4468" w:rsidP="0055655F">
+    <w:p w14:paraId="71DA6982" w14:textId="77777777" w:rsidR="004D3D2B" w:rsidRDefault="004D3D2B" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -7332,188 +7444,198 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1555123828">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1633900981">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1963228747">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4pUlxJP6vrwXFoPEzegmpG6EzjXzi2TBRrKRgjAnJKAma4CZvnmLogxM08bXkPu949DPSoFVYYInVXmRQ6lk2g==" w:salt="dSsWbnZ38bdo3TlMvxT3vA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cvMPL1Np4DZjH4ERxmBADxM7f+YDPgiu2T4V/dILBjLVa4jy536G3C85hXtEIXB6RX/cVJED/wwzZVSVsG39BA==" w:salt="0mjFMDsiO/f7gF2IIiX4qw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0009229C"/>
     <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
+    <w:rsid w:val="0012688F"/>
     <w:rsid w:val="0013358A"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
+    <w:rsid w:val="00181E45"/>
     <w:rsid w:val="00191ABB"/>
     <w:rsid w:val="0019314A"/>
+    <w:rsid w:val="001A51A1"/>
     <w:rsid w:val="001C3DE6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001E0535"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00396117"/>
     <w:rsid w:val="00397720"/>
+    <w:rsid w:val="003A6D2F"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F2DF7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="004749D6"/>
     <w:rsid w:val="0048782F"/>
+    <w:rsid w:val="004B6D07"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004D3D2B"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
+    <w:rsid w:val="006820A9"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="0076668B"/>
     <w:rsid w:val="007E49B2"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
+    <w:rsid w:val="008E029E"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00901B45"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
+    <w:rsid w:val="00A41151"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AA5930"/>
     <w:rsid w:val="00AD4468"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67AF4"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00C960C7"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CC020F"/>
     <w:rsid w:val="00CC4CBA"/>
     <w:rsid w:val="00CE7A5C"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D16719"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00DD5346"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EB7DE8"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F51EF8"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F7591B"/>
     <w:rsid w:val="00FB1947"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE1AA7"/>
+    <w:rsid w:val="00FE1CF7"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -9833,82 +9955,50 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C9075683-25F8-4A35-A39F-390FB5C82BFB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
             <w:pStyle w:val="6A1C5F01B622458781B84D53DF6E156F3"/>
           </w:pPr>
           <w:r w:rsidRPr="009D333F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="32EE5459C34443198D598793D8F266C9"/>
-[...30 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="9C8DAE0978DD49C695120CAD76A020FF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{49B7A20A-4972-4C76-8180-B7F2168A15EE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
             <w:pStyle w:val="9C8DAE0978DD49C695120CAD76A020FF3"/>
           </w:pPr>
           <w:r w:rsidRPr="009D333F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
@@ -10343,50 +10433,82 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B1425689-C29B-4F5E-9104-C7E3DC11F112}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BD7A12" w:rsidRDefault="00231F11" w:rsidP="00231F11">
           <w:pPr>
             <w:pStyle w:val="25D9B8CBBE2447959BBD3CFDEB638D8B3"/>
           </w:pPr>
           <w:r w:rsidRPr="00F7591B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D81E10A5E23F42F6A3CDFE1416002AF0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E05BB45D-E46B-42ED-91EC-511017DD34E9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C60EC2" w:rsidRDefault="009F693C" w:rsidP="009F693C">
+          <w:pPr>
+            <w:pStyle w:val="D81E10A5E23F42F6A3CDFE1416002AF0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="009D333F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -10469,61 +10591,66 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B50550"/>
     <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="0013358A"/>
+    <w:rsid w:val="00181E45"/>
     <w:rsid w:val="001C3DE6"/>
     <w:rsid w:val="00231F11"/>
     <w:rsid w:val="003F2DF7"/>
+    <w:rsid w:val="005C6542"/>
     <w:rsid w:val="006B58DB"/>
     <w:rsid w:val="0076668B"/>
     <w:rsid w:val="0077246A"/>
+    <w:rsid w:val="008E029E"/>
     <w:rsid w:val="00901B45"/>
     <w:rsid w:val="00966D18"/>
     <w:rsid w:val="009D0362"/>
+    <w:rsid w:val="009F693C"/>
     <w:rsid w:val="00B50550"/>
     <w:rsid w:val="00BD7A12"/>
+    <w:rsid w:val="00C60EC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -10938,51 +11065,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00231F11"/>
+    <w:rsid w:val="009F693C"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CEB10EFD93446AFA3538C7DA284F44E3">
     <w:name w:val="5CEB10EFD93446AFA3538C7DA284F44E3"/>
     <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BF83E8281944F0095FC222B30A1F4733">
     <w:name w:val="0BF83E8281944F0095FC222B30A1F4733"/>
     <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
       <w:spacing w:line="259" w:lineRule="auto"/>
@@ -11918,50 +12045,58 @@
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="25D9B8CBBE2447959BBD3CFDEB638D8B3">
     <w:name w:val="25D9B8CBBE2447959BBD3CFDEB638D8B3"/>
     <w:rsid w:val="00231F11"/>
     <w:pPr>
       <w:bidi/>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EEB1C6822C144F898809B7EA2A5767C9">
+    <w:name w:val="EEB1C6822C144F898809B7EA2A5767C9"/>
+    <w:rsid w:val="009F693C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D81E10A5E23F42F6A3CDFE1416002AF0">
+    <w:name w:val="D81E10A5E23F42F6A3CDFE1416002AF0"/>
+    <w:rsid w:val="009F693C"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -12228,77 +12363,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>880</Words>
-  <Characters>3645</Characters>
+  <Words>786</Words>
+  <Characters>3743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>267</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4412</CharactersWithSpaces>
+  <CharactersWithSpaces>4433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>