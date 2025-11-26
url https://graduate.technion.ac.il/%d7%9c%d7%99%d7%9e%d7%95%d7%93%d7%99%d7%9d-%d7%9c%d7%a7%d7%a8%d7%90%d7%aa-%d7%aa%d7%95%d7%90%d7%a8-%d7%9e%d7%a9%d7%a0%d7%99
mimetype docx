--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -11,1752 +11,1713 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7E30E790" w14:textId="29A754B8" w:rsidR="00D557B7" w:rsidRDefault="002F3122" w:rsidP="00D557B7">
+    <w:p w14:paraId="7E30E790" w14:textId="29A754B8" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="002F3122" w:rsidP="00D557B7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544F1535" w14:textId="3E839EAE" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="002F3122">
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="544F1535" w14:textId="3E839EAE" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00DD4884">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...10 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לימודים לקראת תואר משני לסטודנטים הלומדים לקראת תואר מחקרי</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1B04">
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78ED8198" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="78ED8198" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="008F1B04">
+        <w:r w:rsidRPr="000D7DFA">
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
-          <w:t>נא קראו את נוהל הלימודים לתואר משני</w:t>
+          <w:t>נא קראו את נו</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000D7DFA">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>ה</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000D7DFA">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>ל הלימודים לתואר משני</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A91A146" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="4A91A146" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-334" w:right="-540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">     נא להחתים את היחידה בה נלמד התואר הראשי </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>בלבד</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1B04">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ולהגיש לביה"ס </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE4DA6A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="4FE4DA6A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="199BE223" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
-[...7 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    <w:p w14:paraId="199BE223" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...2 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטי הסטודנט/ית:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3F1316" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="0C3F1316" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם משפחה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="256945093"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6ACBF993" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="6ACBF993" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם פרטי: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="70776074"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2E325A4A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="2E325A4A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מס' ת"ז: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-307322694"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5CBE9349" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="5CBE9349" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16253F86" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
-[...7 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    <w:p w14:paraId="16253F86" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...2 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטי הבקשה:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E02AFA7" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="2E02AFA7" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">מסלול לימודים ראשי לקראת התואר: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1542631765"/>
           <w:placeholder>
             <w:docPart w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
             <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="38196772" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="38196772" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">ביחידה אקדמית: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-2041037514"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="41A248B8" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="41A248B8" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">סמסטר התחלת לימודים בתואר הראשי: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1807695890"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="09CC9F8D" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="09CC9F8D" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אבקש להירשם ללימודים לקראת תואר שני, לא מחקרי, נוסף בטכניון ביחידה האקדמית: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="2005853077"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0A119C7F" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="0A119C7F" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="-540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60AD776C" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
-[...18 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="60AD776C" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הצהרה</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CB486B" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="79CB486B" w14:textId="291FC94F" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="709" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...8 lines deleted...]
-        <w:t>ידוע לי כי  עבור לימודי לקראת התואר המשני אחויב בתשלום שכ"ל מלא בהתאם לנהלים.</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ידוע לי כי עבור לימודי לקראת התואר המשני אחויב בתשלום שכ"ל מלא בהתאם לנהלים.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A61714" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="06A61714" w14:textId="437A9C10" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="709" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...8 lines deleted...]
-        <w:t>אני מתחייב /ת בזאת כי התקדמותי במחקר לא תיפגע כתוצאה מלימודי לקראת התואר המשני ולא אבקש הארכת  משך השתלמות עם מלגה.</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אני מתחייב/ת בזאת כי התקדמותי במחקר לא תיפגע כתוצאה מלימודי לקראת התואר המשני ולא אבקש הארכת  משך השתלמות עם מלגה.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD00474" w14:textId="1DC16142" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="2CD00474" w14:textId="1DC16142" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="709" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>אני מתחייב/ת להודיע למדור מעקב על כל שינוי בפעילות (חופשה, הפסקה) הן בתואר הראשי והן בתואר המשני.</w:t>
       </w:r>
-      <w:r w:rsidR="002F3122" w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="002F3122" w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639D172B" w14:textId="2FB41346" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="002F3122">
+    <w:p w14:paraId="639D172B" w14:textId="2FB41346" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="002F3122">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="709"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>תאריך:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1167748643"/>
           <w:placeholder>
             <w:docPart w:val="724D814F04474CC5A36E321A55B51DC5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">       חתימה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1132439080"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F9524D" w:rsidRPr="008F1B04">
+          <w:r w:rsidR="00F9524D" w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1163AD78" wp14:editId="2E836693">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1163AD78" wp14:editId="7A0F61E7">
                 <wp:extent cx="1199644" cy="333375"/>
                 <wp:effectExtent l="0" t="0" r="635" b="0"/>
-                <wp:docPr id="275218636" name="Picture 1"/>
+                <wp:docPr id="275218636" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="275218636" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1213226" cy="337149"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1C8EA710" w14:textId="6F8A6712" w:rsidR="00D557B7" w:rsidRPr="008F1B04" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="1C8EA710" w14:textId="6F8A6712" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="-540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274F108A" w14:textId="77777777" w:rsidR="00DD5636" w:rsidRPr="008F1B04" w:rsidRDefault="00DD5636" w:rsidP="00D557B7">
+    <w:p w14:paraId="274F108A" w14:textId="77777777" w:rsidR="00DD5636" w:rsidRPr="000D7DFA" w:rsidRDefault="00DD5636" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="-540"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D17CD93" w14:textId="5A6B5F90" w:rsidR="00A73D63" w:rsidRPr="008F1B04" w:rsidRDefault="002F3122" w:rsidP="004F11BA">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6D17CD93" w14:textId="5A6B5F90" w:rsidR="00A73D63" w:rsidRPr="000D7DFA" w:rsidRDefault="002F3122" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DD5636" w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00DD5636" w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אישור היחידה בה נלמד התואר </w:t>
       </w:r>
-      <w:r w:rsidR="00D11D98" w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00D11D98" w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הראשי</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE35979" w14:textId="6DEA1E5D" w:rsidR="009D666C" w:rsidRPr="008F1B04" w:rsidRDefault="009D666C" w:rsidP="004F11BA">
+    <w:p w14:paraId="2CE35979" w14:textId="3EC25BC0" w:rsidR="009D666C" w:rsidRPr="000D7DFA" w:rsidRDefault="009D666C" w:rsidP="000D7DFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">הפקולטה/הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1898780163"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6897A3FE" w14:textId="228FBC03" w:rsidR="00141173" w:rsidRPr="008F1B04" w:rsidRDefault="00141173" w:rsidP="004F11BA">
+    <w:p w14:paraId="6897A3FE" w14:textId="228FBC03" w:rsidR="00141173" w:rsidRPr="000D7DFA" w:rsidRDefault="00141173" w:rsidP="004F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הננו מאשרים את הבקשה הנ"ל.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A0C53" w14:textId="5ED3534C" w:rsidR="000A20AE" w:rsidRPr="008F1B04" w:rsidRDefault="000A20AE" w:rsidP="004F11BA">
+    <w:p w14:paraId="666A0C53" w14:textId="5ED3534C" w:rsidR="000A20AE" w:rsidRPr="000D7DFA" w:rsidRDefault="000A20AE" w:rsidP="004F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">שם המנחה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1494862997"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> חתימה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1573473549"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="353A114C" wp14:editId="669BFCF2">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="353A114C" wp14:editId="2E20E41A">
                 <wp:extent cx="903230" cy="238125"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="Picture 5"/>
+                <wp:docPr id="2" name="Picture 5" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 5" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="914500" cy="241096"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> תאריך: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-556241472"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="13B51A78" w14:textId="39CC7FE3" w:rsidR="000A20AE" w:rsidRPr="008F1B04" w:rsidRDefault="00DB032F" w:rsidP="004F11BA">
+    <w:p w14:paraId="13B51A78" w14:textId="39CC7FE3" w:rsidR="000A20AE" w:rsidRPr="000D7DFA" w:rsidRDefault="00DB032F" w:rsidP="004F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">חתימת מרכז הוועדה לתארים מתקדמים: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1119958758"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FEABBAC" wp14:editId="7A34F977">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FEABBAC" wp14:editId="55EC964E">
                 <wp:extent cx="923925" cy="230981"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="3" name="Picture 6"/>
+                <wp:docPr id="3" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="3" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="931978" cy="232994"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">תאריך: </w:t>
+        <w:t xml:space="preserve"> תאריך: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1725372678"/>
           <w:placeholder>
             <w:docPart w:val="B3D0270B56C14E5E871899A8B10FA7B2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="04A906BF" w14:textId="2A5440F8" w:rsidR="00D11D98" w:rsidRPr="008F1B04" w:rsidRDefault="002F3122" w:rsidP="004F11BA">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="04A906BF" w14:textId="2A5440F8" w:rsidR="00D11D98" w:rsidRPr="000D7DFA" w:rsidRDefault="002F3122" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D11D98" w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00D11D98" w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">אישור היחידה בה </w:t>
-[...32 lines deleted...]
-        <w:t>המשני</w:t>
+        <w:t>אישור היחידה בה יילמד התואר המשני</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CF2941" w14:textId="64435CC1" w:rsidR="00692D27" w:rsidRPr="00E6642F" w:rsidRDefault="00692D27" w:rsidP="00C40098">
+    <w:p w14:paraId="76CF2941" w14:textId="3DC77E88" w:rsidR="00692D27" w:rsidRPr="000D7DFA" w:rsidRDefault="00692D27" w:rsidP="000D7DFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">הפקולטה/הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1862726523"/>
           <w:placeholder>
             <w:docPart w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C40098">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00C40098" w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002F6C72" w:rsidRPr="00E6642F">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="002F6C72" w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>(אישור זה יועבר לביה"ס לתארים מתקדמים בעת העברת ההמלצה החיובית של הוועדה)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C022402" w14:textId="3D717C2B" w:rsidR="00C72C03" w:rsidRPr="008F1B04" w:rsidRDefault="00C72C03" w:rsidP="004F11BA">
+    <w:p w14:paraId="6C022402" w14:textId="3D717C2B" w:rsidR="00C72C03" w:rsidRPr="000D7DFA" w:rsidRDefault="00C72C03" w:rsidP="004F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הננו מאשרים את הבקשה הנ"ל.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">חתימת מרכז הוועדה לתארים מתקדמים: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1457456825"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="617FE9E9" wp14:editId="41C1A871">
-[...2 lines deleted...]
-                <wp:docPr id="45467608" name="Picture 6" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="617FE9E9" wp14:editId="65B13F5F">
+                <wp:extent cx="1180465" cy="295076"/>
+                <wp:effectExtent l="0" t="0" r="635" b="0"/>
+                <wp:docPr id="45467608" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="45467608" name="Picture 6" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                        <pic:cNvPr id="45467608" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1192682" cy="298171"/>
+                          <a:ext cx="1198927" cy="299691"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> תאריך: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="687185830"/>
           <w:placeholder>
             <w:docPart w:val="FD9C146A3C204074A468A5A14033B5F8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="74F5AB45" w14:textId="558E75F1" w:rsidR="004F11BA" w:rsidRPr="008F1B04" w:rsidRDefault="004F11BA" w:rsidP="004F11BA">
+    <w:p w14:paraId="74F5AB45" w14:textId="558E75F1" w:rsidR="004F11BA" w:rsidRPr="000D7DFA" w:rsidRDefault="004F11BA" w:rsidP="004F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>הערות/דרישות מיוחדות</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">הערות/דרישות מיוחדות: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-358506940"/>
           <w:placeholder>
             <w:docPart w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6CBB07FE" w14:textId="4D20D875" w:rsidR="00AF365E" w:rsidRPr="008F1B04" w:rsidRDefault="00AF365E" w:rsidP="00AF365E">
+    <w:p w14:paraId="6CBB07FE" w14:textId="4D20D875" w:rsidR="00AF365E" w:rsidRPr="000D7DFA" w:rsidRDefault="00AF365E" w:rsidP="00AF365E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>אישור דיקן ביה"ס לתארים מתקדמים</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">אישור דיקן ביה"ס לתארים מתקדמים: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1659843222"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E2E87FE" wp14:editId="6AFC121D">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E2E87FE" wp14:editId="15B54A23">
                 <wp:extent cx="1123950" cy="280988"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="513266116" name="Picture 6" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                <wp:docPr id="513266116" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="513266116" name="Picture 6" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                        <pic:cNvPr id="513266116" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1131106" cy="282777"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>תאריך:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1B04">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="000D7DFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-880629270"/>
           <w:placeholder>
             <w:docPart w:val="B3130AA4BEF04E32B5085158CF80521B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="008F1B04">
+          <w:r w:rsidRPr="000D7DFA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="40BEA40E" w14:textId="77777777" w:rsidR="00C72C03" w:rsidRPr="000A20AE" w:rsidRDefault="00C72C03" w:rsidP="00C72C03">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="40BEA40E" w14:textId="77777777" w:rsidR="00C72C03" w:rsidRPr="000D7DFA" w:rsidRDefault="00C72C03" w:rsidP="00C72C03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C72C03" w:rsidRPr="000A20AE" w:rsidSect="00D557B7">
+    <w:sectPr w:rsidR="00C72C03" w:rsidRPr="000D7DFA" w:rsidSect="00D557B7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1CB2DC09" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -1811,72 +1772,72 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk200277248"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk200277249"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk200277263"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
@@ -2178,113 +2139,119 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="47431DC6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="002285C3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="11F8AE8D" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="24011E65" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2465,96 +2432,96 @@
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5164D9E4" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38C62BD6" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
+  <w:p w14:paraId="7B249C48" w14:textId="56E70E9D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a3"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="6D2E8BDC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="2E7B5311">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>854075</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>514350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4600575" cy="314325"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
@@ -2638,70 +2605,70 @@
                       <w:t xml:space="preserve">מדור רישום וקבלה                  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t>Registration and Admission Office</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FE5C31" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="70BB91E8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="2477DFE6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>12321</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-451897</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור רישום וקבלה, ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -4446,184 +4413,193 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1498808492">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1241796245">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="IhIU56KEjWDO1Ckm8MsE9nhVexab/4fZewfPLRbsM5wVgFG7V/V6h3fo571iF9YgRjQK2sPG48ncB0tA3LKCjA==" w:salt="WteB9qAz7w5O2V6omc6rTw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fRvm8Vp9BAwI8L7sjNf0kL/m7JPI19DzEmsYQ3ILXbv/XjHBEDBX2xeRiwa+zBmZFkSKlET1zw9xPc6n38PmsA==" w:salt="OeIa4yNmqaLVOnFdFzCuag=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0007227C"/>
     <w:rsid w:val="000A20AE"/>
+    <w:rsid w:val="000A3E85"/>
+    <w:rsid w:val="000D7DFA"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00141173"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001A4AA9"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F3122"/>
     <w:rsid w:val="002F6C72"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
+    <w:rsid w:val="003256EF"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
+    <w:rsid w:val="004630DF"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004F11BA"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
     <w:rsid w:val="00692D27"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00785BAB"/>
     <w:rsid w:val="007B581B"/>
     <w:rsid w:val="007E34C5"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="00884BE4"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F1B04"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00916A8C"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009A102D"/>
     <w:rsid w:val="009A6E28"/>
+    <w:rsid w:val="009A7678"/>
     <w:rsid w:val="009D666C"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AF365E"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B608CB"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C40098"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C72C03"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D11D98"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D557B7"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00DB032F"/>
+    <w:rsid w:val="00DD4884"/>
     <w:rsid w:val="00DD5636"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E6642F"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00ED080B"/>
     <w:rsid w:val="00ED5AFA"/>
+    <w:rsid w:val="00F11494"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F33513"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F9524D"/>
     <w:rsid w:val="00FA7623"/>
     <w:rsid w:val="00FB1947"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
@@ -5015,308 +4991,308 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AF365E"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="כותרת עליונה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="כותרת תחתונה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31CA0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Hebrew" w:hAnsi="Adobe Hebrew" w:cs="Adobe Hebrew"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13977"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A91826"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="כותרת 1 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="כותרת 2 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="גוף טקסט תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%aa%d7%97%d7%9c%d7%aa-%d7%9c%d7%99%d7%9e%d7%95%d7%93%d7%99%d7%9d-%d7%91%d7%9e%d7%a7%d7%91%d7%99%d7%9c-%d7%9c%d7%aa%d7%95%d7%90%d7%a8-%d7%a0%d7%95%d7%a1%d7%a3/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -5334,280 +5310,280 @@
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A61F379D90E640C386F98127A221B460"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3C4CAD2B-E611-432C-8E2F-3C58309D6D41}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002E4ED1" w:rsidRDefault="00881545" w:rsidP="00881545">
           <w:pPr>
             <w:pStyle w:val="A61F379D90E640C386F98127A221B460"/>
           </w:pPr>
           <w:r w:rsidRPr="001E0849">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C29F4866-836D-4706-8801-E3102DB210BA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002E4ED1" w:rsidRDefault="00881545" w:rsidP="00881545">
           <w:pPr>
             <w:pStyle w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
           </w:pPr>
           <w:r w:rsidRPr="001E0849">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="724D814F04474CC5A36E321A55B51DC5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B527EE6A-0F09-43E0-9C85-A3F3F24436A3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002E4ED1" w:rsidRDefault="00881545" w:rsidP="00881545">
           <w:pPr>
             <w:pStyle w:val="724D814F04474CC5A36E321A55B51DC5"/>
           </w:pPr>
           <w:r w:rsidRPr="001E0849">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1EFDCD48-5421-4AA8-BB64-59C2975C554B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C">
           <w:r w:rsidRPr="00EA39DA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B3D0270B56C14E5E871899A8B10FA7B2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A251377E-3C11-4CD5-BB93-CA0B51AACEC4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
           <w:pPr>
             <w:pStyle w:val="B3D0270B56C14E5E871899A8B10FA7B2"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA39DA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E2956A7-7A8F-4EEA-87D4-FE508784AB08}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
           <w:pPr>
             <w:pStyle w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA39DA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FD9C146A3C204074A468A5A14033B5F8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{53C306EE-5D3C-43AD-A3FC-AB179A34E299}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
           <w:pPr>
             <w:pStyle w:val="FD9C146A3C204074A468A5A14033B5F8"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA39DA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{29E98C3E-8EA7-4967-8A52-1488237FE80C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
           <w:pPr>
             <w:pStyle w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA39DA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B3130AA4BEF04E32B5085158CF80521B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC4E462E-954B-431E-89A2-01A6EF112D77}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
           <w:pPr>
             <w:pStyle w:val="B3130AA4BEF04E32B5085158CF80521B"/>
           </w:pPr>
           <w:r w:rsidRPr="00EA39DA">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
@@ -5634,101 +5610,103 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00881545"/>
     <w:rsid w:val="0000121C"/>
+    <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="001A4AA9"/>
     <w:rsid w:val="002E4ED1"/>
     <w:rsid w:val="007E34C5"/>
     <w:rsid w:val="00881545"/>
     <w:rsid w:val="00E407B3"/>
+    <w:rsid w:val="00ED080B"/>
     <w:rsid w:val="00ED5AFA"/>
     <w:rsid w:val="00EE234D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6106,131 +6084,124 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0000121C"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A61F379D90E640C386F98127A221B460">
     <w:name w:val="A61F379D90E640C386F98127A221B460"/>
     <w:rsid w:val="00881545"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D11B673222A46E59D67DBE5DA2CE61A">
     <w:name w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
     <w:rsid w:val="00881545"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="724D814F04474CC5A36E321A55B51DC5">
     <w:name w:val="724D814F04474CC5A36E321A55B51DC5"/>
     <w:rsid w:val="00881545"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3D0270B56C14E5E871899A8B10FA7B2">
     <w:name w:val="B3D0270B56C14E5E871899A8B10FA7B2"/>
     <w:rsid w:val="0000121C"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B54FF9262934800B004BF55DF6BF1AC">
     <w:name w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
-    <w:rsid w:val="0000121C"/>
-[...5 lines deleted...]
-    <w:name w:val="78AD57CBB9D14CE5B624426A6F92CE5F"/>
     <w:rsid w:val="0000121C"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD9C146A3C204074A468A5A14033B5F8">
     <w:name w:val="FD9C146A3C204074A468A5A14033B5F8"/>
     <w:rsid w:val="0000121C"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="34BAD38E85714C31B72F2AE0B1A07D7E">
     <w:name w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
     <w:rsid w:val="0000121C"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3130AA4BEF04E32B5085158CF80521B">
     <w:name w:val="B3130AA4BEF04E32B5085158CF80521B"/>
     <w:rsid w:val="0000121C"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
@@ -6523,70 +6494,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>312</Words>
-  <Characters>1561</Characters>
+  <Words>334</Words>
+  <Characters>1537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1870</CharactersWithSpaces>
+  <CharactersWithSpaces>1833</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>