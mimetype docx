--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -11,1715 +11,2220 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7E30E790" w14:textId="29A754B8" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="002F3122" w:rsidP="00D557B7">
+    <w:p w14:paraId="7E30E790" w14:textId="29A754B8" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="002F3122" w:rsidP="00D557B7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:rtl/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000D7DFA">
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019338A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544F1535" w14:textId="3E839EAE" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00DD4884">
-[...1 lines deleted...]
-        <w:pStyle w:val="1"/>
+    <w:p w14:paraId="544F1535" w14:textId="658DD0D5" w:rsidR="00D557B7" w:rsidRPr="00F228E1" w:rsidRDefault="00D557B7" w:rsidP="00014962">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:bidi/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לימודים לקראת תואר משני לסטודנטים הלומדים לקראת תואר מחקרי</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
+    </w:p>
+    <w:p w14:paraId="78ED8198" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="14"/>
-[...13 lines deleted...]
-          <w:bCs/>
+          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="000D7DFA">
+        <w:r w:rsidRPr="0019338A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
-          <w:t>נא קראו את נו</w:t>
-[...21 lines deleted...]
-          <w:t>ל הלימודים לתואר משני</w:t>
+          <w:t>נא קראו את נוהל הלימודים לתואר משני</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A91A146" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="4A91A146" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-334" w:right="-540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="0019338A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">     נא להחתים את היחידה בה נלמד התואר הראשי </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="0019338A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>בלבד</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="0019338A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ולהגיש לביה"ס </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE4DA6A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="4FE4DA6A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="199BE223" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="199BE223" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="00F228E1" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטי הסטודנט/ית:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3F1316" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="0C3F1316" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">שם משפחה: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם משפחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="256945093"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6ACBF993" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="6ACBF993" w14:textId="0ADF090F" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">שם פרטי: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="70776074"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2E325A4A" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="2E325A4A" w14:textId="1047BC8B" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">מס' ת"ז: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מס' ת"ז:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-307322694"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5CBE9349" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="5CBE9349" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16253F86" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="16253F86" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="00F228E1" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטי הבקשה:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E02AFA7" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="2E02AFA7" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מסלול לימודים ראשי לקראת התואר:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215740467"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1542631765"/>
           <w:placeholder>
             <w:docPart w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
             <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="38196772" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="38196772" w14:textId="666CFEED" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">ביחידה אקדמית: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ביחידה אקדמית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-2041037514"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="41A248B8" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="41A248B8" w14:textId="12EB6ED9" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">סמסטר התחלת לימודים בתואר הראשי: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>סמסטר התחלת לימודים בתואר הראשי:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1807695890"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="09CC9F8D" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="09CC9F8D" w14:textId="6F7D8C01" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="0019338A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">אבקש להירשם ללימודים לקראת תואר שני, לא מחקרי, נוסף בטכניון ביחידה האקדמית: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אבקש להירשם ללימודים לקראת תואר שני, לא מחקרי, נוסף בטכניון ביחידה האקדמית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="2005853077"/>
           <w:placeholder>
             <w:docPart w:val="A61F379D90E640C386F98127A221B460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0A119C7F" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="0A119C7F" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="-540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60AD776C" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="60AD776C" w14:textId="77777777" w:rsidR="00D557B7" w:rsidRPr="0019338A" w:rsidRDefault="00D557B7" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הצהרה</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CB486B" w14:textId="291FC94F" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="79CB486B" w14:textId="291FC94F" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="709" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ידוע לי כי עבור לימודי לקראת התואר המשני אחויב בתשלום שכ"ל מלא בהתאם לנהלים.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A61714" w14:textId="437A9C10" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="06A61714" w14:textId="437A9C10" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="709" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>אני מתחייב/ת בזאת כי התקדמותי במחקר לא תיפגע כתוצאה מלימודי לקראת התואר המשני ולא אבקש הארכת  משך השתלמות עם מלגה.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD00474" w14:textId="1DC16142" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="2CD00474" w14:textId="1DC16142" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="709" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:rtl/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>אני מתחייב/ת להודיע למדור מעקב על כל שינוי בפעילות (חופשה, הפסקה) הן בתואר הראשי והן בתואר המשני.</w:t>
       </w:r>
-      <w:r w:rsidR="002F3122" w:rsidRPr="000D7DFA">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002F3122" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639D172B" w14:textId="2FB41346" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="002F3122">
+    <w:p w14:paraId="639D172B" w14:textId="2FB41346" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="002F3122">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>תאריך:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1167748643"/>
           <w:placeholder>
             <w:docPart w:val="724D814F04474CC5A36E321A55B51DC5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:color w:val="666666"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="000D7DFA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       חתימה: </w:t>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1132439080"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F9524D" w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00F9524D" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1163AD78" wp14:editId="7A0F61E7">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1163AD78" wp14:editId="712CA7CD">
+                <wp:extent cx="697865" cy="333339"/>
+                <wp:effectExtent l="0" t="0" r="6985" b="0"/>
                 <wp:docPr id="275218636" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="275218636" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1213226" cy="337149"/>
+                          <a:ext cx="717360" cy="342651"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1C8EA710" w14:textId="6F8A6712" w:rsidR="00D557B7" w:rsidRPr="000D7DFA" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
+    <w:p w14:paraId="1C8EA710" w14:textId="6F8A6712" w:rsidR="00D557B7" w:rsidRPr="00014962" w:rsidRDefault="00D557B7" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="-540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274F108A" w14:textId="77777777" w:rsidR="00DD5636" w:rsidRPr="000D7DFA" w:rsidRDefault="00DD5636" w:rsidP="00D557B7">
+    <w:p w14:paraId="274F108A" w14:textId="77777777" w:rsidR="00DD5636" w:rsidRPr="00014962" w:rsidRDefault="00DD5636" w:rsidP="00D557B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="26" w:right="-540"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D17CD93" w14:textId="5A6B5F90" w:rsidR="00A73D63" w:rsidRPr="000D7DFA" w:rsidRDefault="002F3122" w:rsidP="000D7DFA">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="6D17CD93" w14:textId="5A6B5F90" w:rsidR="00A73D63" w:rsidRPr="00F228E1" w:rsidRDefault="002F3122" w:rsidP="000D7DFA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DD5636" w:rsidRPr="000D7DFA">
+      <w:r w:rsidR="00DD5636" w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אישור היחידה בה נלמד התואר </w:t>
       </w:r>
-      <w:r w:rsidR="00D11D98" w:rsidRPr="000D7DFA">
+      <w:r w:rsidR="00D11D98" w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הראשי</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE35979" w14:textId="3EC25BC0" w:rsidR="009D666C" w:rsidRPr="000D7DFA" w:rsidRDefault="009D666C" w:rsidP="000D7DFA">
+    <w:p w14:paraId="2CE35979" w14:textId="2A6203E0" w:rsidR="009D666C" w:rsidRPr="00014962" w:rsidRDefault="009D666C" w:rsidP="000D7DFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000D7DFA">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">הפקולטה/הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1898780163"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="79AB4E39A3D54035BD8AAE1CD5C72B43"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6897A3FE" w14:textId="228FBC03" w:rsidR="00141173" w:rsidRPr="000D7DFA" w:rsidRDefault="00141173" w:rsidP="004F11BA">
+    <w:p w14:paraId="6897A3FE" w14:textId="228FBC03" w:rsidR="00141173" w:rsidRPr="00014962" w:rsidRDefault="00141173" w:rsidP="004F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הננו מאשרים את הבקשה הנ"ל.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A0C53" w14:textId="5ED3534C" w:rsidR="000A20AE" w:rsidRPr="000D7DFA" w:rsidRDefault="000A20AE" w:rsidP="004F11BA">
+    <w:p w14:paraId="6797AD89" w14:textId="4AB38C97" w:rsidR="00014962" w:rsidRPr="00014962" w:rsidRDefault="000A20AE" w:rsidP="00014962">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">שם המנחה: </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1494862997"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="E5B15025FA944B70B2BD2AEE28CDCE71"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="000D7DFA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> חתימה: </w:t>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1573473549"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="353A114C" wp14:editId="2E20E41A">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="353A114C" wp14:editId="348F1BDC">
+                <wp:extent cx="566420" cy="238056"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                 <wp:docPr id="2" name="Picture 5" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="Picture 5" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="914500" cy="241096"/>
+                          <a:ext cx="584682" cy="245731"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="000D7DFA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> תאריך: </w:t>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-556241472"/>
+          <w:id w:val="587889546"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="60D176A82A904CD3A12F9F183A6447DD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0019338A" w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="13B51A78" w14:textId="46A5FC66" w:rsidR="000A20AE" w:rsidRPr="00014962" w:rsidRDefault="00014962" w:rsidP="00014962">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם מרכז/ת הוועדה לתארים מתקדמים </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="781686230"/>
+          <w:placeholder>
+            <w:docPart w:val="0E8D2B6ECAAC4200A1F0E606257D7F4A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-    </w:p>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">חתימת מרכז הוועדה לתארים מתקדמים: </w:t>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת מרכז</w:t>
+      </w:r>
+      <w:r w:rsidR="0019338A" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הוועדה:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1119958758"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FEABBAC" wp14:editId="55EC964E">
-                <wp:extent cx="923925" cy="230981"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FEABBAC" wp14:editId="644E8D49">
+                <wp:extent cx="553722" cy="230505"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="3" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="3" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId10" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="931978" cy="232994"/>
+                          <a:ext cx="559714" cy="232999"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="000D7DFA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> תאריך: </w:t>
+      <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB032F" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-1725372678"/>
+          <w:id w:val="-1499183358"/>
           <w:placeholder>
-            <w:docPart w:val="B3D0270B56C14E5E871899A8B10FA7B2"/>
+            <w:docPart w:val="C9F07FF948A44512A7256D01BF25F371"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:text/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="0019338A" w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="04A906BF" w14:textId="2A5440F8" w:rsidR="00D11D98" w:rsidRPr="000D7DFA" w:rsidRDefault="002F3122" w:rsidP="000D7DFA">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="1A7CE805" w14:textId="44DDD2F8" w:rsidR="0019338A" w:rsidRPr="00F228E1" w:rsidRDefault="002F3122" w:rsidP="0019338A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7DFA">
+      <w:r w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D11D98" w:rsidRPr="000D7DFA">
+      <w:r w:rsidR="00D11D98" w:rsidRPr="00F228E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>אישור היחידה בה יילמד התואר המשני</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CF2941" w14:textId="3DC77E88" w:rsidR="00692D27" w:rsidRPr="000D7DFA" w:rsidRDefault="00692D27" w:rsidP="000D7DFA">
+    <w:p w14:paraId="76CF2941" w14:textId="0D3B7362" w:rsidR="00692D27" w:rsidRPr="00014962" w:rsidRDefault="00692D27" w:rsidP="000D7DFA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000D7DFA">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">הפקולטה/הוועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1862726523"/>
           <w:placeholder>
             <w:docPart w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C40098" w:rsidRPr="000D7DFA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C40098" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002F6C72" w:rsidRPr="000D7DFA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002F6C72" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>(אישור זה יועבר לביה"ס לתארים מתקדמים בעת העברת ההמלצה החיובית של הוועדה)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C022402" w14:textId="3D717C2B" w:rsidR="00C72C03" w:rsidRPr="000D7DFA" w:rsidRDefault="00C72C03" w:rsidP="004F11BA">
+    <w:p w14:paraId="6C022402" w14:textId="68B0BF0C" w:rsidR="00C72C03" w:rsidRPr="00014962" w:rsidRDefault="00C72C03" w:rsidP="00014962">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הננו מאשרים את הבקשה הנ"ל.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">חתימת מרכז הוועדה לתארים מתקדמים: </w:t>
+      </w:r>
+      <w:r w:rsidR="00014962" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם מרכז/ת הוועדה לתארים מתקדמים</w:t>
+      </w:r>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00014962" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-692611257"/>
+          <w:placeholder>
+            <w:docPart w:val="79A30BA555BC4B8685195C443C3E50BB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00014962" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת מרכז</w:t>
+      </w:r>
+      <w:r w:rsidR="0019338A" w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הוועדה</w:t>
+      </w:r>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1457456825"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="617FE9E9" wp14:editId="65B13F5F">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="617FE9E9" wp14:editId="646A7D1C">
+                <wp:extent cx="467520" cy="294640"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                 <wp:docPr id="45467608" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="45467608" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId11" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1198927" cy="299691"/>
+                          <a:ext cx="478401" cy="301497"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="000D7DFA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> תאריך: </w:t>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="687185830"/>
+          <w:id w:val="334965734"/>
           <w:placeholder>
-            <w:docPart w:val="FD9C146A3C204074A468A5A14033B5F8"/>
+            <w:docPart w:val="3E05552C3B2B4B0EAEBB45FFC058CCC7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="30C5F30D" w14:textId="77777777" w:rsidR="00014962" w:rsidRDefault="00014962" w:rsidP="004F11BA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F5AB45" w14:textId="68C6ECCE" w:rsidR="004F11BA" w:rsidRPr="00014962" w:rsidRDefault="004F11BA" w:rsidP="004F11BA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">הערות/דרישות מיוחדות: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="963547818"/>
+          <w:placeholder>
+            <w:docPart w:val="FCA22E46EE0F4F05B5DEF70E6054C062"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:u w:val="single"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="74F5AB45" w14:textId="558E75F1" w:rsidR="004F11BA" w:rsidRPr="000D7DFA" w:rsidRDefault="004F11BA" w:rsidP="004F11BA">
+    <w:p w14:paraId="74E6C8C4" w14:textId="3CAAE750" w:rsidR="00F228E1" w:rsidRPr="0019338A" w:rsidRDefault="00AF365E" w:rsidP="00014962">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000D7DFA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014962">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">הערות/דרישות מיוחדות: </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אישור דיקן ביה"ס לתארים מתקדמים:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:b/>
-[...49 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1659843222"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E2E87FE" wp14:editId="15B54A23">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E2E87FE" wp14:editId="6525563E">
+                <wp:extent cx="589278" cy="280670"/>
+                <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
                 <wp:docPr id="513266116" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="513266116" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId12" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1131106" cy="282777"/>
+                          <a:ext cx="589278" cy="280670"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="000D7DFA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>תאריך:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7DFA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00014962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-880629270"/>
+          <w:id w:val="396717279"/>
           <w:placeholder>
-            <w:docPart w:val="B3130AA4BEF04E32B5085158CF80521B"/>
+            <w:docPart w:val="8C0D51F7736E4F44887AEB2E662F1EE8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:text/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="000D7DFA">
+          <w:r w:rsidR="00014962" w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="40BEA40E" w14:textId="77777777" w:rsidR="00C72C03" w:rsidRPr="000D7DFA" w:rsidRDefault="00C72C03" w:rsidP="00C72C03">
-[...11 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00F228E1" w:rsidRPr="0019338A" w:rsidSect="00D557B7">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1CB2DC09" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F1FDAF6" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
@@ -1793,65 +2298,65 @@
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="0" w:name="_Hlk200277248"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="3" w:name="_Hlk200277264"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk200277248"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk200277249"/>
+    <w:bookmarkStart w:id="3" w:name="_Hlk200277263"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>119380</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="349250"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1216639892" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2207,51 +2712,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="24011E65" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="5C8BD861" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2426,92 +2931,92 @@
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="0"/>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
+  <w:bookmarkEnd w:id="4"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5164D9E4" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38C62BD6" w14:textId="77777777" w:rsidR="00B75A27" w:rsidRDefault="00B75A27" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="56E70E9D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="2E7B5311">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>854075</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>514350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -4413,90 +4918,94 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1498808492">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1241796245">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fRvm8Vp9BAwI8L7sjNf0kL/m7JPI19DzEmsYQ3ILXbv/XjHBEDBX2xeRiwa+zBmZFkSKlET1zw9xPc6n38PmsA==" w:salt="OeIa4yNmqaLVOnFdFzCuag=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cW1GI5ERqVckfUfhFyx8HMdp1BqeTWJQMp07fxSkX4sCE1GxbjYZEP6dhythnUBtgIIBCiOMuVGIBiZoloUH8A==" w:salt="itDu4kab8LjgphsixxRpdA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="00014962"/>
     <w:rsid w:val="00044350"/>
+    <w:rsid w:val="000612AF"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0007227C"/>
     <w:rsid w:val="000A20AE"/>
     <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="000D7DFA"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
+    <w:rsid w:val="00125624"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00141173"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
+    <w:rsid w:val="0019338A"/>
     <w:rsid w:val="001A4AA9"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F3122"/>
     <w:rsid w:val="002F6C72"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="003256EF"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="004630DF"/>
@@ -4504,104 +5013,108 @@
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004F11BA"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
     <w:rsid w:val="00692D27"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00785BAB"/>
     <w:rsid w:val="007B581B"/>
     <w:rsid w:val="007E34C5"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="00884BE4"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F1B04"/>
     <w:rsid w:val="008F267F"/>
+    <w:rsid w:val="00901B45"/>
     <w:rsid w:val="00916A8C"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009A102D"/>
     <w:rsid w:val="009A6E28"/>
     <w:rsid w:val="009A7678"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009D666C"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AF365E"/>
+    <w:rsid w:val="00B0133C"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B608CB"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C40098"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C72C03"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D11D98"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D557B7"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00DB032F"/>
     <w:rsid w:val="00DD4884"/>
     <w:rsid w:val="00DD5636"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E6642F"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00ED080B"/>
     <w:rsid w:val="00ED5AFA"/>
     <w:rsid w:val="00F11494"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F228E1"/>
     <w:rsid w:val="00F33513"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F9524D"/>
     <w:rsid w:val="00FA7623"/>
     <w:rsid w:val="00FB1947"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -4991,599 +5504,757 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AF365E"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31CA0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Hebrew" w:hAnsi="Adobe Hebrew" w:cs="Adobe Hebrew"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13977"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A91826"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-[...2 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%aa%d7%97%d7%9c%d7%aa-%d7%9c%d7%99%d7%9e%d7%95%d7%93%d7%99%d7%9d-%d7%91%d7%9e%d7%a7%d7%91%d7%99%d7%9c-%d7%9c%d7%aa%d7%95%d7%90%d7%a8-%d7%a0%d7%95%d7%a1%d7%a3/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%aa%d7%97%d7%9c%d7%aa-%d7%9c%d7%99%d7%9e%d7%95%d7%93%d7%99%d7%9d-%d7%91%d7%9e%d7%a7%d7%91%d7%99%d7%9c-%d7%9c%d7%aa%d7%95%d7%90%d7%a8-%d7%a0%d7%95%d7%a1%d7%a3/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A61F379D90E640C386F98127A221B460"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3C4CAD2B-E611-432C-8E2F-3C58309D6D41}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="002E4ED1" w:rsidRDefault="00881545" w:rsidP="00881545">
+        <w:p w:rsidR="002E4ED1" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
             <w:pStyle w:val="A61F379D90E640C386F98127A221B460"/>
           </w:pPr>
-          <w:r w:rsidRPr="001E0849">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C29F4866-836D-4706-8801-E3102DB210BA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="002E4ED1" w:rsidRDefault="00881545" w:rsidP="00881545">
+        <w:p w:rsidR="002E4ED1" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
             <w:pStyle w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
           </w:pPr>
-          <w:r w:rsidRPr="001E0849">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="724D814F04474CC5A36E321A55B51DC5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B527EE6A-0F09-43E0-9C85-A3F3F24436A3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="002E4ED1" w:rsidRDefault="00881545" w:rsidP="00881545">
+        <w:p w:rsidR="002E4ED1" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
             <w:pStyle w:val="724D814F04474CC5A36E321A55B51DC5"/>
           </w:pPr>
-          <w:r w:rsidRPr="001E0849">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
-          </w:r>
-[...53 lines deleted...]
-            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E2956A7-7A8F-4EEA-87D4-FE508784AB08}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
+        <w:p w:rsidR="0000121C" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
             <w:pStyle w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
           </w:pPr>
-          <w:r w:rsidRPr="00EA39DA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FD9C146A3C204074A468A5A14033B5F8"/>
+        <w:name w:val="60D176A82A904CD3A12F9F183A6447DD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{53C306EE-5D3C-43AD-A3FC-AB179A34E299}"/>
+        <w:guid w:val="{4F93F74F-0746-4166-B905-F9C7F763345B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
+        <w:p w:rsidR="003938D9" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
-            <w:pStyle w:val="FD9C146A3C204074A468A5A14033B5F8"/>
+            <w:pStyle w:val="60D176A82A904CD3A12F9F183A6447DD"/>
           </w:pPr>
-          <w:r w:rsidRPr="00EA39DA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
+        <w:name w:val="C9F07FF948A44512A7256D01BF25F371"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{29E98C3E-8EA7-4967-8A52-1488237FE80C}"/>
+        <w:guid w:val="{3F75662F-31A2-4144-864D-8BD40FBE74D9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
+        <w:p w:rsidR="003938D9" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
-            <w:pStyle w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
+            <w:pStyle w:val="C9F07FF948A44512A7256D01BF25F371"/>
           </w:pPr>
-          <w:r w:rsidRPr="00EA39DA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B3130AA4BEF04E32B5085158CF80521B"/>
+        <w:name w:val="79AB4E39A3D54035BD8AAE1CD5C72B43"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DC4E462E-954B-431E-89A2-01A6EF112D77}"/>
+        <w:guid w:val="{9DE90018-2571-49F4-9058-8164D2448022}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0000121C" w:rsidRDefault="0000121C" w:rsidP="0000121C">
+        <w:p w:rsidR="003938D9" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
           <w:pPr>
-            <w:pStyle w:val="B3130AA4BEF04E32B5085158CF80521B"/>
+            <w:pStyle w:val="79AB4E39A3D54035BD8AAE1CD5C72B43"/>
           </w:pPr>
-          <w:r w:rsidRPr="00EA39DA">
+          <w:r w:rsidRPr="00014962">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E5B15025FA944B70B2BD2AEE28CDCE71"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D56F0F32-0181-45C1-AC15-5B28B02175A8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003938D9" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
+          <w:pPr>
+            <w:pStyle w:val="E5B15025FA944B70B2BD2AEE28CDCE71"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0E8D2B6ECAAC4200A1F0E606257D7F4A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0B6BBE90-3697-4348-B012-62045D77A710}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB0C67" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
+          <w:pPr>
+            <w:pStyle w:val="0E8D2B6ECAAC4200A1F0E606257D7F4A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="79A30BA555BC4B8685195C443C3E50BB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0FB52561-0224-4FC6-9282-C6BC27193BAF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB0C67" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
+          <w:pPr>
+            <w:pStyle w:val="79A30BA555BC4B8685195C443C3E50BB1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C0D51F7736E4F44887AEB2E662F1EE8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8705C77C-F2BE-4A26-813A-8053E2B2C172}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB0C67" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
+          <w:pPr>
+            <w:pStyle w:val="8C0D51F7736E4F44887AEB2E662F1EE81"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3E05552C3B2B4B0EAEBB45FFC058CCC7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ABB6C35B-316E-43EF-845E-C9725FDF30F2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB0C67" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
+          <w:pPr>
+            <w:pStyle w:val="3E05552C3B2B4B0EAEBB45FFC058CCC71"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCA22E46EE0F4F05B5DEF70E6054C062"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CBB83A3F-6786-4C58-991C-CE312A050929}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB0C67" w:rsidRDefault="00EB0C67" w:rsidP="00EB0C67">
+          <w:pPr>
+            <w:pStyle w:val="FCA22E46EE0F4F05B5DEF70E6054C062"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00014962">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
@@ -5659,53 +6330,57 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00881545"/>
     <w:rsid w:val="0000121C"/>
     <w:rsid w:val="000A3E85"/>
     <w:rsid w:val="001A4AA9"/>
     <w:rsid w:val="002E4ED1"/>
+    <w:rsid w:val="003938D9"/>
     <w:rsid w:val="007E34C5"/>
     <w:rsid w:val="00881545"/>
+    <w:rsid w:val="00901B45"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00E407B3"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:rsid w:val="00ED080B"/>
     <w:rsid w:val="00ED5AFA"/>
     <w:rsid w:val="00EE234D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -6084,149 +6759,473 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0000121C"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E8D2B6ECAAC4200A1F0E606257D7F4A">
+    <w:name w:val="0E8D2B6ECAAC4200A1F0E606257D7F4A"/>
+    <w:rsid w:val="00EB0C67"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79A30BA555BC4B8685195C443C3E50BB">
+    <w:name w:val="79A30BA555BC4B8685195C443C3E50BB"/>
+    <w:rsid w:val="00EB0C67"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C0D51F7736E4F44887AEB2E662F1EE8">
+    <w:name w:val="8C0D51F7736E4F44887AEB2E662F1EE8"/>
+    <w:rsid w:val="00EB0C67"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E05552C3B2B4B0EAEBB45FFC058CCC7">
+    <w:name w:val="3E05552C3B2B4B0EAEBB45FFC058CCC7"/>
+    <w:rsid w:val="00EB0C67"/>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A61F379D90E640C386F98127A221B460">
     <w:name w:val="A61F379D90E640C386F98127A221B460"/>
-    <w:rsid w:val="00881545"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D11B673222A46E59D67DBE5DA2CE61A">
     <w:name w:val="2D11B673222A46E59D67DBE5DA2CE61A"/>
-    <w:rsid w:val="00881545"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="724D814F04474CC5A36E321A55B51DC5">
     <w:name w:val="724D814F04474CC5A36E321A55B51DC5"/>
-    <w:rsid w:val="00881545"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3D0270B56C14E5E871899A8B10FA7B2">
-[...1 lines deleted...]
-    <w:rsid w:val="0000121C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79AB4E39A3D54035BD8AAE1CD5C72B43">
+    <w:name w:val="79AB4E39A3D54035BD8AAE1CD5C72B43"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E5B15025FA944B70B2BD2AEE28CDCE71">
+    <w:name w:val="E5B15025FA944B70B2BD2AEE28CDCE71"/>
+    <w:rsid w:val="00EB0C67"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60D176A82A904CD3A12F9F183A6447DD">
+    <w:name w:val="60D176A82A904CD3A12F9F183A6447DD"/>
+    <w:rsid w:val="00EB0C67"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E8D2B6ECAAC4200A1F0E606257D7F4A1">
+    <w:name w:val="0E8D2B6ECAAC4200A1F0E606257D7F4A1"/>
+    <w:rsid w:val="00EB0C67"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9F07FF948A44512A7256D01BF25F371">
+    <w:name w:val="C9F07FF948A44512A7256D01BF25F371"/>
+    <w:rsid w:val="00EB0C67"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B54FF9262934800B004BF55DF6BF1AC">
     <w:name w:val="3B54FF9262934800B004BF55DF6BF1AC"/>
-    <w:rsid w:val="0000121C"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD9C146A3C204074A468A5A14033B5F8">
-[...1 lines deleted...]
-    <w:rsid w:val="0000121C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79A30BA555BC4B8685195C443C3E50BB1">
+    <w:name w:val="79A30BA555BC4B8685195C443C3E50BB1"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E05552C3B2B4B0EAEBB45FFC058CCC71">
+    <w:name w:val="3E05552C3B2B4B0EAEBB45FFC058CCC71"/>
+    <w:rsid w:val="00EB0C67"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="34BAD38E85714C31B72F2AE0B1A07D7E">
     <w:name w:val="34BAD38E85714C31B72F2AE0B1A07D7E"/>
-    <w:rsid w:val="0000121C"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3130AA4BEF04E32B5085158CF80521B">
-[...1 lines deleted...]
-    <w:rsid w:val="0000121C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C0D51F7736E4F44887AEB2E662F1EE81">
+    <w:name w:val="8C0D51F7736E4F44887AEB2E662F1EE81"/>
+    <w:rsid w:val="00EB0C67"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCA22E46EE0F4F05B5DEF70E6054C062">
+    <w:name w:val="FCA22E46EE0F4F05B5DEF70E6054C062"/>
+    <w:rsid w:val="00EB0C67"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A61F379D90E640C386F98127A221B4603">
+    <w:name w:val="A61F379D90E640C386F98127A221B4603"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D11B673222A46E59D67DBE5DA2CE61A3">
+    <w:name w:val="2D11B673222A46E59D67DBE5DA2CE61A3"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="724D814F04474CC5A36E321A55B51DC53">
+    <w:name w:val="724D814F04474CC5A36E321A55B51DC53"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79AB4E39A3D54035BD8AAE1CD5C72B432">
+    <w:name w:val="79AB4E39A3D54035BD8AAE1CD5C72B432"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E5B15025FA944B70B2BD2AEE28CDCE712">
+    <w:name w:val="E5B15025FA944B70B2BD2AEE28CDCE712"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60D176A82A904CD3A12F9F183A6447DD3">
+    <w:name w:val="60D176A82A904CD3A12F9F183A6447DD3"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9F07FF948A44512A7256D01BF25F3713">
+    <w:name w:val="C9F07FF948A44512A7256D01BF25F3713"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B54FF9262934800B004BF55DF6BF1AC3">
+    <w:name w:val="3B54FF9262934800B004BF55DF6BF1AC3"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="846A88C0A3684C1188F1AD3D4A4C7BC23">
+    <w:name w:val="846A88C0A3684C1188F1AD3D4A4C7BC23"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34BAD38E85714C31B72F2AE0B1A07D7E3">
+    <w:name w:val="34BAD38E85714C31B72F2AE0B1A07D7E3"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9204BB811E6F4C08B12CE34656B1F0173">
+    <w:name w:val="9204BB811E6F4C08B12CE34656B1F0173"/>
+    <w:rsid w:val="003938D9"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6494,77 +7493,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>334</Words>
-  <Characters>1537</Characters>
+  <Words>354</Words>
+  <Characters>1619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>שם</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1833</CharactersWithSpaces>
+  <CharactersWithSpaces>1932</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>