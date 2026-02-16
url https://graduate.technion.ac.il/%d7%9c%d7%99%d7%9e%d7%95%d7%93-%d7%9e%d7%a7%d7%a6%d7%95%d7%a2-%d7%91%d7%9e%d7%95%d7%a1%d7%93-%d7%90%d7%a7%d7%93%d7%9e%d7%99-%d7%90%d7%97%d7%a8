--- v0 (2025-10-20)
+++ v1 (2026-02-16)
@@ -1,5295 +1,3264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="56E155D5" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="22DA238A" w14:textId="12A78744" w:rsidR="00323FB4" w:rsidRPr="00170A90" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>בקשה ללימוד מקצוע במוסד אקדמי אחר</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25922520" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C24923">
-[...26 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F497539" wp14:editId="0022D8BD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E4F7833" wp14:editId="0BA9497A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>468630</wp:posOffset>
+                  <wp:posOffset>461645</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>99696</wp:posOffset>
+                  <wp:posOffset>123664</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5722620" cy="895350"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="תיבת טקסט 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5722620" cy="895350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0F050C99" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="1831712E" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="00293A60">
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>תשלום באוני' בארץ (לא כולל מכללות):</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4FC11209" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="3BCF9F58" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:spacing w:after="0"/>
+                              <w:ind w:left="1440"/>
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="00293A60">
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>לתלמידי תואר שני</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="00293A60">
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – הלימוד כרוך בתשלום – 5% משכר הלימוד השנתי – לכל נקודה.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3CDDD5E9" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="2720C9B3" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:spacing w:after="0"/>
+                              <w:ind w:left="1440"/>
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="00293A60">
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>תלמידי תואר שלישי</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="00293A60">
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – עד 4 נקודות לימוד בתואר – ללא תשלום נוסף.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2564220A" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="2FE6A834" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...27 lines deleted...]
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="00293A60">
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t xml:space="preserve">לתשומת ליבכן/ם: </w:t>
+                              <w:t>תשלום לאוני' בחו"ל, על פי דרישת האוני'</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004F3903">
+                          </w:p>
+                          <w:p w14:paraId="3ECF9401" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t>ניתן להכיר עד 25% בלבד מסך נקודות הדרישה לתואר.</w:t>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00293A60">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t>לתשומת ליבכן/ם: ניתן להכיר עד 25% בלבד מסך נקודות הדרישה לתואר.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="33FF8044" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="3C6DBE49" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004F3903">
+                            <w:r w:rsidRPr="008E2EA2">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6BE86DB1" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="5929BAC7" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="25"/>
                                 <w:szCs w:val="25"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43C11">
+                            <w:r w:rsidRPr="008E2EA2">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="25"/>
                                 <w:szCs w:val="25"/>
                               </w:rPr>
                               <w:t>27</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4EC519F5" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="30EF5057" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="25"/>
                                 <w:szCs w:val="25"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43C11">
+                            <w:r w:rsidRPr="008E2EA2">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="25"/>
                                 <w:szCs w:val="25"/>
                               </w:rPr>
                               <w:t>%</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7A81B32D" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="67E9F098" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="25"/>
                                 <w:szCs w:val="25"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43C11">
+                            <w:r w:rsidRPr="008E2EA2">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:sz w:val="25"/>
                                 <w:szCs w:val="25"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>בלבד מסך נקודות הדרישה לתואר</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5CC3CA1F" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                          <w:p w14:paraId="14BFF301" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="1" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="3F497539" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="2E4F7833" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="תיבת טקסט 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:36.9pt;margin-top:7.85pt;width:450.6pt;height:70.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvJ6s8ewIAAI0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5ukQCFig1IQVSUE&#10;qKHi7HhtYuH1uPYku+mvZ+zdPHhcqHrxejzfvL6dmbPztrZspUI04Eo+PBhwppyEyrjHkv++v/py&#10;wllE4SphwamSr1Xk55PPn84aP1YjWICtVGDkxMVx40u+QPTjoohyoWoRD8ArR0oNoRZIYngsqiAa&#10;8l7bYjQYHBcNhMoHkCpGer3slHyS/WutJN5qHRUyW3LKDfMZ8jlPZzE5E+PHIPzCyD4N8Q9Z1MI4&#10;Crp1dSlQsGUwb1zVRgaIoPFAQl2A1kaqXANVMxy8qma2EF7lWoic6Lc0xf/nVt6sZv4uMGy/Q0s/&#10;MBHS+DiO9JjqaXWo05cyZaQnCtdb2lSLTNLj0bfR6HhEKkm6k9Ojr0eZ12Jn7UPEHwpqli4lD/Rb&#10;MltidR2RIhJ0A0nBIlhTXRlrs5BaQV3YwFaCfqLFnCNZvEBZx5qSH6fQbzwk11v7uRXyKVX50gNJ&#10;1iVLlZumT2vHRL7h2qqEse6X0sxUmZB3chRSKrfNM6MTSlNFHzHs8busPmLc1UEWOTI43BrXxkHo&#10;WHpJbfW0oVZ3eCJpr+50xXbe9h0yh2pNjROgm6no5ZUhoq9FxDsRaIioIWgx4C0d2gL9HehvnC0g&#10;/H3vPeGpt0nLWUNDWfL4ZymC4sz+dNT1p8PDwzTFWTikviMh7Gvm+xq3rC+AWmZIK8jLfE14tJtX&#10;HaB+oP0xTVFJJZyk2CXHzfUCu1VB+0eq6TSDaG69wGs38zK5TvSmBrtvH0TwfYMjjcYNbMZXjF/1&#10;eYdNlg6mSwRt8hAkgjtWe+Jp5nOf9vspLZV9OaN2W3TyDAAA//8DAFBLAwQUAAYACAAAACEALo7J&#10;r9sAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgDqE0a4lSAChdOFMTZ&#10;jbe2RbyOYjcNf8/2BMedGc2+aTZz6MWEY/KRFNwuChBIXTSerILPj5ebCkTKmozuI6GCH0ywaS8v&#10;Gl2beKJ3nHbZCi6hVGsFLuehljJ1DoNOizggsXeIY9CZz9FKM+oTl4de3hXFSgbtiT84PeCzw+57&#10;dwwKtk92bbtKj25bGe+n+evwZl+Vur6aHx9AZJzzXxjO+IwOLTPt45FMEr2C8p7JM+vLEgT763LJ&#10;2/ZnYVWCbBv5f0H7CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG8nqzx7AgAAjQUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC6Oya/bAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="תיבת טקסט 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:36.35pt;margin-top:9.75pt;width:450.6pt;height:70.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvJ6s8ewIAAI0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5ukQCFig1IQVSUE&#10;qKHi7HhtYuH1uPYku+mvZ+zdPHhcqHrxejzfvL6dmbPztrZspUI04Eo+PBhwppyEyrjHkv++v/py&#10;wllE4SphwamSr1Xk55PPn84aP1YjWICtVGDkxMVx40u+QPTjoohyoWoRD8ArR0oNoRZIYngsqiAa&#10;8l7bYjQYHBcNhMoHkCpGer3slHyS/WutJN5qHRUyW3LKDfMZ8jlPZzE5E+PHIPzCyD4N8Q9Z1MI4&#10;Crp1dSlQsGUwb1zVRgaIoPFAQl2A1kaqXANVMxy8qma2EF7lWoic6Lc0xf/nVt6sZv4uMGy/Q0s/&#10;MBHS+DiO9JjqaXWo05cyZaQnCtdb2lSLTNLj0bfR6HhEKkm6k9Ojr0eZ12Jn7UPEHwpqli4lD/Rb&#10;MltidR2RIhJ0A0nBIlhTXRlrs5BaQV3YwFaCfqLFnCNZvEBZx5qSH6fQbzwk11v7uRXyKVX50gNJ&#10;1iVLlZumT2vHRL7h2qqEse6X0sxUmZB3chRSKrfNM6MTSlNFHzHs8busPmLc1UEWOTI43BrXxkHo&#10;WHpJbfW0oVZ3eCJpr+50xXbe9h0yh2pNjROgm6no5ZUhoq9FxDsRaIioIWgx4C0d2gL9HehvnC0g&#10;/H3vPeGpt0nLWUNDWfL4ZymC4sz+dNT1p8PDwzTFWTikviMh7Gvm+xq3rC+AWmZIK8jLfE14tJtX&#10;HaB+oP0xTVFJJZyk2CXHzfUCu1VB+0eq6TSDaG69wGs38zK5TvSmBrtvH0TwfYMjjcYNbMZXjF/1&#10;eYdNlg6mSwRt8hAkgjtWe+Jp5nOf9vspLZV9OaN2W3TyDAAA//8DAFBLAwQUAAYACAAAACEAdWJU&#10;MNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDUZsf4lSAWi6cKIjz&#10;NnZti9iObDcNb9/lBMedGc1+025mN7BJxWSDF3C/KIAp3wdpvRbw+bG7q4CljF7iELwS8KMSbLrr&#10;qxYbGc7+XU37rBmV+NSgAJPz2HCeeqMcpkUYlSfvGKLDTGfUXEY8U7kb+LIo1tyh9fTB4KhejOq/&#10;9ycnYPusa91XGM22ktZO89fxTb8KcXszPz0Cy2rOf2H4xSd06IjpEE5eJjYIKJclJUmvV8DIr8uH&#10;GtiBhHWxAt61/P+C7gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvJ6s8ewIAAI0FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB1YlQw3AAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0F050C99" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="1831712E" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="00293A60">
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>תשלום באוני' בארץ (לא כולל מכללות):</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4FC11209" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="3BCF9F58" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:spacing w:after="0"/>
+                        <w:ind w:left="1440"/>
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="00293A60">
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>לתלמידי תואר שני</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="00293A60">
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – הלימוד כרוך בתשלום – 5% משכר הלימוד השנתי – לכל נקודה.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3CDDD5E9" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="2720C9B3" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:spacing w:after="0"/>
+                        <w:ind w:left="1440"/>
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="00293A60">
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>תלמידי תואר שלישי</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="00293A60">
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – עד 4 נקודות לימוד בתואר – ללא תשלום נוסף.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2564220A" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="2FE6A834" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...27 lines deleted...]
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="00293A60">
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t xml:space="preserve">לתשומת ליבכן/ם: </w:t>
+                        <w:t>תשלום לאוני' בחו"ל, על פי דרישת האוני'</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F3903">
+                    </w:p>
+                    <w:p w14:paraId="3ECF9401" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00293A60" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t>ניתן להכיר עד 25% בלבד מסך נקודות הדרישה לתואר.</w:t>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00293A60">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>לתשומת ליבכן/ם: ניתן להכיר עד 25% בלבד מסך נקודות הדרישה לתואר.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="33FF8044" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="004F3903" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="3C6DBE49" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004F3903">
+                      <w:r w:rsidRPr="008E2EA2">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6BE86DB1" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="5929BAC7" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="25"/>
                           <w:szCs w:val="25"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43C11">
+                      <w:r w:rsidRPr="008E2EA2">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="25"/>
                           <w:szCs w:val="25"/>
                         </w:rPr>
                         <w:t>27</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4EC519F5" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="30EF5057" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="25"/>
                           <w:szCs w:val="25"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43C11">
+                      <w:r w:rsidRPr="008E2EA2">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="25"/>
                           <w:szCs w:val="25"/>
                         </w:rPr>
                         <w:t>%</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7A81B32D" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="67E9F098" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="25"/>
                           <w:szCs w:val="25"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43C11">
+                      <w:r w:rsidRPr="008E2EA2">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:sz w:val="25"/>
                           <w:szCs w:val="25"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>בלבד מסך נקודות הדרישה לתואר</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5CC3CA1F" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00D43C11" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+                    <w:p w14:paraId="14BFF301" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008E2EA2" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E321949" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="72A6F4BE" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0300BBC6" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="0A081F1A" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E303B86" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="749DE882" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B685E0C" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="68EDA8AD" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DECBF16" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
-[...4 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="0F8462C8" w14:textId="77777777" w:rsidR="00BA48DD" w:rsidRDefault="00BA48DD" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="006CF2F5" w14:textId="1B6868AD" w:rsidR="00323FB4" w:rsidRPr="00170A90" w:rsidRDefault="00323FB4" w:rsidP="00BA48DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>התנאים לדיון בבקשה:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6B88D4" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="6EB14903" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">המקצוע רלבנטי לנושא המחקר </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ואינו ניתן בטכניון</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6D250D" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="224AF825" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-        <w:t>נא לצרף</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">נא לצרף </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> סילבוס מפורט</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> – הכולל:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C333D1D" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="311E72CB" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם האוניברסיטה</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...33 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - בה נלמד המקצוע,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BC4FC2" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="782696EE" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>רמת המקצוע</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE7C86">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> - לאיזה תואר מיועד המקצוע ראשון /שני /שלישי</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774CB797" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="7B7929B5" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>פ</w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>פירוט שעות הלימוד</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE7C86">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+    </w:p>
+    <w:p w14:paraId="724211B1" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>רוט שעות הלימוד</w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אופן קביעת הציון במקצוע</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (מאוני/עובר-נכשל).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552C0E45" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00AE7C86" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
-[...41 lines deleted...]
-    <w:p w14:paraId="162C54FF" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="6BADA6C3" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>עבור מקצוע שנלמד בחו"ל:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  חובה </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>לתרגם</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> את שם המקצוע </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>לעברית</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE38398" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="563C48B1" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00170A90" w:rsidRDefault="00323FB4" w:rsidP="00170A90">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">עבור </w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">פרטי הסטודנט/ית: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="61BD8C7C" w14:textId="379E3C3E" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם משפחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="127828811"/>
+          <w:placeholder>
+            <w:docPart w:val="AD3DAB730F154C05ABC4EDB39E9A2263"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>מקצוע שנלמד בחו"ל:</w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="169229494"/>
+          <w:placeholder>
+            <w:docPart w:val="93681BF8D664415695DEE45FAF58E35A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">  חובה </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ת.ז.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1806846431"/>
+          <w:placeholder>
+            <w:docPart w:val="060FC3B6D111472899C99DD5A43F5FDC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3FC35740" w14:textId="0858524D" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>לתרגם</w:t>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>יחידה אקדמית:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1695919155"/>
+          <w:placeholder>
+            <w:docPart w:val="4805B73FF1F54D73BF374A46E87FF8A8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> את שם המקצוע </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תואר:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>לעברית</w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216179435"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="54935DE4A5724C59BB0C624B525E70DC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
+            <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00170A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>.</w:t>
-[...477 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        </w:fldChar>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המוסד בו יילמד המקצוע המבוקש:</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:instrText xml:space="preserve"> </w:instrText>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...339 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="986979256"/>
+          <w:placeholder>
+            <w:docPart w:val="9575AF227AD64643BA9D7F6B0BC781DC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="7A1FB379" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="43F702CC" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
-        <w:tblW w:w="10278" w:type="dxa"/>
+        <w:tblW w:w="10496" w:type="dxa"/>
+        <w:tblInd w:w="-69" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5316"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2985"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA52CF" w:rsidRPr="00C24923" w14:paraId="5911D961" w14:textId="77777777" w:rsidTr="007E69FE">
+      <w:tr w:rsidR="00323FB4" w:rsidRPr="00323FB4" w14:paraId="1702BADE" w14:textId="77777777" w:rsidTr="008D541C">
         <w:trPr>
-          <w:trHeight w:val="954"/>
+          <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5316" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D351C33" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="76333010" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="A90000"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24923">
+            <w:r w:rsidRPr="008D541C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="A90000"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">שם המקצוע </w:t>
+              <w:t>שם המקצוע בעברית</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C24923">
+          </w:p>
+          <w:p w14:paraId="24C7BB7E" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...27 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="008D541C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              <w:t>מילוי ע"י הסטודנט/ית</w:t>
+              <w:t>למילוי ע"י הסטודנט/ית</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B24B21B" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="1D7096FC" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="A90000"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24923">
+            <w:r w:rsidRPr="008D541C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="A90000"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">רמת המקצוע </w:t>
+              <w:t>רמת המקצוע</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C24923">
+          </w:p>
+          <w:p w14:paraId="035CFC98" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24923">
+            <w:r w:rsidRPr="008D541C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...37 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המלצת היחידה האקדמית</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39890858" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="21530BCB" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="A90000"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008D541C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="A90000"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>המלצה על מספר נקודות הזיכוי</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F8238C" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D541C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>המלצת היחידה האקדמית</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F785933" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="008D541C" w:rsidRDefault="00323FB4" w:rsidP="00E06A78">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A90000"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D541C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A90000"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המלצה על הכרה בציון המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA52CF" w:rsidRPr="00C24923" w14:paraId="3805A224" w14:textId="77777777" w:rsidTr="007E69FE">
+      <w:tr w:rsidR="00170A90" w:rsidRPr="00323FB4" w14:paraId="4B77349F" w14:textId="77777777" w:rsidTr="008D541C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5316" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCD4E09" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="5EC7991C" w14:textId="6A5DDC97" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1831397646"/>
+                <w:placeholder>
+                  <w:docPart w:val="0B6E3EC46F5749B884FE4443BC3522D5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00705DD4">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B37630C" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="2A49A56F" w14:textId="7B829252" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...73 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1026861613"/>
+                <w:placeholder>
+                  <w:docPart w:val="9E0EB9EC3AB74AAE8106F615F6230BD8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="תארים מתקדמים" w:value="תארים מתקדמים"/>
+                  <w:listItem w:displayText="משותף" w:value="משותף"/>
+                  <w:listItem w:displayText="תואר ראשון" w:value="תואר ראשון"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66DF8A8A" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="665C5A21" w14:textId="694555AF" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="50595718"/>
+                <w:placeholder>
+                  <w:docPart w:val="C24873C9FC5A437EBF9F80572D7B9BEB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="007B0684">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28D2BF67" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="7FFA96C6" w14:textId="1F5EF8E8" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...79 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-19631753"/>
+                <w:placeholder>
+                  <w:docPart w:val="B532A4D89EC64EFBA98A053F322EB0A1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="כן" w:value="כן"/>
+                  <w:listItem w:displayText="לא" w:value="לא"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA52CF" w:rsidRPr="00C24923" w14:paraId="0E0B9DBD" w14:textId="77777777" w:rsidTr="007E69FE">
+      <w:tr w:rsidR="00170A90" w:rsidRPr="00323FB4" w14:paraId="214B3CB3" w14:textId="77777777" w:rsidTr="008D541C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5316" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2A231B" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="372A99FE" w14:textId="1DB4FBD6" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1440022253"/>
+                <w:placeholder>
+                  <w:docPart w:val="A1CB45F3E8924683BFB43FB5455377D3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00705DD4">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A91AF75" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="78628421" w14:textId="77185FC5" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...71 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="638924054"/>
+                <w:placeholder>
+                  <w:docPart w:val="AB7018AD4A624644885358B090720F06"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="תארים מתקדמים" w:value="תארים מתקדמים"/>
+                  <w:listItem w:displayText="משותף" w:value="משותף"/>
+                  <w:listItem w:displayText="תואר ראשון" w:value="תואר ראשון"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3204DD84" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="7673E48A" w14:textId="21B555DC" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-286506089"/>
+                <w:placeholder>
+                  <w:docPart w:val="770302FE288741B086C39CA67F5E9E11"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="007B0684">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB2EBC3" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="57137A64" w14:textId="5D04C7CD" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...77 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-277253652"/>
+                <w:placeholder>
+                  <w:docPart w:val="F2002B9A5B5C4F10910375FB47919AD7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="כן" w:value="כן"/>
+                  <w:listItem w:displayText="לא" w:value="לא"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA52CF" w:rsidRPr="00C24923" w14:paraId="65C3533A" w14:textId="77777777" w:rsidTr="007E69FE">
+      <w:tr w:rsidR="00170A90" w:rsidRPr="00323FB4" w14:paraId="171D552E" w14:textId="77777777" w:rsidTr="008D541C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5316" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAF25E9" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="5E6467DB" w14:textId="3DD8739E" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1160125186"/>
+                <w:placeholder>
+                  <w:docPart w:val="0CC99E880CD149ABB99A83E2D677F300"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00705DD4">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504E5C12" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="4CF12BAD" w14:textId="1954FA8A" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...71 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="114096219"/>
+                <w:placeholder>
+                  <w:docPart w:val="A293F70D15A845598A9A4BCDDFDA1EED"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="תארים מתקדמים" w:value="תארים מתקדמים"/>
+                  <w:listItem w:displayText="משותף" w:value="משותף"/>
+                  <w:listItem w:displayText="תואר ראשון" w:value="תואר ראשון"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692F0543" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="5B2573FF" w14:textId="3B6FBA0A" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-828744653"/>
+                <w:placeholder>
+                  <w:docPart w:val="00100D862759414B992C7AE8B81F11EF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="007B0684">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE9DCAA" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="46DFE9E8" w14:textId="1FD40349" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...77 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1155339289"/>
+                <w:placeholder>
+                  <w:docPart w:val="3B55C0177D944772A2EC7A0D1043B4D9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="כן" w:value="כן"/>
+                  <w:listItem w:displayText="לא" w:value="לא"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA52CF" w:rsidRPr="00C24923" w14:paraId="2178AB24" w14:textId="77777777" w:rsidTr="007E69FE">
+      <w:tr w:rsidR="00170A90" w:rsidRPr="00323FB4" w14:paraId="6714D927" w14:textId="77777777" w:rsidTr="008D541C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5316" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115CC060" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="5B598EC4" w14:textId="6157B478" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-688534566"/>
+                <w:placeholder>
+                  <w:docPart w:val="15DECA78371E44D49DDA50B1ADAD78F7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00705DD4">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4CD05C" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="15C6D2DE" w14:textId="594C8508" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...71 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="105551272"/>
+                <w:placeholder>
+                  <w:docPart w:val="481BE81CD8384B2182900D45EC33D433"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="תארים מתקדמים" w:value="תארים מתקדמים"/>
+                  <w:listItem w:displayText="משותף" w:value="משותף"/>
+                  <w:listItem w:displayText="תואר ראשון" w:value="תואר ראשון"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E216B6" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="07944413" w14:textId="1F554BA8" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...128 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1329602190"/>
+                <w:placeholder>
+                  <w:docPart w:val="C604147DAAE041EB93A5CA03944C2373"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="007B0684">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="238E3449" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRDefault="00BA52CF" w:rsidP="007E69FE">
+          <w:p w14:paraId="5E0453EF" w14:textId="4FEBE631" w:rsidR="00170A90" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00170A90">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...77 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1895464104"/>
+                <w:placeholder>
+                  <w:docPart w:val="486F04A9C758422A8F7154F463423DFE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="כן" w:value="כן"/>
+                  <w:listItem w:displayText="לא" w:value="לא"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D4A36A8" w14:textId="77777777" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
+    <w:p w14:paraId="25DBAB80" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131F95D0" w14:textId="7E2F9045" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="00BA52CF" w:rsidP="00BA52CF">
-[...3 lines deleted...]
-        </w:pBdr>
+    <w:p w14:paraId="0154403F" w14:textId="600C56B0" w:rsidR="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">תאריך: </w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        </w:fldChar>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:instrText xml:space="preserve"> </w:instrText>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216179537"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1393772065"/>
+          <w:placeholder>
+            <w:docPart w:val="7E78C24F6724473D852817A7EE413348"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:instrText>FORMTEXT</w:instrText>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת הסטודנט/ית:</w:t>
       </w:r>
-      <w:r>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">                              חתימת הסטודנט/ית: </w:t>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-395744281"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0033523A">
+          <w:r w:rsidRPr="00323FB4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
-              <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79252941" wp14:editId="20F450E2">
-[...2 lines deleted...]
-                <wp:docPr id="304388981" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09190A09" wp14:editId="20A2B14C">
+                <wp:extent cx="943978" cy="279779"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:docPr id="304388981" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="304388981" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1533525" cy="295275"/>
-[...469 lines deleted...]
-                          <a:ext cx="2705100" cy="352425"/>
+                          <a:ext cx="968807" cy="287138"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="66B5DCDE" w14:textId="54F4D6D9" w:rsidR="00BA52CF" w:rsidRPr="00C24923" w:rsidRDefault="0033523A" w:rsidP="00BA52CF">
+    <w:p w14:paraId="4E4D00BA" w14:textId="6CBE1217" w:rsidR="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:rtl/>
+          <w:lang w:val="he-IL"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52C8F91C" wp14:editId="512426B0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-347980</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>183676</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7349319" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="212489445" name="מחבר ישר 6">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7349319" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="7F17F1A8" id="מחבר ישר 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-27.4pt,14.45pt" to="551.3pt,14.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBm9uPSrQEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s85uEaXRZvvQCnhA&#10;UHH5ANcZbyx8k2022b9nPNlNK6BShXixHM+cM+fMTLbXk7PsACmb4Du+XjWcgVehN37f8e/f3r16&#10;y1ku0vfSBg8dP0Lm17uXL7ZjbGEThmB7SAxJfG7H2PGhlNgKkdUATuZViOAxqENysuBn2os+yRHZ&#10;nRWbpnkjxpD6mIKCnPH1dg7yHfFrDap81jpDYbbjqK3Qmei8r6fYbWW7TzIORp1kyH9Q4aTxWHSh&#10;upVFsp/J/EHljEohB11WKjgRtDYKyAO6WTe/ufk6yAjkBZuT49Km/P9o1afDjb9L2IYx5jbHu1Rd&#10;TDo5pq2JH3Cm5AuVsonadlzaBlNhCh8vL15fXayvOFPnmJgpKlVMubyH4Fi9dNwaXx3JVh4+5oJl&#10;MfWcUp+tZyPW3Fw2NBvxoIpu5WhhTvsCmpkeq8/6aGHgxiZ2kDjq/se6jhbJrcfMCtHG2gXUkIYn&#10;QafcCgNaoucCl2yqGHxZgM74kP5WtUxnqXrOR9mPvNbrfeiPNCMK4CaQs9PW1lV7/E3wh39r9wsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJXJmhLcAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNxapwFKCHEqqIS49NLCB7jxNo6I15HXbc3f44oDHHd2NPOmWSU3ihMGHjwpWMwLEEid&#10;NwP1Cj4/3mYVCI6ajB49oYJvZFi111eNro0/0xZPu9iLHEJcawU2xqmWkjuLTvPcT0j5d/DB6ZjP&#10;0EsT9DmHu1GWRbGUTg+UG6yecG2x+9odnQK3fn/c+G2V0oaD4dfDXbSOlLq9SS/PICKm+GeGC35G&#10;hzYz7f2RDItRwezhPqNHBWX1BOJiWBTlEsT+V5FtI/9PaH8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZvbj0q0BAACjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAlcmaEtwAAAAKAQAADwAAAAAAAAAAAAAAAAAHBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A3346A" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00062AA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CB3C8B" w14:textId="31DF1127" w:rsidR="00323FB4" w:rsidRPr="00062AA6" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062AA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>המלצת המנחה</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="2" w:name="_Hlk216179578"/>
+    <w:p w14:paraId="46DE692D" w14:textId="165F3334" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="C197214B84D149BBB4104EBA38FE93F6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="5D75C487" w14:textId="7E851D2F" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00BA52CF" w:rsidRPr="00C24923">
-[...1 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-        <w:t>המלצת מרכז הועדה לתארים מתקדמים ביחידה האקדמית</w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך</w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-        </w:fldChar>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...146 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...137 lines deleted...]
-        <w:t xml:space="preserve">  חתימת מרכז הועדה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="1043561523"/>
+          <w:id w:val="-1295367560"/>
+          <w:placeholder>
+            <w:docPart w:val="0AE4C9A00EA04300BC201CF090EB23DE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk216179860"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-732780201"/>
+          <w:placeholder>
+            <w:docPart w:val="118C9FE6E67E4D7F8560E131F6DC6C5F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת המנחה</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="264589270"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="00323FB4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A06FA84" wp14:editId="14A69027">
-[...2 lines deleted...]
-                <wp:docPr id="771371238" name="Picture 4"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A77E4D9" wp14:editId="5C6D9F9B">
+                <wp:extent cx="753073" cy="352298"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 4"/>
+                        <pic:cNvPr id="2" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="333375"/>
+                          <a:ext cx="762646" cy="356776"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00BA52CF" w:rsidSect="00747D06">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w14:paraId="0A015F70" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00062AA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="A90000"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B710D8" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00062AA6" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062AA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>המלצת מרכז הועדה לתארים מתקדמים ביחידה האקדמית</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="4" w:name="_Hlk216179824"/>
+    <w:p w14:paraId="170E2169" w14:textId="0E0A82C5" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00D42E75" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="833426135"/>
+          <w:placeholder>
+            <w:docPart w:val="408A22C9BC1146A8908521D376CD52B6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="14248533" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5816B703" w14:textId="2C735F1A" w:rsidR="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1967271380"/>
+          <w:placeholder>
+            <w:docPart w:val="DF2076770CC04C7084ACC90F2DD99207"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם מרכז/ת הועדה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-560635892"/>
+          <w:placeholder>
+            <w:docPart w:val="473EE0E4185E4494981BB399AA813D2E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00170A90" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת מרכז הועדה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1043561523"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00323FB4">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0338E68B" wp14:editId="4F35C259">
+                <wp:extent cx="690349" cy="333375"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="771371238" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="771371238" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId9" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="694684" cy="335468"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="59F4EA3E" w14:textId="77777777" w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidRDefault="00323FB4" w:rsidP="00323FB4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00323FB4" w:rsidRPr="00323FB4" w:rsidSect="004D4DBB">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="592C37A7" w14:textId="77777777" w:rsidR="00536724" w:rsidRDefault="00536724" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B465B70" w14:textId="77777777" w:rsidR="00536724" w:rsidRDefault="00536724" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5388,113 +3357,119 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="58476A61">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="64B5E1B5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-336550</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="56829C8D" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="1CEAE024" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -6242,70 +4217,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="590EC5FF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;ביה&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -6862,50 +4837,163 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3659230C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5720C8E0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="431667B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0FC5D26"/>
     <w:lvl w:ilvl="0" w:tplc="FD4A8626">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6952,51 +5040,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8849A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5754CDAA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7038,51 +5126,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CD66D84"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77FA404E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7178,51 +5266,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="513C2685"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD3E1D62"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7715F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E68AF0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7318,51 +5519,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B379A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71C4E62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7458,51 +5659,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B281E47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A4E91C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7598,51 +5799,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76085384"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="830CF9CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7738,51 +5939,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DFA2660"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD00E0C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7879,217 +6080,245 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="626661182">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="90199880">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="506214082">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1695301428">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="805203858">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1247614052">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="954094575">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="954094575">
+  <w:num w:numId="13" w16cid:durableId="1895236418">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1034113841">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="t+o9chbkjJFaM8+1E4qeAEER5r/a3Ao81ZWL/GNauX7yhgMzGz4PqpbKvtSSRBKDGVBBtlebVowKmDOasXtq9A==" w:salt="KRlV4r5hWDypTWoHMB6JaA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fHy1h+EJ+fzfaRjTnsUewfpt6FcUtDLqDzg4CFd081IiXJS+LQ9mqNL862zslCtOO+si4utOKwE1EcVOZhM4MA==" w:salt="Nih8JN+epBrm3SoE0rKAiQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="00040DC5"/>
     <w:rsid w:val="00044350"/>
+    <w:rsid w:val="00062AA6"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
+    <w:rsid w:val="00087217"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00127973"/>
     <w:rsid w:val="00137D69"/>
+    <w:rsid w:val="0014475C"/>
     <w:rsid w:val="00170641"/>
+    <w:rsid w:val="00170A90"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="001914FB"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B26A8"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001F3F73"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="00293A60"/>
+    <w:rsid w:val="002A3017"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
+    <w:rsid w:val="002F611F"/>
     <w:rsid w:val="003141BD"/>
+    <w:rsid w:val="00323FB4"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="0033523A"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
+    <w:rsid w:val="003D565C"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
+    <w:rsid w:val="00477BF1"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004D4DBB"/>
     <w:rsid w:val="0050458C"/>
+    <w:rsid w:val="0051562D"/>
     <w:rsid w:val="00536724"/>
     <w:rsid w:val="0055655F"/>
+    <w:rsid w:val="00567FA0"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="006E37F1"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="007276C9"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00730DD3"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="00761E22"/>
+    <w:rsid w:val="00775B00"/>
+    <w:rsid w:val="00794661"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00847225"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
+    <w:rsid w:val="008D541C"/>
+    <w:rsid w:val="008E2EA2"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009B6B50"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
+    <w:rsid w:val="00BA48DD"/>
     <w:rsid w:val="00BA52CF"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE4BEC"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB28E1"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D01ADA"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
+    <w:rsid w:val="00D42E75"/>
     <w:rsid w:val="00D669B4"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -8492,50 +6721,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00323FB4"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00747D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -8775,59 +7005,1917 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD3DAB730F154C05ABC4EDB39E9A2263"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B67A913A-2EAD-4ECE-9B3C-D3000CC7DEEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="AD3DAB730F154C05ABC4EDB39E9A22631"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="93681BF8D664415695DEE45FAF58E35A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F5E46A8-44CB-46C4-B962-2E8EEF24A296}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="93681BF8D664415695DEE45FAF58E35A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="060FC3B6D111472899C99DD5A43F5FDC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9FB1AEBA-D84F-4805-BD1E-CA22DEE20E90}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="060FC3B6D111472899C99DD5A43F5FDC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4805B73FF1F54D73BF374A46E87FF8A8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{043D5735-2C1E-4550-B610-E2C2F7D64AAB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="4805B73FF1F54D73BF374A46E87FF8A81"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9575AF227AD64643BA9D7F6B0BC781DC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4B4B1FA5-4580-4EF9-B779-FCDB5EDAFAC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="9575AF227AD64643BA9D7F6B0BC781DC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0B6E3EC46F5749B884FE4443BC3522D5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D312E9A3-FC18-4C2E-8159-9343A61C9044}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="0B6E3EC46F5749B884FE4443BC3522D51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C24873C9FC5A437EBF9F80572D7B9BEB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32010F65-2429-4AFF-A8CB-3A9268D83146}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="C24873C9FC5A437EBF9F80572D7B9BEB1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B0684">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A1CB45F3E8924683BFB43FB5455377D3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{346EB59B-5A37-42BE-A444-F6DDEC8A994D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="A1CB45F3E8924683BFB43FB5455377D31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="770302FE288741B086C39CA67F5E9E11"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4BA6F73D-88CC-438C-905B-0C464F14B22A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="770302FE288741B086C39CA67F5E9E111"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B0684">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0CC99E880CD149ABB99A83E2D677F300"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BCF9E5AA-558C-409A-AC90-BCF224ED389F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="0CC99E880CD149ABB99A83E2D677F3001"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00100D862759414B992C7AE8B81F11EF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{568AD610-529A-4788-934F-E354B61F58FF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="00100D862759414B992C7AE8B81F11EF1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B0684">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="15DECA78371E44D49DDA50B1ADAD78F7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9DC4F081-DC44-4425-8183-6ED50A3984E1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="15DECA78371E44D49DDA50B1ADAD78F71"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C604147DAAE041EB93A5CA03944C2373"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32FDBDC8-D3C0-481C-AF78-6BF40496B1A6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="C604147DAAE041EB93A5CA03944C23731"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B0684">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="473EE0E4185E4494981BB399AA813D2E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{03B0DEB8-EFE2-4D20-A088-082C3CABDDA6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="473EE0E4185E4494981BB399AA813D2E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="118C9FE6E67E4D7F8560E131F6DC6C5F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8CFEDDD4-62CE-410F-8C24-6EA5C93AE8AC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="118C9FE6E67E4D7F8560E131F6DC6C5F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C197214B84D149BBB4104EBA38FE93F6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D8E8938-8F95-4A90-954C-6B8A5E2AEAB7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="C197214B84D149BBB4104EBA38FE93F61"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="408A22C9BC1146A8908521D376CD52B6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ADB0023C-F4DD-400C-B17D-546275DDD119}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="408A22C9BC1146A8908521D376CD52B61"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0AE4C9A00EA04300BC201CF090EB23DE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{659C2BC3-DA22-4FB5-8F41-698FDB48205C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="0AE4C9A00EA04300BC201CF090EB23DE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DF2076770CC04C7084ACC90F2DD99207"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E22E121A-BEE7-44C4-90CD-4C40D42B8F5C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="DF2076770CC04C7084ACC90F2DD992071"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="54935DE4A5724C59BB0C624B525E70DC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{288D0AC3-F122-4E5B-9BA5-CB13E5BAECE8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="54935DE4A5724C59BB0C624B525E70DC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00170A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9E0EB9EC3AB74AAE8106F615F6230BD8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{984DE5E7-4BD4-4D29-BDBE-03CE9D30BC53}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="9E0EB9EC3AB74AAE8106F615F6230BD8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AB7018AD4A624644885358B090720F06"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A9EFC27D-7755-44E9-8B47-D634A90FE243}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="AB7018AD4A624644885358B090720F06"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A293F70D15A845598A9A4BCDDFDA1EED"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E2E81F09-BA2D-4461-A4B9-887214560CAB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="A293F70D15A845598A9A4BCDDFDA1EED"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="481BE81CD8384B2182900D45EC33D433"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5B7A91A2-AEE0-420F-9835-1838A80DC43C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="481BE81CD8384B2182900D45EC33D433"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B532A4D89EC64EFBA98A053F322EB0A1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2771D633-F69B-4E83-B8E9-8EF1CF8A415B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="B532A4D89EC64EFBA98A053F322EB0A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F2002B9A5B5C4F10910375FB47919AD7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E94F3A37-E2DE-4A6F-8CB4-382B52CC91AA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="F2002B9A5B5C4F10910375FB47919AD7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B55C0177D944772A2EC7A0D1043B4D9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{188EBB85-4994-4257-A104-88828EDB0B3F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="3B55C0177D944772A2EC7A0D1043B4D9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="486F04A9C758422A8F7154F463423DFE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{72390816-F16F-47A9-9808-6FF41B8AECFD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="486F04A9C758422A8F7154F463423DFE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7E78C24F6724473D852817A7EE413348"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E6F16326-F378-4EA3-898D-6E911F9892B7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001E4399" w:rsidRDefault="001E4399" w:rsidP="001E4399">
+          <w:pPr>
+            <w:pStyle w:val="7E78C24F6724473D852817A7EE413348"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00060024"/>
+    <w:rsid w:val="00060024"/>
+    <w:rsid w:val="0014475C"/>
+    <w:rsid w:val="001E4399"/>
+    <w:rsid w:val="00477BF1"/>
+    <w:rsid w:val="009D0362"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001E4399"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD3DAB730F154C05ABC4EDB39E9A22631">
+    <w:name w:val="AD3DAB730F154C05ABC4EDB39E9A22631"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93681BF8D664415695DEE45FAF58E35A1">
+    <w:name w:val="93681BF8D664415695DEE45FAF58E35A1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="060FC3B6D111472899C99DD5A43F5FDC1">
+    <w:name w:val="060FC3B6D111472899C99DD5A43F5FDC1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4805B73FF1F54D73BF374A46E87FF8A81">
+    <w:name w:val="4805B73FF1F54D73BF374A46E87FF8A81"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54935DE4A5724C59BB0C624B525E70DC1">
+    <w:name w:val="54935DE4A5724C59BB0C624B525E70DC1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9575AF227AD64643BA9D7F6B0BC781DC1">
+    <w:name w:val="9575AF227AD64643BA9D7F6B0BC781DC1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B6E3EC46F5749B884FE4443BC3522D51">
+    <w:name w:val="0B6E3EC46F5749B884FE4443BC3522D51"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C24873C9FC5A437EBF9F80572D7B9BEB1">
+    <w:name w:val="C24873C9FC5A437EBF9F80572D7B9BEB1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A1CB45F3E8924683BFB43FB5455377D31">
+    <w:name w:val="A1CB45F3E8924683BFB43FB5455377D31"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="770302FE288741B086C39CA67F5E9E111">
+    <w:name w:val="770302FE288741B086C39CA67F5E9E111"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CC99E880CD149ABB99A83E2D677F3001">
+    <w:name w:val="0CC99E880CD149ABB99A83E2D677F3001"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00100D862759414B992C7AE8B81F11EF1">
+    <w:name w:val="00100D862759414B992C7AE8B81F11EF1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15DECA78371E44D49DDA50B1ADAD78F71">
+    <w:name w:val="15DECA78371E44D49DDA50B1ADAD78F71"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C604147DAAE041EB93A5CA03944C23731">
+    <w:name w:val="C604147DAAE041EB93A5CA03944C23731"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C197214B84D149BBB4104EBA38FE93F61">
+    <w:name w:val="C197214B84D149BBB4104EBA38FE93F61"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0AE4C9A00EA04300BC201CF090EB23DE1">
+    <w:name w:val="0AE4C9A00EA04300BC201CF090EB23DE1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="118C9FE6E67E4D7F8560E131F6DC6C5F1">
+    <w:name w:val="118C9FE6E67E4D7F8560E131F6DC6C5F1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="408A22C9BC1146A8908521D376CD52B61">
+    <w:name w:val="408A22C9BC1146A8908521D376CD52B61"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF2076770CC04C7084ACC90F2DD992071">
+    <w:name w:val="DF2076770CC04C7084ACC90F2DD992071"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="473EE0E4185E4494981BB399AA813D2E1">
+    <w:name w:val="473EE0E4185E4494981BB399AA813D2E1"/>
+    <w:rsid w:val="001E4399"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E0EB9EC3AB74AAE8106F615F6230BD8">
+    <w:name w:val="9E0EB9EC3AB74AAE8106F615F6230BD8"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB7018AD4A624644885358B090720F06">
+    <w:name w:val="AB7018AD4A624644885358B090720F06"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A293F70D15A845598A9A4BCDDFDA1EED">
+    <w:name w:val="A293F70D15A845598A9A4BCDDFDA1EED"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="481BE81CD8384B2182900D45EC33D433">
+    <w:name w:val="481BE81CD8384B2182900D45EC33D433"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B532A4D89EC64EFBA98A053F322EB0A1">
+    <w:name w:val="B532A4D89EC64EFBA98A053F322EB0A1"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2002B9A5B5C4F10910375FB47919AD7">
+    <w:name w:val="F2002B9A5B5C4F10910375FB47919AD7"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B55C0177D944772A2EC7A0D1043B4D9">
+    <w:name w:val="3B55C0177D944772A2EC7A0D1043B4D9"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="486F04A9C758422A8F7154F463423DFE">
+    <w:name w:val="486F04A9C758422A8F7154F463423DFE"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E78C24F6724473D852817A7EE413348">
+    <w:name w:val="7E78C24F6724473D852817A7EE413348"/>
+    <w:rsid w:val="001E4399"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9086,70 +9174,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>217</Words>
-  <Characters>1087</Characters>
+  <Words>311</Words>
+  <Characters>1348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1302</CharactersWithSpaces>
+  <CharactersWithSpaces>1604</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>