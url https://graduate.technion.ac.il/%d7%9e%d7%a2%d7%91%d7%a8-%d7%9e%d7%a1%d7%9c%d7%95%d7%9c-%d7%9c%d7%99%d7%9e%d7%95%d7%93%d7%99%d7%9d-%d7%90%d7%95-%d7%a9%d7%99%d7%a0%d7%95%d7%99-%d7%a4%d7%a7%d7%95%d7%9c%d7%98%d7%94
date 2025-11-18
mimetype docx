--- v0 (2025-10-29)
+++ v1 (2025-11-18)
@@ -1359,129 +1359,129 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1837375982"/>
           <w:placeholder>
             <w:docPart w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2025-07-06T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="001E0849">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a9"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00771F43" w:rsidRPr="00771F43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> חתימה:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="842745151"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48896C3D" wp14:editId="12619CE9">
-[...2 lines deleted...]
-                <wp:docPr id="572595023" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48896C3D" wp14:editId="7C4F63F5">
+                <wp:extent cx="1190625" cy="390525"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:docPr id="572595023" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="572595023" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId9">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1259026" cy="281338"/>
+                          <a:ext cx="1259028" cy="412961"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="38CD0F7C" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1657,85 +1657,85 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">אנו מסכימים כי הסטודנט/ית </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-192072761"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="001A2A27">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> יעזוב/תעזוב את היחידה האקדמית בה הוא/היא לומד/ת ויגיש/תגיש את מועמדותו/ה ליחידה האקדמית </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="530227632"/>
           <w:placeholder>
             <w:docPart w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="001A2A27">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D16F4AD" w14:textId="77777777" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
@@ -1758,120 +1758,120 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">תאריך: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="2029904325"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="001A2A27">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> חתימה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1574860111"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61CCC4B3" wp14:editId="077DC420">
-                <wp:extent cx="1177550" cy="272415"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61CCC4B3" wp14:editId="77D380BA">
+                <wp:extent cx="1177290" cy="386654"/>
                 <wp:effectExtent l="0" t="0" r="3810" b="0"/>
-                <wp:docPr id="1744259686" name="Picture 2"/>
+                <wp:docPr id="1744259686" name="Picture 2" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="1744259686" name="Picture 2" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId9">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1200812" cy="277796"/>
+                          <a:ext cx="1204758" cy="395675"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="49DF8EEC" w14:textId="0AAB3D4A" w:rsidR="0012206E" w:rsidRPr="00771F43" w:rsidRDefault="0012206E" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1980,51 +1980,51 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="7" w:name="_Hlk200277248"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk200277249"/>
     <w:bookmarkStart w:id="9" w:name="_Hlk200277263"/>
     <w:bookmarkStart w:id="10" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
@@ -2326,113 +2326,119 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="47431DC6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="1EF911C3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="046C3D72" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="4474FF94" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2613,86 +2619,86 @@
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="7"/>
   <w:bookmarkEnd w:id="8"/>
   <w:bookmarkEnd w:id="9"/>
   <w:bookmarkEnd w:id="10"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4B5935E7" w14:textId="77777777" w:rsidR="00653465" w:rsidRDefault="00653465" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1A2EDA45" w14:textId="77777777" w:rsidR="00653465" w:rsidRDefault="00653465" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a3"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="6D2E8BDC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>854075</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>514350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -2786,70 +2792,70 @@
                       <w:t xml:space="preserve">מדור רישום וקבלה                  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t>Registration and Admission Office</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FE5C31" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="70BB91E8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="721B199D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>12321</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-451897</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="מדור רישום וקבלה&#10;בית- הספר לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="מדור רישום וקבלה&#10;בית- הספר לתארים מתקדמים ע&quot;ש ג'ייקובס, הטכניון"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -4712,151 +4718,155 @@
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1498808492">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2105610350">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1831213644">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gL/33NspVw2liKeciOOxkjuce8vaMDPyeJSzN5LiqMZKQW8wvdJRK13WcLTd2BJbCFxVLX2ViAjayOWPvWKIPQ==" w:salt="DCG7L+/SGQR2p6oTwnfmPg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wCeWS+cSWUY3lyWZGvO3ot9u7f4pd+gGmJ+uKYbFswEDlsF5WcXVqwiZEdh/Q/hTjjvTEAL+RYf5XizJqXR8Jw==" w:salt="aYWCM4DQ+VrqoT8K7UfsZA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000474D5"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0007227C"/>
     <w:rsid w:val="000D2E3F"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
     <w:rsid w:val="0012206E"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="0014532C"/>
     <w:rsid w:val="00152E0B"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001A2F16"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="0020715F"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
+    <w:rsid w:val="002D4EF6"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002E3C15"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
+    <w:rsid w:val="003E0374"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="004254E8"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="00580B0A"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00632373"/>
     <w:rsid w:val="00653465"/>
     <w:rsid w:val="006767F0"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006B7E82"/>
+    <w:rsid w:val="006C55FA"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00755615"/>
     <w:rsid w:val="00771F43"/>
     <w:rsid w:val="007C46D2"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008D2A36"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009A6E28"/>
     <w:rsid w:val="009E22B3"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A03CDF"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A239C8"/>
     <w:rsid w:val="00A36550"/>
+    <w:rsid w:val="00A46863"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00A97013"/>
     <w:rsid w:val="00AB2F9B"/>
     <w:rsid w:val="00AB320D"/>
     <w:rsid w:val="00AF266B"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B571AD"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00B97FCE"/>
     <w:rsid w:val="00BA6788"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
@@ -5282,307 +5292,307 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="כותרת עליונה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="כותרת תחתונה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31CA0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Hebrew" w:hAnsi="Adobe Hebrew" w:cs="Adobe Hebrew"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13977"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A91826"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="כותרת 1 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="כותרת 2 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="גוף טקסט תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%92%d7%a9%d7%aa-%d7%91%d7%a7%d7%a9%d7%94-%d7%9c%d7%9e%d7%9c%d7%92%d7%94-%d7%95%d7%9e%d7%95%d7%a2%d7%93%d7%99%d7%9d-%d7%97%d7%a9%d7%95%d7%91%d7%99%d7%9d/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portalex.technion.ac.il/sap/bc/ui5_ui5/sap/zher_formrt/index.html?sap-client=700&amp;sap-language=HE" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -5600,106 +5610,106 @@
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1A3C21ED-3A0E-468A-9D93-6FEB0E3AB60C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002955E2" w:rsidRDefault="00441E5B" w:rsidP="00441E5B">
           <w:pPr>
             <w:pStyle w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
           </w:pPr>
           <w:r w:rsidRPr="001E0849">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BB3B788B-CE9B-419E-995E-3FE01685E653}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00320237" w:rsidRDefault="00320237">
           <w:r w:rsidRPr="001A2A27">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{146601D1-4565-454D-8E69-7CB48A3669E3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00320237" w:rsidRDefault="00320237" w:rsidP="00320237">
           <w:pPr>
             <w:pStyle w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
           </w:pPr>
           <w:r w:rsidRPr="001A2A27">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -5773,53 +5783,55 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00441E5B"/>
     <w:rsid w:val="002955E2"/>
+    <w:rsid w:val="002D4EF6"/>
     <w:rsid w:val="002E3C15"/>
     <w:rsid w:val="00320237"/>
     <w:rsid w:val="0036378A"/>
+    <w:rsid w:val="003E0374"/>
     <w:rsid w:val="004254E8"/>
     <w:rsid w:val="00441E5B"/>
     <w:rsid w:val="00580B0A"/>
     <w:rsid w:val="006767F0"/>
     <w:rsid w:val="00755615"/>
     <w:rsid w:val="007B0C15"/>
     <w:rsid w:val="00AB320D"/>
     <w:rsid w:val="00B571AD"/>
     <w:rsid w:val="00BA6788"/>
     <w:rsid w:val="00D80707"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
@@ -6205,87 +6217,87 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00320237"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEAB6F5DBFB94D939F938DE7E24F2F7A">
     <w:name w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
     <w:rsid w:val="00441E5B"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3D1F75C607049F8973F2C7E1877A4FA">
     <w:name w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
     <w:rsid w:val="00320237"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6581,61 +6593,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>303</Words>
   <Characters>1515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1778</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>