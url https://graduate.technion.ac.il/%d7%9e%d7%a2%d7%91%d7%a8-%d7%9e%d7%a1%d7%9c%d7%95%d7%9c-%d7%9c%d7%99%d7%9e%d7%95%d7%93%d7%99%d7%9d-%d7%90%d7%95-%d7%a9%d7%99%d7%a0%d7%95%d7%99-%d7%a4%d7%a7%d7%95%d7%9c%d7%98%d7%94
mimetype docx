--- v1 (2025-11-18)
+++ v2 (2025-12-09)
@@ -12,1900 +12,1806 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1882F3A0" w14:textId="77777777" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="00771F43">
+    <w:p w14:paraId="1882F3A0" w14:textId="77777777" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="00771F43">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="246DCB4C" w14:textId="05869EB3" w:rsidR="00771F43" w:rsidRPr="000474D5" w:rsidRDefault="00771F43" w:rsidP="00771F43">
-[...18 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w14:paraId="246DCB4C" w14:textId="05869EB3" w:rsidR="00771F43" w:rsidRPr="002D0660" w:rsidRDefault="00771F43" w:rsidP="00874B91">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בקשה לשינוי יחידה אקדמית/מסלול לימודים</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231CF57B" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
-[...18 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="231CF57B" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="002D0660" w:rsidRDefault="00771F43" w:rsidP="004C6208">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לידיעתך:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2902457A" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="2902457A" w14:textId="2EE832C4" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>ניתן להגיש בקשה במהלך תקופת הרישום לתארים מתקדמים, לפי המידע באתר בית הספר.</w:t>
+        <w:t xml:space="preserve">ניתן להגיש בקשה במהלך תקופת הרישום לתארים מתקדמים, לפי המידע </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="002D0660">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>באתר בית</w:t>
+        </w:r>
+        <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002D0660">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>הספר</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57303256" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="57303256" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>אנו ממליצים לברר מראש מה סיכויי הקבלה ביחידה האקדמית אליה הינך מעוניין/ת להירשם.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F07DEFD" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="6F07DEFD" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>שכ"ל מתחיל להיחשב מחדש עם הקבלה ליחידה האקדמית החדשה.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C027045" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="1C027045" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>המלגה שהוענקה טרם המעבר תיחשב כחלק מהמלגות לתואר.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2499D153" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="2499D153" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C0010DA" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
-[...18 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="3C0010DA" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="002D0660" w:rsidRDefault="00771F43" w:rsidP="004C6208">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>כללים למילוי הטופס:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699361C5" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="699361C5" w14:textId="731AFFF7" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>אנא העבר בקשה זו ל</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>אנא העבר</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>יחידה האקדמית אליה התקבלת או בה הינך לומד/ת (בסוף עמוד זה). ללא הסכמ</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+        <w:t>/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>ת היחידה</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> זו לא נוכל לטפל בבקשתך! </w:t>
+        <w:t xml:space="preserve"> בקשה זו ליחידה האקדמית אליה התקבלת או בה הינך לומד/ת (בסוף עמוד זה). ללא הסכמת היחידה זו לא נוכל לטפל בבקשתך! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561AB5F4" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="561AB5F4" w14:textId="755FAD9E" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">אנא מלא </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00771F43">
+        <w:t xml:space="preserve">אנא </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>הגש/י</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="/Logon" w:history="1">
+        <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>מועמדות חדשה דרך אתר בית-הספר</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> אין צורך לשלם דמי רישום.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C3475A" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">לנרשמים למנהל עסקים </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> יש לצרף ציוני </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>GMAT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33952F3F" w14:textId="1236A5E4" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>למעוניינים לבקש מלגה, יש להגיש בקשה</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> מקוונת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ביחידה האקדמית החדשה, </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>פרטים נוספים מופיעים</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="004C6208">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
-          <w:t>ערכת רישום חדשה באתר בית הספר</w:t>
+          <w:t>באתר בית</w:t>
         </w:r>
-      </w:hyperlink>
-[...119 lines deleted...]
-        <w:r w:rsidRPr="00771F43">
+        <w:r w:rsidR="002D0660">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:rtl/>
           </w:rPr>
-          <w:t>באתר בית הספר</w:t>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004C6208">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t>הספר</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D425EC5" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="7D425EC5" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">ניתן להעביר מסמכים נוספים כגון: </w:t>
-[...8 lines deleted...]
-        <w:t>פרסומים מדעיים, מכתבים, המלצות.</w:t>
+        <w:t>ניתן להעביר מסמכים נוספים כגון: פרסומים מדעיים, מכתבים, המלצות.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763AB86E" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="763AB86E" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45C24062" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
-[...18 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="45C24062" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="002D0660" w:rsidRDefault="00771F43" w:rsidP="004C6208">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>פרטים אישיים:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482CC325" w14:textId="468D0B03" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="482CC325" w14:textId="16672B25" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>שם משפחה:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00771F43">
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-307322694"/>
+          <w:placeholder>
+            <w:docPart w:val="BC749AF38F7E43BAAF11AC49E7AB08AE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002D0660" w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="30"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:instrText>FORMTEXT</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00771F43">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00771F43">
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם פרטי:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...533 lines deleted...]
-        <w:t>תאריך:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-598331086"/>
+          <w:placeholder>
+            <w:docPart w:val="E2EC0C9802434EFDA702878125C945E3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002D0660" w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מספר ת.ז:</w:t>
+      </w:r>
+      <w:r w:rsidR="0012206E" w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1745106803"/>
+          <w:placeholder>
+            <w:docPart w:val="7C0A226E02D4487397835A5167565E3C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="78475095" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62EB64C7" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="002D0660" w:rsidRDefault="00771F43" w:rsidP="004C6208">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>פרטי הבקשה</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8621D9" w14:textId="3118BEC7" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>היחידה האקדמית אליה התקבלת או בה הינך לומד/ת:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1048528615"/>
+          <w:placeholder>
+            <w:docPart w:val="5991DF7BAC0A45C9B5A5ACFF7B46EEBF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="63CD6FD3" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B47E45E" w14:textId="156BF657" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>היחידה האקדמית אליה הנך מעוניין/ת להעביר את מועמדותך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1543818280"/>
+          <w:placeholder>
+            <w:docPart w:val="ABDD311248BF4059951E07B244B4F391"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7010C782" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC2AC81" w14:textId="63E048BB" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>החל מסמסטר:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="252242408"/>
+          <w:placeholder>
+            <w:docPart w:val="BE683790226C40D8A492AF7146BB8908"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="202B50F2" w14:textId="773D366D" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00771F43" w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="-1837375982"/>
           <w:placeholder>
             <w:docPart w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2025-07-06T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="001E0849">
+          <w:r w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00771F43" w:rsidRPr="00771F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00771F43" w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> חתימה:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00771F43" w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="842745151"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="004C6208">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48896C3D" wp14:editId="7C4F63F5">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48896C3D" wp14:editId="3430FA34">
+                <wp:extent cx="801663" cy="390525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="572595023" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="572595023" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId9">
+                        <a:blip r:embed="rId10">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1259028" cy="412961"/>
+                          <a:ext cx="849459" cy="413809"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="38CD0F7C" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="00771F43" w:rsidP="00771F43">
+    <w:p w14:paraId="38CD0F7C" w14:textId="77777777" w:rsidR="00771F43" w:rsidRPr="004C6208" w:rsidRDefault="00771F43" w:rsidP="00771F43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DD7CB09" w14:textId="7ED9BF89" w:rsidR="00771F43" w:rsidRPr="00771F43" w:rsidRDefault="0012206E" w:rsidP="00771F43">
-[...18 lines deleted...]
-          <w:szCs w:val="26"/>
+    <w:p w14:paraId="2DD7CB09" w14:textId="7ED9BF89" w:rsidR="00771F43" w:rsidRPr="00A22B8B" w:rsidRDefault="0012206E" w:rsidP="004C6208">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A22B8B">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00771F43" w:rsidRPr="00771F43">
-[...35 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="00771F43" w:rsidRPr="00A22B8B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">נא להחתים את הוועדה לתארים מתקדמים </w:t>
+      </w:r>
+      <w:r w:rsidR="00771F43" w:rsidRPr="00A22B8B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בפקולטה אותה הנך עוזב/ת</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F4CCF3" w14:textId="77777777" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="00771F43">
+    <w:p w14:paraId="66F4CCF3" w14:textId="5FF9B7DA" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="00771F43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C5629A7" w14:textId="77777777" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="4C5629A7" w14:textId="0A0F0056" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="00A22B8B" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D5B66D1" wp14:editId="2D7C3C42">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-501650</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>111760</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7162800" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2097693967" name="Straight Connector 5">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7162800" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="19050">
+                          <a:prstDash val="dash"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="13A65D16" id="Straight Connector 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-39.5pt,8.8pt" to="524.5pt,8.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6q/lQsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815IMNEkFyznEaC5F&#10;E/TxAQy1tIjwBS5ryX/fJWXLRR9AUeRCkdyd2ZnlanM3WcMOEFF71/FmVXMGTvpeu33Hv3398PaW&#10;M0zC9cJ4Bx0/AvK77dWbzRhaWPvBmx4iIxKH7Rg6PqQU2qpCOYAVuPIBHAWVj1YkOsZ91UcxErs1&#10;1bqur6vRxz5ELwGRbndzkG8Lv1Ig06NSCImZjpO2VNZY1ue8VtuNaPdRhEHLkwzxHyqs0I6KLlQ7&#10;kQT7HvVvVFbL6NGrtJLeVl4pLaF4IDdN/YubL4MIULxQczAsbcLXo5WfDvfuKVIbxoAthqeYXUwq&#10;2vwlfWwqzTouzYIpMUmXN831+ramnspzrLoAQ8T0AN6yvOm40S77EK04fMRExSj1nJKvjWMjTc/7&#10;+l1d0nJsJ3BgB0Hv1tMuPxSBjKPPRWnZpaOBmeQzKKZ70tYUljJEcG/iiealWVgoM0OUNmYBzaX/&#10;CjrlZhiUwfpX4JJdKnqXFqDVzsc/SU3TWaqa88+uZ6/Z9rPvj+XdSjtoOkp/TpOcx+/nc4Ff/rft&#10;DwAAAP//AwBQSwMEFAAGAAgAAAAhAPMdV8neAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd+F/YdwBd+21CLbrE3HEGWIKFgH22PWXNuy5KYm6Vb/vSk+uMd7zuHc7+SrwWh2QudbSwJu&#10;ZwkwpMqqlmoB28/n6RKYD5KU1JZQwA96WBWTq1xmyp7pA09lqFksIZ9JAU0IXca5rxo00s9shxS9&#10;L+uMDPF0NVdOnmO50TxNkjk3sqX4oZEdPjZYHcveCHBlmn73/Z63b687/fSCm/fNeifEzfWwfgAW&#10;cAj/YRjxIzoUkelge1KeaQHTxX3cEqKxmAMbA8ndqBz+FF7k/HJC8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQB6q/lQsAEAALcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDzHVfJ3gAAAAoBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+                <v:stroke dashstyle="dash" joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D17CD93" w14:textId="665B0185" w:rsidR="00A73D63" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="1FF7D2DD" w14:textId="77777777" w:rsidR="00874B91" w:rsidRDefault="00874B91" w:rsidP="00874B91">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="067E2D7D" w14:textId="77777777" w:rsidR="00874B91" w:rsidRDefault="00874B91" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+    </w:p>
+    <w:p w14:paraId="6D17CD93" w14:textId="016122BC" w:rsidR="00A73D63" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>אל: מדור רישום וקבלה, ביה"ס לתארים מתקדמים</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>אל:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> מדור רישום וקבלה, ביה"ס לתארים מתקדמים</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FE4546" w14:textId="40214947" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="68FE4546" w14:textId="40214947" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>מאת: יו"ר/מרכז הוועדה לתארים מתקדמים</w:t>
+        <w:t>מאת:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> יו"ר/מרכז הוועדה לתארים מתקדמים</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5062F3A1" w14:textId="3F4704A4" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="5062F3A1" w14:textId="4776C916" w:rsidR="0012206E" w:rsidRPr="002D0660" w:rsidRDefault="00A22B8B" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0012206E" w:rsidRPr="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>הנדון: מעבר פקולטה</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6127E165" w14:textId="50A04DFA" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="6127E165" w14:textId="41E1853B" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">אנו מסכימים כי הסטודנט/ית </w:t>
+        <w:t>אנו מסכימים כי הסטודנט/ית</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="-192072761"/>
+          <w:id w:val="1814749747"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="65E9E519023E4EF694E1FEFF50259D07"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="001A2A27">
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> יעזוב/תעזוב את היחידה האקדמית בה הוא/היא לומד/ת ויגיש/תגיש את מועמדותו/ה ליחידה האקדמית </w:t>
+        <w:t xml:space="preserve"> יעזוב/תעזוב את היחידה האקדמית בה הוא/היא לומד/ת ויגיש/תגיש את מועמדותו/ה ליחידה האקדמית</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="530227632"/>
+          <w:id w:val="-1870677973"/>
           <w:placeholder>
-            <w:docPart w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
+            <w:docPart w:val="E29ABE246C8E45A69B74EE02FEE9FBE8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="001A2A27">
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D16F4AD" w14:textId="77777777" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>.</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D16F4AD" w14:textId="77777777" w:rsidR="0012206E" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="69A9DC73" w14:textId="7E5FE058" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">תאריך: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
-          <w:id w:val="2029904325"/>
+          <w:id w:val="66698629"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="B2CCEF183AB9495DAADACC95FAD9A8EE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:text/>
+          <w:date w:fullDate="2025-07-06T00:00:00Z">
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="001A2A27">
+          <w:r w:rsidR="002D0660" w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a9"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> חתימה: </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437536">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="1574860111"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="004C6208">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61CCC4B3" wp14:editId="77D380BA">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61CCC4B3" wp14:editId="03C10CB1">
+                <wp:extent cx="718343" cy="386080"/>
+                <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:docPr id="1744259686" name="Picture 2" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1744259686" name="Picture 2" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId9">
+                        <a:blip r:embed="rId11" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1204758" cy="395675"/>
+                          <a:ext cx="738567" cy="396950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="49DF8EEC" w14:textId="0AAB3D4A" w:rsidR="0012206E" w:rsidRPr="00771F43" w:rsidRDefault="0012206E" w:rsidP="0012206E">
+    <w:p w14:paraId="49DF8EEC" w14:textId="0AAB3D4A" w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidRDefault="0012206E" w:rsidP="0012206E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0012206E" w:rsidRPr="00771F43" w:rsidSect="0012206E">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="0012206E" w:rsidRPr="004C6208" w:rsidSect="0012206E">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="28D17C84" w14:textId="77777777" w:rsidR="00653465" w:rsidRDefault="00653465" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="048AF219" w14:textId="77777777" w:rsidR="00653465" w:rsidRDefault="00653465" w:rsidP="0055655F">
@@ -1936,109 +1842,108 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="7" w:name="_Hlk200277248"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="10" w:name="_Hlk200277264"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk200277248"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk200277249"/>
+    <w:bookmarkStart w:id="3" w:name="_Hlk200277263"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>119380</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="349250"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1216639892" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2394,51 +2299,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4474FF94" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="14E7FA6F" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2613,92 +2518,92 @@
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="7"/>
-[...2 lines deleted...]
-  <w:bookmarkEnd w:id="10"/>
+  <w:bookmarkEnd w:id="1"/>
+  <w:bookmarkEnd w:id="2"/>
+  <w:bookmarkEnd w:id="3"/>
+  <w:bookmarkEnd w:id="4"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4B5935E7" w14:textId="77777777" w:rsidR="00653465" w:rsidRDefault="00653465" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1A2EDA45" w14:textId="77777777" w:rsidR="00653465" w:rsidRDefault="00653465" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="037EEBF8" wp14:editId="6D2E8BDC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>854075</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>514350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4600575" cy="314325"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -4716,157 +4621,171 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1498808492">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2105610350">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1831213644">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wCeWS+cSWUY3lyWZGvO3ot9u7f4pd+gGmJ+uKYbFswEDlsF5WcXVqwiZEdh/Q/hTjjvTEAL+RYf5XizJqXR8Jw==" w:salt="aYWCM4DQ+VrqoT8K7UfsZA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iw8vnKNA6RLbVhW+6W6L5wwYiDZ18eB/j076ayIzyTA5o5NWEPe8uPCKPd/HRj+7+Bh8aLU063DR+blMjIS0eA==" w:salt="7T+Y4/jDIVoD+RUOHJsUhw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000474D5"/>
+    <w:rsid w:val="00063B42"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0007227C"/>
     <w:rsid w:val="000D2E3F"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
     <w:rsid w:val="0012206E"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="0014532C"/>
     <w:rsid w:val="00152E0B"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001A2F16"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="0020715F"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="002D0660"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D4EF6"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002E3C15"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
+    <w:rsid w:val="003D0F2F"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003E0374"/>
+    <w:rsid w:val="003E73A3"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="004254E8"/>
+    <w:rsid w:val="00437536"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004C6208"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="00580B0A"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00632373"/>
     <w:rsid w:val="00653465"/>
     <w:rsid w:val="006767F0"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006B7E82"/>
     <w:rsid w:val="006C55FA"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00755615"/>
     <w:rsid w:val="00771F43"/>
+    <w:rsid w:val="007745A3"/>
     <w:rsid w:val="007C46D2"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="00843901"/>
+    <w:rsid w:val="00874B91"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008D2A36"/>
     <w:rsid w:val="008F267F"/>
+    <w:rsid w:val="00901B45"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="00991C6B"/>
     <w:rsid w:val="009A6E28"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="009E22B3"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A03CDF"/>
     <w:rsid w:val="00A06031"/>
+    <w:rsid w:val="00A22B8B"/>
     <w:rsid w:val="00A239C8"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A46863"/>
+    <w:rsid w:val="00A56CE6"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00A97013"/>
     <w:rsid w:val="00AB2F9B"/>
     <w:rsid w:val="00AB320D"/>
     <w:rsid w:val="00AF266B"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B571AD"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00B97FCE"/>
     <w:rsid w:val="00BA6788"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
@@ -5292,473 +5211,708 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0055655F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0055655F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D31CA0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Hebrew" w:hAnsi="Adobe Hebrew" w:cs="Adobe Hebrew"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00044350"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13977"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A91826"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="0059468B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-[...2 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:rsid w:val="0059468B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%92%d7%a9%d7%aa-%d7%91%d7%a7%d7%a9%d7%94-%d7%9c%d7%9e%d7%9c%d7%92%d7%94-%d7%95%d7%9e%d7%95%d7%a2%d7%93%d7%99%d7%9d-%d7%97%d7%a9%d7%95%d7%91%d7%99%d7%9d/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portalex.technion.ac.il/sap/bc/ui5_ui5/sap/zher_formrt/index.html?sap-client=700&amp;sap-language=HE" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portalex.technion.ac.il/sap/bc/ui5_ui5/sap/zher_formrt/index.html?sap-client=700&amp;sap-language=HE" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%a8%d7%99%d7%a9%d7%95%d7%9d-%d7%95%d7%94%d7%a0%d7%97%d7%99%d7%95%d7%aa/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/%d7%94%d7%92%d7%a9%d7%aa-%d7%91%d7%a7%d7%a9%d7%94-%d7%9c%d7%9e%d7%9c%d7%92%d7%94-%d7%95%d7%9e%d7%95%d7%a2%d7%93%d7%99%d7%9d-%d7%97%d7%a9%d7%95%d7%91%d7%99%d7%9d/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1A3C21ED-3A0E-468A-9D93-6FEB0E3AB60C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="002955E2" w:rsidRDefault="00441E5B" w:rsidP="00441E5B">
+        <w:p w:rsidR="002955E2" w:rsidRDefault="00774735" w:rsidP="00774735">
           <w:pPr>
-            <w:pStyle w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A"/>
+            <w:pStyle w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A2"/>
           </w:pPr>
-          <w:r w:rsidRPr="001E0849">
+          <w:r w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="BC749AF38F7E43BAAF11AC49E7AB08AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BB3B788B-CE9B-419E-995E-3FE01685E653}"/>
+        <w:guid w:val="{37F44368-A877-41FC-A7B8-5D6A9B55F7C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00320237" w:rsidRDefault="00320237">
-          <w:r w:rsidRPr="001A2A27">
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="BC749AF38F7E43BAAF11AC49E7AB08AE2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
+        <w:name w:val="E2EC0C9802434EFDA702878125C945E3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{146601D1-4565-454D-8E69-7CB48A3669E3}"/>
+        <w:guid w:val="{8EEE6409-247F-4E8F-822D-EA681EB6D93D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00320237" w:rsidRDefault="00320237" w:rsidP="00320237">
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
           <w:pPr>
-            <w:pStyle w:val="C3D1F75C607049F8973F2C7E1877A4FA"/>
+            <w:pStyle w:val="E2EC0C9802434EFDA702878125C945E31"/>
           </w:pPr>
-          <w:r w:rsidRPr="001A2A27">
+          <w:r w:rsidRPr="002D0660">
             <w:rPr>
-              <w:rStyle w:val="a3"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7C0A226E02D4487397835A5167565E3C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E7CE5242-D4A9-40F5-80F6-F682CD3C91AF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="7C0A226E02D4487397835A5167565E3C1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5991DF7BAC0A45C9B5A5ACFF7B46EEBF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FEC9FE66-85FD-4C3E-8FF7-11D204D291E7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="5991DF7BAC0A45C9B5A5ACFF7B46EEBF1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ABDD311248BF4059951E07B244B4F391"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15AD3313-6328-4155-A531-B0404614D3EE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="ABDD311248BF4059951E07B244B4F3911"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BE683790226C40D8A492AF7146BB8908"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2F4852CE-A92C-40D3-B08F-AC09F5B48030}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="BE683790226C40D8A492AF7146BB89081"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E29ABE246C8E45A69B74EE02FEE9FBE8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2A96BAB6-FECD-40B4-93F1-BDF8DFC4CC1B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="E29ABE246C8E45A69B74EE02FEE9FBE8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B2CCEF183AB9495DAADACC95FAD9A8EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{445F1941-D450-47FD-ABC8-5B4EC5A856E6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="B2CCEF183AB9495DAADACC95FAD9A8EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="65E9E519023E4EF694E1FEFF50259D07"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6D3A7A36-252A-4F9D-B584-B1110ECAFFDD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00774735" w:rsidRDefault="00774735" w:rsidP="00774735">
+          <w:pPr>
+            <w:pStyle w:val="65E9E519023E4EF694E1FEFF50259D07"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D0660">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorBidi"/>
+              <w:color w:val="666666"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -5793,51 +5947,56 @@
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00441E5B"/>
     <w:rsid w:val="002955E2"/>
     <w:rsid w:val="002D4EF6"/>
     <w:rsid w:val="002E3C15"/>
     <w:rsid w:val="00320237"/>
     <w:rsid w:val="0036378A"/>
     <w:rsid w:val="003E0374"/>
     <w:rsid w:val="004254E8"/>
     <w:rsid w:val="00441E5B"/>
     <w:rsid w:val="00580B0A"/>
     <w:rsid w:val="006767F0"/>
     <w:rsid w:val="00755615"/>
+    <w:rsid w:val="007745A3"/>
+    <w:rsid w:val="00774735"/>
     <w:rsid w:val="007B0C15"/>
+    <w:rsid w:val="00901B45"/>
+    <w:rsid w:val="009D0362"/>
+    <w:rsid w:val="00A56CE6"/>
     <w:rsid w:val="00AB320D"/>
     <w:rsid w:val="00B571AD"/>
     <w:rsid w:val="00BA6788"/>
     <w:rsid w:val="00D80707"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -6217,107 +6376,210 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00320237"/>
+    <w:rsid w:val="00774735"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEAB6F5DBFB94D939F938DE7E24F2F7A">
-[...1 lines deleted...]
-    <w:rsid w:val="00441E5B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC749AF38F7E43BAAF11AC49E7AB08AE2">
+    <w:name w:val="BC749AF38F7E43BAAF11AC49E7AB08AE2"/>
+    <w:rsid w:val="00774735"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3D1F75C607049F8973F2C7E1877A4FA">
-[...1 lines deleted...]
-    <w:rsid w:val="00320237"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2EC0C9802434EFDA702878125C945E31">
+    <w:name w:val="E2EC0C9802434EFDA702878125C945E31"/>
+    <w:rsid w:val="00774735"/>
     <w:pPr>
       <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C0A226E02D4487397835A5167565E3C1">
+    <w:name w:val="7C0A226E02D4487397835A5167565E3C1"/>
+    <w:rsid w:val="00774735"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5991DF7BAC0A45C9B5A5ACFF7B46EEBF1">
+    <w:name w:val="5991DF7BAC0A45C9B5A5ACFF7B46EEBF1"/>
+    <w:rsid w:val="00774735"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABDD311248BF4059951E07B244B4F3911">
+    <w:name w:val="ABDD311248BF4059951E07B244B4F3911"/>
+    <w:rsid w:val="00774735"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE683790226C40D8A492AF7146BB89081">
+    <w:name w:val="BE683790226C40D8A492AF7146BB89081"/>
+    <w:rsid w:val="00774735"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEAB6F5DBFB94D939F938DE7E24F2F7A2">
+    <w:name w:val="DEAB6F5DBFB94D939F938DE7E24F2F7A2"/>
+    <w:rsid w:val="00774735"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E29ABE246C8E45A69B74EE02FEE9FBE8">
+    <w:name w:val="E29ABE246C8E45A69B74EE02FEE9FBE8"/>
+    <w:rsid w:val="00774735"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2CCEF183AB9495DAADACC95FAD9A8EE">
+    <w:name w:val="B2CCEF183AB9495DAADACC95FAD9A8EE"/>
+    <w:rsid w:val="00774735"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="65E9E519023E4EF694E1FEFF50259D07">
+    <w:name w:val="65E9E519023E4EF694E1FEFF50259D07"/>
+    <w:rsid w:val="00774735"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6585,82 +6847,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>303</Words>
-  <Characters>1515</Characters>
+  <Words>349</Words>
+  <Characters>1700</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
+  <Lines>56</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>שם</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1778</CharactersWithSpaces>
+  <CharactersWithSpaces>2009</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>f4f28280-f719-4847-892d-2fba61d5337c</vt:lpwstr>