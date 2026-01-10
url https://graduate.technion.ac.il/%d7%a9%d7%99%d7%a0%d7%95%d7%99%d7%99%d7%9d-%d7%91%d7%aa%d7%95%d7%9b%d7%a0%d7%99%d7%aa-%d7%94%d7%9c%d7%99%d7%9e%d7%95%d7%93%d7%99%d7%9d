--- v0 (2025-10-20)
+++ v1 (2026-01-10)
@@ -1,6576 +1,3768 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="020AB4FE" w14:textId="3DD18DB4" w:rsidR="00D64908" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+    <w:p w14:paraId="020AB4FE" w14:textId="5FC45558" w:rsidR="00D64908" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00D64908">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C885DB" w14:textId="066F9744" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00D64908">
-      <w:pPr>
+    <w:p w14:paraId="16C885DB" w14:textId="066F9744" w:rsidR="005330BB" w:rsidRPr="002C738D" w:rsidRDefault="005330BB" w:rsidP="00397970">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D47EBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="2F5496"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>בקשה לשינויים בת</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D47EBB">
+      </w:pPr>
+      <w:r w:rsidRPr="002C738D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="2F5496"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>כנית הלימודים</w:t>
+        <w:t>בקשה לשינויים בתוכנית הלימודים</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C3E77F" w14:textId="2DDD6EAC" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+    <w:p w14:paraId="25C3E77F" w14:textId="1D0B1257" w:rsidR="005330BB" w:rsidRPr="00F36BE6" w:rsidRDefault="005330BB" w:rsidP="005330BB">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="8A0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">לסמסטר </w:t>
+        <w:t>לסמסטר</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="Dropdown2"/>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidR="005C1110" w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="364412862"/>
+          <w:placeholder>
+            <w:docPart w:val="3537E418D1964C5FBE37041DFB36AC82"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="א'" w:value="א'"/>
+            <w:listItem w:displayText="ב'" w:value="ב'"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="8A0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...10 lines deleted...]
-        </w:fldChar>
+        <w:t>שנה"ל</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidR="005C1110" w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="8A0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidR="002C738D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="8A0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:instrText>FORMDROPDOWN</w:instrText>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="1354999568"/>
+          <w:placeholder>
+            <w:docPart w:val="7CE0FCB60B87455DA3FD1A30303BD469"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="תשפ&quot;ב" w:value="תשפ&quot;ב"/>
+            <w:listItem w:displayText="תשפ&quot;ג" w:value="תשפ&quot;ג"/>
+            <w:listItem w:displayText="תשפ&quot;ד" w:value="תשפ&quot;ד"/>
+            <w:listItem w:displayText="תשפ&quot;ה" w:value="תשפ&quot;ה"/>
+            <w:listItem w:displayText="תשפ&quot;ו" w:value="תשפ&quot;ו"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005C1110" w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="8A0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="8A0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D47EBB">
-[...126 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="6794AACE" w14:textId="2F01BA13" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="005330BB">
+    <w:p w14:paraId="6794AACE" w14:textId="2F01BA13" w:rsidR="005330BB" w:rsidRPr="00F36BE6" w:rsidRDefault="00D64908" w:rsidP="005330BB">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidRPr="00F36BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-TW" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6779A380" wp14:editId="6570ED88">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6779A380" wp14:editId="62186172">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>447675</wp:posOffset>
+                  <wp:posOffset>450850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>123190</wp:posOffset>
+                  <wp:posOffset>99440</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5895975" cy="923925"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:extent cx="5895975" cy="688768"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="16510"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1667641445" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5895975" cy="923925"/>
+                          <a:ext cx="5895975" cy="688768"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3D2FA5DB" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                          <w:p w14:paraId="3D2FA5DB" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="255" w:hanging="270"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00596B96">
+                            <w:r w:rsidRPr="00AE532F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>טופס זה חייב להיות מאושר וחתום ע"י המנחה וע"י יו"ר/מרכז הוועדה לתארים מתקדמים ביחידה האקדמית.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="67FA9ABF" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                          <w:p w14:paraId="67FA9ABF" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="255" w:hanging="270"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00596B96">
+                            <w:r w:rsidRPr="00AE532F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve">המועד האחרון לשינויים – ארבעה שבועות לאחר תחילת הסמסטר, מי שמבצעים שינויים לאחר מועד זה </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00596B96">
+                            <w:r w:rsidRPr="00AE532F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:u w:val="single"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t>חייבים להחתים גם את מורה</w:t>
-[...18 lines deleted...]
-                              <w:t>המקצוע ולהסביר את הסיבה לשינויים.</w:t>
+                              <w:t>חייבים להחתים גם את מורה המקצוע ולהסביר את הסיבה לשינויים.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="140F8993" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                          <w:p w14:paraId="140F8993" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="255" w:hanging="270"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00596B96">
+                            <w:r w:rsidRPr="00AE532F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>יש להגיש את הטופס המלא והחתום למזכירה לתארים מתקדמים ביחידה האקדמית.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="331D8D5E" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                          <w:p w14:paraId="331D8D5E" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="12"/>
                               </w:numPr>
                               <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="255" w:hanging="270"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00596B96">
+                            <w:r w:rsidRPr="00AE532F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>נא לבדוק את קליטת השינויים בתדפיס הציונים.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="6779A380" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:35.25pt;margin-top:9.7pt;width:464.25pt;height:72.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE+9URGwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkjYx4hRdugwD&#10;ugvQ7QNkWbaFyaImKbGzry8lu2m6AXsYpgdBFKVD8vBwczN0ihyFdRJ0QeezlBKhOVRSNwX9/m3/&#10;ZkWJ80xXTIEWBT0JR2+2r19tepOLDFpQlbAEQbTLe1PQ1nuTJ4njreiYm4ERGp012I55NG2TVJb1&#10;iN6pJEvTq6QHWxkLXDiHt3ejk24jfl0L7r/UtROeqIJibj7uNu5l2JPthuWNZaaVfEqD/UMWHZMa&#10;g56h7phn5GDlH1Cd5BYc1H7GoUugriUXsQasZp7+Vs1Dy4yItSA5zpxpcv8Pln8+PpivlvjhHQzY&#10;wFiEM/fAfziiYdcy3Yhba6FvBasw8DxQlvTG5dPXQLXLXQAp+09QYZPZwUMEGmrbBVawToLo2IDT&#10;mXQxeMLxcrlaL9fXS0o4+tbZ23W2jCFY/vTbWOc/COhIOBTUYlMjOjveOx+yYfnTkxDMgZLVXioV&#10;DduUO2XJkaEA9nFN6C+eKU16jL7E2H+HSNMsvYqywagvIDrpUclKdgVdpWGN2gq0vddV1JlnUo1n&#10;/Kz0xGOgbiTRD+WADwOfJVQnZNTCqFicMDy0YH9R0qNaC+p+HpgVlKiPGruyni8WQd7RWCyvMzTs&#10;pae89DDNEaqgnpLxuPPjSByMlU2LkUYdaLjFTtYykvyc1ZQ3KjJyP01PkPylHV89z/j2EQAA//8D&#10;AFBLAwQUAAYACAAAACEAWy7cLuAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIXFDrgErAIU6FkAriUImmSKg3N16SCP8E203Tt2c5wXFnRrPflMvJGjZiiL13Eq7nGTB0jde9&#10;ayW8b1eze2AxKaeV8Q4lnDDCsjo/K1Wh/dFtcKxTy6jExUJJ6FIaCs5j06FVce4HdOR9+mBVojO0&#10;XAd1pHJr+E2W5dyq3tGHTg341GHzVR+shNeXerdG8/G28nqH4+b0ffUccikvL6bHB2AJp/QXhl98&#10;QoeKmPb+4HRkRsJddktJ0sUCGPlCCNq2JyFfCOBVyf8vqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAxPvVERsCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAWy7cLuAAAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#002060">
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:35.5pt;margin-top:7.85pt;width:464.25pt;height:54.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCU3SKmHQIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3aiOBdrndU221SV&#10;thdp2w/AGNuomKFAYqdf3wF7s9lWfanKA2IYODNz5szN7dApchLWSdAFnc9SSoTmUEndFPTb18Ob&#10;DSXOM10xBVoU9Cwcvd29fnXTm1wsoAVVCUsQRLu8NwVtvTd5kjjeio65GRih0VmD7ZhH0zZJZVmP&#10;6J1KFmm6SnqwlbHAhXN4ez866S7i17Xg/nNdO+GJKijm5uNu416GPdndsLyxzLSST2mwf8iiY1Jj&#10;0AvUPfOMHK38A6qT3IKD2s84dAnUteQi1oDVzNPfqnlsmRGxFiTHmQtN7v/B8k+nR/PFEj+8hQEb&#10;GItw5gH4d0c07FumG3FnLfStYBUGngfKkt64fPoaqHa5CyBl/xEqbDI7eohAQ227wArWSRAdG3C+&#10;kC4GTzheZptttl1nlHD0rTab9WoTQ7D86bexzr8X0JFwKKjFpkZ0dnpwPmTD8qcnIZgDJauDVCoa&#10;tin3ypITQwEc4prQXzxTmvQF3WaLbCTgrxBpukhXUTYY9QVEJz0qWcmuoJs0rFFbgbZ3uoo680yq&#10;8YyflZ54DNSNJPqhHPBh4LOE6oyMWhgVixOGhxbsT0p6VGtB3Y8js4IS9UFjV7bz5TLIOxrLbL1A&#10;w157ymsP0xyhCuopGY97P47E0VjZtBhp1IGGO+xkLSPJz1lNeaMiI/fT9ATJX9vx1fOM734BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA0mJQY4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXv&#10;gv9hGcGL2E2DbU3MpohQxYNgoyC9bbNjEtydjdltmv57x5Me573Hm+8V68lZMeIQOk8K5rMEBFLt&#10;TUeNgve3zfUtiBA1GW09oYITBliX52eFzo0/0hbHKjaCSyjkWkEbY59LGeoWnQ4z3yOx9+kHpyOf&#10;QyPNoI9c7qxMk2Qpne6IP7S6x4cW66/q4BQ8P1W7F7QfrxtvdjhuT99Xj8NSqcuL6f4ORMQp/oXh&#10;F5/RoWSmvT+QCcIqWM15SmR9sQLBfpZlCxB7FtKbFGRZyP8Lyh8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAlN0iph0CAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEANJiUGOEAAAAJAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" strokecolor="#002060">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3D2FA5DB" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                    <w:p w14:paraId="3D2FA5DB" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="255" w:hanging="270"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00596B96">
+                      <w:r w:rsidRPr="00AE532F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>טופס זה חייב להיות מאושר וחתום ע"י המנחה וע"י יו"ר/מרכז הוועדה לתארים מתקדמים ביחידה האקדמית.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="67FA9ABF" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                    <w:p w14:paraId="67FA9ABF" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="255" w:hanging="270"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00596B96">
+                      <w:r w:rsidRPr="00AE532F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve">המועד האחרון לשינויים – ארבעה שבועות לאחר תחילת הסמסטר, מי שמבצעים שינויים לאחר מועד זה </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00596B96">
+                      <w:r w:rsidRPr="00AE532F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-[...1 lines deleted...]
-                          <w:u w:val="single"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t>חייבים להחתים גם את מורה</w:t>
-[...18 lines deleted...]
-                        <w:t>המקצוע ולהסביר את הסיבה לשינויים.</w:t>
+                        <w:t>חייבים להחתים גם את מורה המקצוע ולהסביר את הסיבה לשינויים.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="140F8993" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                    <w:p w14:paraId="140F8993" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="255" w:hanging="270"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00596B96">
+                      <w:r w:rsidRPr="00AE532F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>יש להגיש את הטופס המלא והחתום למזכירה לתארים מתקדמים ביחידה האקדמית.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="331D8D5E" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00596B96" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+                    <w:p w14:paraId="331D8D5E" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="005330BB">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="12"/>
                         </w:numPr>
                         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="255" w:hanging="270"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00596B96">
+                      <w:r w:rsidRPr="00AE532F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>נא לבדוק את קליטת השינויים בתדפיס הציונים.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D699F77" w14:textId="72B1EDEE" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+    <w:p w14:paraId="4D699F77" w14:textId="72B1EDEE" w:rsidR="005330BB" w:rsidRPr="00F36BE6" w:rsidRDefault="005330BB" w:rsidP="005330BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68177105" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+    <w:p w14:paraId="68177105" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00F36BE6" w:rsidRDefault="005330BB" w:rsidP="005330BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6657B005" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
+    <w:p w14:paraId="7D66267D" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00F36BE6" w:rsidRDefault="005330BB" w:rsidP="005330BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B475AE4" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRDefault="00AE532F" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4750A1A5" w14:textId="050C1326" w:rsidR="00F36BE6" w:rsidRPr="002C738D" w:rsidRDefault="00397970" w:rsidP="00AE532F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">א. </w:t>
+      </w:r>
+      <w:r w:rsidR="005330BB" w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ביטול מקצועות</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB18A8C" w14:textId="0385C98D" w:rsidR="005C1110" w:rsidRPr="00F36BE6" w:rsidRDefault="005C1110" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם הסטודנט/ית: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216083450"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="988219377"/>
+          <w:placeholder>
+            <w:docPart w:val="D1861C3713EF4F2BA84B75FE03AA8B8E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  מספר ת.ז.: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="2059970190"/>
+          <w:placeholder>
+            <w:docPart w:val="373CF6C0130947CC9450FB6EDFD4F6A6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4237E728" w14:textId="6D389641" w:rsidR="00D64908" w:rsidRPr="00F36BE6" w:rsidRDefault="005C1110" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">יחידה אקדמית/פקולטה/תוכנית: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1858575959"/>
+          <w:placeholder>
+            <w:docPart w:val="2EDC3ADDC09D486C8278FF9D4A050FD7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  תואר: </w:t>
+      </w:r>
+      <w:r w:rsidR="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-2136857368"/>
+          <w:placeholder>
+            <w:docPart w:val="1C735AF3BC4D47EDA30D362C07570778"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="מגיסטר" w:value="מגיסטר"/>
+            <w:listItem w:displayText="דוקטור" w:value="דוקטור"/>
+            <w:listItem w:displayText="לא לתואר" w:value="לא לתואר"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="793"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="3561" w:tblpY="235"/>
         <w:bidiVisual/>
-        <w:tblW w:w="9061" w:type="dxa"/>
+        <w:tblW w:w="7120" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3402"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2120"/>
+        <w:gridCol w:w="2307"/>
+        <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005330BB" w:rsidRPr="00D47EBB" w14:paraId="430349D7" w14:textId="77777777" w:rsidTr="00CA6934">
+      <w:tr w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w14:paraId="6C15BA9A" w14:textId="77777777" w:rsidTr="00AE532F">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D089C89" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00CA6934">
+          <w:p w14:paraId="3C078A24" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...902 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מספר המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3945" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26E0D6F5" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="084B5BE7" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="14" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA32F13" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="4E1151B5" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>חתימת מורה המקצוע</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0151BCFB" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="09786DB7" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>(לאחר מועד השינויים–חובה להחתים)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="4" w:name="Text5"/>
-      <w:tr w:rsidR="00D64908" w:rsidRPr="00D47EBB" w14:paraId="19C44320" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w14:paraId="3E6D63FC" w14:textId="77777777" w:rsidTr="00AE532F">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1699AFDA" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="18A49DD5" w14:textId="30C3C007" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-2031562489"/>
+                <w:placeholder>
+                  <w:docPart w:val="A2142325AD6F407AA928601D70F569ED"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2307" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E47BFD4" w14:textId="106B56E2" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...173 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1606306444"/>
+                <w:placeholder>
+                  <w:docPart w:val="CE91A90F85D0429F9937A002391E0606"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1039507583"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4133" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="7B9B8EDA" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+              <w:p w14:paraId="219724D9" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48972BA8" wp14:editId="6A729E86">
-[...2 lines deleted...]
-                      <wp:docPr id="893629058" name="Picture 1"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C92013D" wp14:editId="7F80AD5B">
+                      <wp:extent cx="781050" cy="247650"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="893629058" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 1"/>
+                              <pic:cNvPr id="893629058" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId7" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1171575" cy="285750"/>
+                                <a:ext cx="783223" cy="248339"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D64908" w:rsidRPr="00D47EBB" w14:paraId="2EA9B6DD" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w14:paraId="592D3CCC" w14:textId="77777777" w:rsidTr="00AE532F">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="194FD4E8" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="05A19B82" w14:textId="3BBD8290" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1426803207"/>
+                <w:placeholder>
+                  <w:docPart w:val="A6B23AC852DB48F78C1F3C6D437BE1F2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3945" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26A77730" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="23D77F5A" w14:textId="7E860221" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1841971316"/>
+                <w:placeholder>
+                  <w:docPart w:val="0A40314621354D4AB0167F5DB6069AB2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="1029604183"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4133" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="01943B0B" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+              <w:p w14:paraId="1D3D7138" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A387A5B" wp14:editId="73BAE2AD">
-[...2 lines deleted...]
-                      <wp:docPr id="2" name="Picture 6"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C0A1899" wp14:editId="06CCF286">
+                      <wp:extent cx="803910" cy="285750"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="2" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 2"/>
+                              <pic:cNvPr id="2" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId8" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1171575" cy="323850"/>
+                                <a:ext cx="830521" cy="295209"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D64908" w:rsidRPr="00D47EBB" w14:paraId="35CB030D" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w14:paraId="144D123A" w14:textId="77777777" w:rsidTr="00AE532F">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD91A06" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="37823494" w14:textId="630279BA" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1225900671"/>
+                <w:placeholder>
+                  <w:docPart w:val="1DFB50E8E2E64B23B463108009B55242"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3945" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C82014" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="1927DCC6" w14:textId="7ACA3DC5" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1146631253"/>
+                <w:placeholder>
+                  <w:docPart w:val="161B7DA7CC9B478AA41A3A584D6B4FE1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="337198972"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4133" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="46834A6D" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+              <w:p w14:paraId="294D4497" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6396FD15" wp14:editId="327800BF">
-[...2 lines deleted...]
-                      <wp:docPr id="3" name="Picture 7"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="557F0D16" wp14:editId="3D732E88">
+                      <wp:extent cx="774065" cy="257175"/>
+                      <wp:effectExtent l="0" t="0" r="6985" b="9525"/>
+                      <wp:docPr id="3" name="Picture 7" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 3"/>
+                              <pic:cNvPr id="3" name="Picture 7" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId9" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1171575" cy="323850"/>
+                                <a:ext cx="804128" cy="267163"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D64908" w:rsidRPr="00D47EBB" w14:paraId="2C80144A" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w14:paraId="49A43BAC" w14:textId="77777777" w:rsidTr="00AE532F">
         <w:trPr>
-          <w:trHeight w:val="653"/>
+          <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4840E031" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="6BC0E57A" w14:textId="516CB919" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1856070382"/>
+                <w:placeholder>
+                  <w:docPart w:val="FB60416782874F4AA1217A7AA8F40915"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3945" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE582CD" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+          <w:p w14:paraId="6230722E" w14:textId="22AFDA74" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="00AE532F">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1487054520"/>
+                <w:placeholder>
+                  <w:docPart w:val="910B905B5362456C95F735C4771E6D50"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
             <w:id w:val="-1608030912"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4133" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2ED7EBDC" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D47EBB" w:rsidRDefault="00D64908" w:rsidP="00D64908">
+              <w:p w14:paraId="77992819" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00AE532F">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40C16B5D" wp14:editId="5740AFAB">
-[...2 lines deleted...]
-                      <wp:docPr id="1949140561" name="Picture 4"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="796BDA4F" wp14:editId="64417004">
+                      <wp:extent cx="725170" cy="276225"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                      <wp:docPr id="1949140561" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 4"/>
+                              <pic:cNvPr id="1949140561" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId10" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1133475" cy="333375"/>
+                                <a:ext cx="744086" cy="283430"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79AB1B57" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00D64908" w:rsidRDefault="00D64908" w:rsidP="00D64908">
-[...3 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="79AB1B57" w14:textId="77777777" w:rsidR="00D64908" w:rsidRPr="00F36BE6" w:rsidRDefault="00D64908" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CFCB473" w14:textId="6932EA89" w:rsidR="00D64908" w:rsidRPr="00D64908" w:rsidRDefault="005330BB" w:rsidP="00D64908">
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="3B0E3E13" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D47EBB">
+    </w:p>
+    <w:p w14:paraId="64862D80" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70F9F06F" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21FA3DD9" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23DC9CE5" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="634EE99B" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="694CDCDB" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A0B5F64" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDF64C1" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B71ADA" w14:textId="37E2C7D2" w:rsidR="00F36BE6" w:rsidRPr="002C738D" w:rsidRDefault="00397970" w:rsidP="00AE532F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ב. </w:t>
+      </w:r>
+      <w:r w:rsidR="005330BB" w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:rtl/>
         </w:rPr>
         <w:t>הרשמה למקצועות חדשים</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="3561" w:tblpY="235"/>
         <w:bidiVisual/>
-        <w:tblW w:w="9639" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="7120" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000080"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2120"/>
+        <w:gridCol w:w="2307"/>
+        <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005330BB" w:rsidRPr="00D47EBB" w14:paraId="46065503" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w14:paraId="50FEA9F5" w14:textId="77777777" w:rsidTr="008F5DCE">
         <w:trPr>
-          <w:trHeight w:val="382"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F14CED" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="05CD2367" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מספר המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3990" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3820C1AB" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="29D3E19D" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>שם המקצוע</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="14" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB27EFB" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="40830A8B" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>חתימת מורה המקצוע</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69BE566C" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="7E384D69" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
+            <w:r w:rsidRPr="00F36BE6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>(לאחר מועד השינויים–חובה להחתים)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005330BB" w:rsidRPr="00D47EBB" w14:paraId="56CC54CA" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w14:paraId="7EA99B78" w14:textId="77777777" w:rsidTr="008F5DCE">
         <w:trPr>
-          <w:trHeight w:val="639"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF81D84" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="54CAFCBC" w14:textId="6CBB359C" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1092545100"/>
+                <w:placeholder>
+                  <w:docPart w:val="FA28EEB5B25B4CE280C7131EDA0045B4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3990" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78915174" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="0A4EA53F" w14:textId="2713CFBF" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1878000391"/>
+                <w:placeholder>
+                  <w:docPart w:val="1E4CAB204A034B8C946C6302012AEDB2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
-            <w:id w:val="-1943681222"/>
+            <w:id w:val="-499657595"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4112" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="79EEBCC2" w14:textId="452CE7AD" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="00D47EBB" w:rsidP="00677E58">
+              <w:p w14:paraId="0626196A" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="650B3421" wp14:editId="26E6106F">
-[...2 lines deleted...]
-                      <wp:docPr id="5" name="Picture 8"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F30DCB7" wp14:editId="1CF453D9">
+                      <wp:extent cx="781050" cy="276225"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                      <wp:docPr id="1514687424" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 5"/>
+                              <pic:cNvPr id="893629058" name="Picture 1" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1114425" cy="323850"/>
+                                <a:ext cx="783674" cy="277153"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005330BB" w:rsidRPr="00D47EBB" w14:paraId="4C689FFD" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w14:paraId="5C5C8EF0" w14:textId="77777777" w:rsidTr="008F5DCE">
         <w:trPr>
-          <w:trHeight w:val="610"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77DD9C07" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="4BBE51FD" w14:textId="5BD61D32" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1670066122"/>
+                <w:placeholder>
+                  <w:docPart w:val="4F07E32F20764556A6B4AD38CC1F07AC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3990" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB79FCC" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="5F5C3970" w14:textId="69C051E1" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1506893602"/>
+                <w:placeholder>
+                  <w:docPart w:val="80C4E906C2CF44AC904D532704F44D09"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
-            <w:id w:val="-65418374"/>
+            <w:id w:val="-1851559705"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4112" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1E7A1447" w14:textId="457DE724" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="00D47EBB" w:rsidP="00677E58">
+              <w:p w14:paraId="7014786B" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18B5E86D" wp14:editId="07E5DA3E">
-[...2 lines deleted...]
-                      <wp:docPr id="6" name="Picture 9"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A8D7B6F" wp14:editId="4F2015E2">
+                      <wp:extent cx="803910" cy="257175"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                      <wp:docPr id="507192944" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 6"/>
+                              <pic:cNvPr id="2" name="Picture 6" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId12" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1171575" cy="295275"/>
+                                <a:ext cx="830438" cy="265661"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005330BB" w:rsidRPr="00D47EBB" w14:paraId="3CE8D547" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w14:paraId="7FE32D1D" w14:textId="77777777" w:rsidTr="008F5DCE">
         <w:trPr>
-          <w:trHeight w:val="374"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64CE8F97" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="65E486F2" w14:textId="166D716A" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="1848207020"/>
+                <w:placeholder>
+                  <w:docPart w:val="51F4272D065149AD81C75A1221835F07"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3990" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63677629" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="0B19D220" w14:textId="19E4CF5F" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1690912368"/>
+                <w:placeholder>
+                  <w:docPart w:val="AD70E884086A4EB4804D5E3E8133442B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
-            <w:id w:val="492772297"/>
+            <w:id w:val="11351315"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4112" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="132CE8BA" w14:textId="6AB0DA7E" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="00D47EBB" w:rsidP="00677E58">
+              <w:p w14:paraId="789ED1CA" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FACF5BE" wp14:editId="51D98C84">
-[...2 lines deleted...]
-                      <wp:docPr id="7" name="Picture 10"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51C6191A" wp14:editId="69A08BCD">
+                      <wp:extent cx="774135" cy="238125"/>
+                      <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+                      <wp:docPr id="894136761" name="Picture 7" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 7"/>
+                              <pic:cNvPr id="3" name="Picture 7" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId13" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1057275" cy="314325"/>
+                                <a:ext cx="804200" cy="247373"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005330BB" w:rsidRPr="00D47EBB" w14:paraId="13B03016" w14:textId="77777777" w:rsidTr="00D64908">
+      <w:tr w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w14:paraId="30EC9585" w14:textId="77777777" w:rsidTr="008F5DCE">
         <w:trPr>
-          <w:trHeight w:val="554"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4AD6FD" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="49469FC1" w14:textId="44EFE388" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...155 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="-1503119941"/>
+                <w:placeholder>
+                  <w:docPart w:val="063235714A0242CEBF0151F602E349F2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3990" w:type="dxa"/>
+            <w:tcW w:w="2307" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11268BB8" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="00677E58">
+          <w:p w14:paraId="356B9072" w14:textId="4D1C5975" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00D6594E" w:rsidP="008F5DCE">
             <w:pPr>
-              <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D47EBB">
-[...154 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:rtl/>
+                </w:rPr>
+                <w:id w:val="948053374"/>
+                <w:placeholder>
+                  <w:docPart w:val="EF5CBCFF85B44B898F560286C264EF16"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:b/>
-[...3 lines deleted...]
-              <w:szCs w:val="18"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
               <w:rtl/>
             </w:rPr>
-            <w:id w:val="-1487552435"/>
+            <w:id w:val="-1100638238"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4112" w:type="dxa"/>
+                <w:tcW w:w="2693" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0ECAC33A" w14:textId="17BD066F" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="00D47EBB" w:rsidP="00677E58">
+              <w:p w14:paraId="7A913D60" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRPr="00F36BE6" w:rsidRDefault="00AE532F" w:rsidP="008F5DCE">
                 <w:pPr>
-                  <w:pStyle w:val="NormalIndent"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-[...3 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00D47EBB">
+                <w:r w:rsidRPr="00F36BE6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                    <w:b/>
-                    <w:bCs/>
                     <w:noProof/>
-                    <w:color w:val="993300"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="12"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F0A34A3" wp14:editId="7BE3BF36">
-[...2 lines deleted...]
-                      <wp:docPr id="8" name="Picture 11"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07609363" wp14:editId="58668349">
+                      <wp:extent cx="767613" cy="227965"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                      <wp:docPr id="1732183698" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 8"/>
+                              <pic:cNvPr id="1949140561" name="Picture 4" descr="הוסף/י קובץ חתימה"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId7">
+                              <a:blip r:embed="rId14" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1143000" cy="333375"/>
+                                <a:ext cx="807638" cy="239852"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69316F51" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="34DC7E65" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69316F51" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00F36BE6" w:rsidRDefault="005330BB" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28886087" w14:textId="77777777" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D47EBB">
+    <w:p w14:paraId="449AD053" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>סיבת השינויים</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D47EBB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF3CFD6" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D47EBB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="054D3FB8" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2747A971" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35F5DE4C" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDB0A46" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C520070" w14:textId="77777777" w:rsidR="00F36BE6" w:rsidRPr="00F36BE6" w:rsidRDefault="00F36BE6" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2729A7A4" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRDefault="00AE532F" w:rsidP="00F36BE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A3AB90" w14:textId="0138315B" w:rsidR="00AE532F" w:rsidRPr="002C738D" w:rsidRDefault="005330BB" w:rsidP="00AE532F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">סיבת השינויים </w:t>
+      </w:r>
+      <w:r w:rsidR="008843EF" w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">חובה לציין לאחר מועד השינויים): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D47EBB">
+      <w:r w:rsidRPr="002C738D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...326 lines deleted...]
-        <w:t xml:space="preserve">      חתימת הסטודנט/ית: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-227304855"/>
+          <w:placeholder>
+            <w:docPart w:val="AB695C23A52A43598E0671C2CE9031EF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2F164970" w14:textId="77777777" w:rsidR="00AE532F" w:rsidRDefault="00AE532F" w:rsidP="00AE532F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A39D86C" w14:textId="0DEC230F" w:rsidR="00747D06" w:rsidRPr="00AE532F" w:rsidRDefault="005330BB" w:rsidP="00AE532F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נא להדפיס, לחתום ולהחתים כלהלן ולהגיש במזכירות תארים מתקדמים בפקולטה</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1617208781"/>
+          <w:placeholder>
+            <w:docPart w:val="DA07799B9AD743C1AE68A0DDEEFF7FF5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת הסטודנט/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ית</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:rtl/>
           </w:rPr>
           <w:id w:val="622187322"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D64908">
+          <w:r w:rsidR="00D64908" w:rsidRPr="00AE532F">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58AD0F51" wp14:editId="5B7744D5">
-[...2 lines deleted...]
-                <wp:docPr id="9" name="Picture 12"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58AD0F51" wp14:editId="1D7F55C8">
+                <wp:extent cx="497403" cy="266700"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="9" name="Picture 12" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 9"/>
+                        <pic:cNvPr id="9" name="Picture 12" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId15" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="847725" cy="266700"/>
+                          <a:ext cx="499597" cy="267876"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1442440522"/>
+          <w:placeholder>
+            <w:docPart w:val="5C40B78530FC40C8833255B2993F910A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F" w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-74448920"/>
+          <w:placeholder>
+            <w:docPart w:val="805A4024DCB8443094626B69A567AFFE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002C738D" w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C738D" w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת המנחה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-30648313"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D64908" w:rsidRPr="00AE532F">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55EE6419" wp14:editId="0A4F410D">
+                <wp:extent cx="436913" cy="257175"/>
+                <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+                <wp:docPr id="10" name="Picture 13" descr="הוסף/י קובץ חתימה"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="10" name="Picture 13" descr="הוסף/י קובץ חתימה"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId16" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="439510" cy="258704"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F36BE6" w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-619454366"/>
+          <w:placeholder>
+            <w:docPart w:val="1EEE2C03860D48D2A45894E29D1BEC52"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F" w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>שם מרכז/ת הוועדה:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1399965600"/>
+          <w:placeholder>
+            <w:docPart w:val="FCDBCDB7B9974426886B04D05084E20A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002C738D" w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002C738D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>חתימת</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6F54" w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>מרכז</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE532F" w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/ת</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037B09">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> הוועדה:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36BE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="946208883"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D64908" w:rsidRPr="00AE532F">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EE59181" wp14:editId="7563A21E">
+                <wp:extent cx="425161" cy="219075"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="12" name="Picture 15" descr="הוסף/י קובץ חתימה"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="12" name="Picture 15" descr="הוסף/י קובץ חתימה"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId17" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="426698" cy="219867"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2F69CA87" w14:textId="2B01784B" w:rsidR="005330BB" w:rsidRPr="00D47EBB" w:rsidRDefault="005330BB" w:rsidP="005330BB">
-[...454 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00AE532F" w:rsidSect="00D64908">
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="460B1F3F" w14:textId="77777777" w:rsidR="00DB0EFF" w:rsidRDefault="00DB0EFF" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="16D90A60" w14:textId="77777777" w:rsidR="00DB0EFF" w:rsidRDefault="00DB0EFF" w:rsidP="0055655F">
@@ -6662,113 +3854,119 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="023285D2" w:rsidR="00970A57" w:rsidRDefault="00D64908" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="48BFD08D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22399F40" wp14:editId="14676EA1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3305175</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-84455</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="561975"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="561975"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="17B95238" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="260.25pt,-6.65pt" to="260.25pt,37.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8y/ryzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKVUmjUdA9blQuC&#10;FbA/wHXGjSV/yTZN+u8ZO2lasQgJxMWJx/Nm3nsebx9HrcgZfJDWtLRalZSA4baT5tTSl++Hdx8o&#10;CZGZjilroKUXCPRx9/bNdnANPNjeqg48wSImNINraR+ja4oi8B40CyvrwOChsF6ziFt/KjrPBqyu&#10;VfFQlutisL5z3nIIAaP76ZDucn0hgMcvQgSIRLUUucW8+rwe01rstqw5eeZ6yWca7B9YaCYNNl1K&#10;7Vlk5IeXr0ppyb0NVsQVt7qwQkgOWQOqqcpf1HzrmYOsBc0JbrEp/L+y/PP5yTx7tGFwoQnu2ScV&#10;o/A6fZEfGbNZl8UsGCPhU5BjtF5Xm/d18rG44ZwP8SNYTdJPS5U0SQZr2PlTiFPqNSWFlSEDDs+m&#10;rMucFqyS3UEqlQ6DPx2flCdnhle4rzeH8jDVUq5nU7Quq816pjCnZzp3dZCcMhi8qcx/8aJgYvAV&#10;BJEd6qomCmkAYenLOAcTq7mHMpidYAI5LsCZ+5+Ac36CQh7OvwEviNzZmriAtTTW/452HK+UxZR/&#10;dWDSnSw42u6S7z9bg1OWnZtfRBrj+32G397t7icAAAD//wMAUEsDBBQABgAIAAAAIQDplTHA3wAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bWk7FUapOyHEJASTYGMfkDVe&#10;W9E4VZOt4e8J4gEebR9dn1uugunFmUbXWUZI5wkI4trqjhuE/cd6tgThvGKtesuE8EUOVtXlRakK&#10;bSfe0nnnGxFD2BUKofV+KKR0dUtGubkdiOPtaEejfBzHRupRTTHc9DJLkhtpVMfxQ6sGemyp/tyd&#10;DML7W3f3zMvj+jVsXzK3D5unKXWI11fh4R6Ep+D/YPjRj+pQRaeDPbF2okfIsySPKMIsXSxAROJ3&#10;c0C4zTOQVSn/V6i+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADzL+vLMAQAA/wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmVMcDfAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="0BF8F558" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="260.25pt,-6.65pt" to="260.25pt,37.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8y/ryzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKVUmjUdA9blQuC&#10;FbA/wHXGjSV/yTZN+u8ZO2lasQgJxMWJx/Nm3nsebx9HrcgZfJDWtLRalZSA4baT5tTSl++Hdx8o&#10;CZGZjilroKUXCPRx9/bNdnANPNjeqg48wSImNINraR+ja4oi8B40CyvrwOChsF6ziFt/KjrPBqyu&#10;VfFQlutisL5z3nIIAaP76ZDucn0hgMcvQgSIRLUUucW8+rwe01rstqw5eeZ6yWca7B9YaCYNNl1K&#10;7Vlk5IeXr0ppyb0NVsQVt7qwQkgOWQOqqcpf1HzrmYOsBc0JbrEp/L+y/PP5yTx7tGFwoQnu2ScV&#10;o/A6fZEfGbNZl8UsGCPhU5BjtF5Xm/d18rG44ZwP8SNYTdJPS5U0SQZr2PlTiFPqNSWFlSEDDs+m&#10;rMucFqyS3UEqlQ6DPx2flCdnhle4rzeH8jDVUq5nU7Quq816pjCnZzp3dZCcMhi8qcx/8aJgYvAV&#10;BJEd6qomCmkAYenLOAcTq7mHMpidYAI5LsCZ+5+Ac36CQh7OvwEviNzZmriAtTTW/452HK+UxZR/&#10;dWDSnSw42u6S7z9bg1OWnZtfRBrj+32G397t7icAAAD//wMAUEsDBBQABgAIAAAAIQDplTHA3wAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bWk7FUapOyHEJASTYGMfkDVe&#10;W9E4VZOt4e8J4gEebR9dn1uugunFmUbXWUZI5wkI4trqjhuE/cd6tgThvGKtesuE8EUOVtXlRakK&#10;bSfe0nnnGxFD2BUKofV+KKR0dUtGubkdiOPtaEejfBzHRupRTTHc9DJLkhtpVMfxQ6sGemyp/tyd&#10;DML7W3f3zMvj+jVsXzK3D5unKXWI11fh4R6Ep+D/YPjRj+pQRaeDPbF2okfIsySPKMIsXSxAROJ3&#10;c0C4zTOQVSn/V6i+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADzL+vLMAQAA/wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmVMcDfAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55AAE19F" wp14:editId="5B5D675F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-81915</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="542925"/>
@@ -7496,70 +4694,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="15B80E8D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="608F78E2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-641985</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548880" cy="1583055"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="60189042" name="Picture 2" descr="לוגו מדור לומדים&#10;בי&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="לוגו מדור לומדים&#10;בי&quot;ס לתארים מתקדמים ע&quot;ש ג'ייקובס"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548880" cy="1583055"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -9123,61 +6321,63 @@
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E8202C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="84A4EAD6"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="32B24720"/>
+    <w:lvl w:ilvl="0" w:tplc="2E361F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -9253,193 +6453,223 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1992129816">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1877042013">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="DzgwvbUXv1d9wdKXK6iZ2mbI/mIUVH5DxiEgk+rkglvf0X+hzwgc1oNALTtK5zgkkLDyU3fx50BHMACeXpMoFQ==" w:salt="OXLf3F1Ms4rhKiR+XMIBkA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YpCkpE/87hHiE13vYe209Fx2PSc7JSMHzrU1ZKU7a2j+OuHV4CXXYteAzNg1WDIzJDtMjyWBF5ET77Oms+/TUA==" w:salt="EYfBshOuLD7YxXumFxqc1Q=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="00037B09"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
+    <w:rsid w:val="000B7451"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
+    <w:rsid w:val="001C3017"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
+    <w:rsid w:val="00244DA2"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="002C738D"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="002F2744"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
+    <w:rsid w:val="00397970"/>
     <w:rsid w:val="003D0B55"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004E1C4A"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="005330BB"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="0056085D"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
+    <w:rsid w:val="00596901"/>
+    <w:rsid w:val="005C1110"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="006F6271"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
+    <w:rsid w:val="007670C1"/>
+    <w:rsid w:val="0078104C"/>
+    <w:rsid w:val="007875D7"/>
     <w:rsid w:val="007C60F6"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="00850487"/>
+    <w:rsid w:val="008843EF"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008A0213"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="008F3FB2"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009B4E1E"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A80290"/>
     <w:rsid w:val="00A91826"/>
+    <w:rsid w:val="00AE532F"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
+    <w:rsid w:val="00B40BDF"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
+    <w:rsid w:val="00B8328E"/>
+    <w:rsid w:val="00B86D7D"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
+    <w:rsid w:val="00BF3777"/>
     <w:rsid w:val="00BF6A05"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C74DFB"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CA6934"/>
     <w:rsid w:val="00CB54CF"/>
+    <w:rsid w:val="00CB696C"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
+    <w:rsid w:val="00CF7ACC"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D47EBB"/>
     <w:rsid w:val="00D64908"/>
+    <w:rsid w:val="00D6594E"/>
     <w:rsid w:val="00D67990"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
+    <w:rsid w:val="00DA6958"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00DB0EFF"/>
+    <w:rsid w:val="00DC5ECA"/>
+    <w:rsid w:val="00DD7687"/>
+    <w:rsid w:val="00E37929"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F36BE6"/>
     <w:rsid w:val="00F56C77"/>
+    <w:rsid w:val="00FB6F54"/>
     <w:rsid w:val="00FC4C01"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -9830,50 +7060,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00AE532F"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00747D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -10113,59 +7344,1945 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3537E418D1964C5FBE37041DFB36AC82"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{960ACE62-8C59-41DF-A9EC-B04E7965A23C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="3537E418D1964C5FBE37041DFB36AC824"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7CE0FCB60B87455DA3FD1A30303BD469"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C2F89B9C-8406-426F-9580-754D2CA1AABD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="7CE0FCB60B87455DA3FD1A30303BD4694"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D1861C3713EF4F2BA84B75FE03AA8B8E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{19CF9760-8337-4197-AF6E-80F1D6FF2285}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="D1861C3713EF4F2BA84B75FE03AA8B8E3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="373CF6C0130947CC9450FB6EDFD4F6A6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95F9A210-7A7B-486C-AF9F-AFD99C960879}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="373CF6C0130947CC9450FB6EDFD4F6A63"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1C735AF3BC4D47EDA30D362C07570778"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A08DD666-3CC7-4E4E-910B-889260577FA3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="1C735AF3BC4D47EDA30D362C075707783"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2EDC3ADDC09D486C8278FF9D4A050FD7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{91108D8F-6F7D-416A-A2A6-71A194C6EC7C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="2EDC3ADDC09D486C8278FF9D4A050FD73"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A2142325AD6F407AA928601D70F569ED"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CA4F4E58-D3DC-4DF7-8A01-DECF50778448}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="A2142325AD6F407AA928601D70F569ED3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A6B23AC852DB48F78C1F3C6D437BE1F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC76F76E-379C-4BD2-8436-B95319E74EE9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="A6B23AC852DB48F78C1F3C6D437BE1F23"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1DFB50E8E2E64B23B463108009B55242"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D20DAE1-B821-4830-8010-1B5870675F89}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="1DFB50E8E2E64B23B463108009B552423"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB60416782874F4AA1217A7AA8F40915"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A2800989-AC3B-457D-A0D2-205148997A00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="FB60416782874F4AA1217A7AA8F409153"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CE91A90F85D0429F9937A002391E0606"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C7B999F-A978-4EBC-9E16-67DA15BE8854}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="CE91A90F85D0429F9937A002391E06063"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0A40314621354D4AB0167F5DB6069AB2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8DA77462-D688-4FB7-ABE7-49B7CD828014}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="0A40314621354D4AB0167F5DB6069AB23"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="161B7DA7CC9B478AA41A3A584D6B4FE1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CE8E93DF-10FC-4900-9EE2-84B655762BDF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="161B7DA7CC9B478AA41A3A584D6B4FE13"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="910B905B5362456C95F735C4771E6D50"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0B2B0E64-663D-473D-94D2-99F9CA78EE7B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="910B905B5362456C95F735C4771E6D503"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FA28EEB5B25B4CE280C7131EDA0045B4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A2DCC168-2E52-44A0-AE08-C2B036A68B4E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="FA28EEB5B25B4CE280C7131EDA0045B43"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E4CAB204A034B8C946C6302012AEDB2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8EDD7B08-A2F5-402E-9C8D-99C7D18A965A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="1E4CAB204A034B8C946C6302012AEDB23"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4F07E32F20764556A6B4AD38CC1F07AC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C66A903A-455C-4762-BB9F-FD65BAF8EEDB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="4F07E32F20764556A6B4AD38CC1F07AC3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80C4E906C2CF44AC904D532704F44D09"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8178FA6D-0C04-4DD0-A563-5967E47287D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="80C4E906C2CF44AC904D532704F44D093"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="51F4272D065149AD81C75A1221835F07"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7A499CCE-2BBE-40CE-AF3F-DDA5AAF67F1B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="51F4272D065149AD81C75A1221835F073"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD70E884086A4EB4804D5E3E8133442B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E071D2D-E270-4494-B9D7-F70972925C58}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="AD70E884086A4EB4804D5E3E8133442B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="063235714A0242CEBF0151F602E349F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EC93F1BE-226E-4A57-9C60-AFE88E1DFA4B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="063235714A0242CEBF0151F602E349F23"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EF5CBCFF85B44B898F560286C264EF16"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5CDDF97D-37BB-4BC3-B7A6-9A2E108247EF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="EF5CBCFF85B44B898F560286C264EF163"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="805A4024DCB8443094626B69A567AFFE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{352052FC-772E-4AD1-A75C-38597309FA18}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="805A4024DCB8443094626B69A567AFFE3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCDBCDB7B9974426886B04D05084E20A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{58B7B405-F1B7-44FB-9D83-8C8C201576BA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="FCDBCDB7B9974426886B04D05084E20A3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AB695C23A52A43598E0671C2CE9031EF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0A5228CA-0E47-4A4D-92FA-8D31F24CA996}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="AB695C23A52A43598E0671C2CE9031EF2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DA07799B9AD743C1AE68A0DDEEFF7FF5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6B3427F9-02D9-4B0C-A84A-1304F712BD5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="DA07799B9AD743C1AE68A0DDEEFF7FF5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5C40B78530FC40C8833255B2993F910A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BCD1320E-68DB-4F73-9BF1-CF8575122BFA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="5C40B78530FC40C8833255B2993F910A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1EEE2C03860D48D2A45894E29D1BEC52"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CC6199C3-2E00-4CDC-BE3C-7BECC442ECCA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D0266" w:rsidRDefault="009D0266" w:rsidP="009D0266">
+          <w:pPr>
+            <w:pStyle w:val="1EEE2C03860D48D2A45894E29D1BEC52"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C738D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:altName w:val="Malgun Gothic Semilight"/>
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00E2640E"/>
+    <w:rsid w:val="001E7FE7"/>
+    <w:rsid w:val="007875D7"/>
+    <w:rsid w:val="009D0266"/>
+    <w:rsid w:val="00B40BDF"/>
+    <w:rsid w:val="00DA6958"/>
+    <w:rsid w:val="00E2640E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D0266"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3537E418D1964C5FBE37041DFB36AC824">
+    <w:name w:val="3537E418D1964C5FBE37041DFB36AC824"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CE0FCB60B87455DA3FD1A30303BD4694">
+    <w:name w:val="7CE0FCB60B87455DA3FD1A30303BD4694"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1861C3713EF4F2BA84B75FE03AA8B8E3">
+    <w:name w:val="D1861C3713EF4F2BA84B75FE03AA8B8E3"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="373CF6C0130947CC9450FB6EDFD4F6A63">
+    <w:name w:val="373CF6C0130947CC9450FB6EDFD4F6A63"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2EDC3ADDC09D486C8278FF9D4A050FD73">
+    <w:name w:val="2EDC3ADDC09D486C8278FF9D4A050FD73"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C735AF3BC4D47EDA30D362C075707783">
+    <w:name w:val="1C735AF3BC4D47EDA30D362C075707783"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2142325AD6F407AA928601D70F569ED3">
+    <w:name w:val="A2142325AD6F407AA928601D70F569ED3"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE91A90F85D0429F9937A002391E06063">
+    <w:name w:val="CE91A90F85D0429F9937A002391E06063"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6B23AC852DB48F78C1F3C6D437BE1F23">
+    <w:name w:val="A6B23AC852DB48F78C1F3C6D437BE1F23"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A40314621354D4AB0167F5DB6069AB23">
+    <w:name w:val="0A40314621354D4AB0167F5DB6069AB23"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DFB50E8E2E64B23B463108009B552423">
+    <w:name w:val="1DFB50E8E2E64B23B463108009B552423"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="161B7DA7CC9B478AA41A3A584D6B4FE13">
+    <w:name w:val="161B7DA7CC9B478AA41A3A584D6B4FE13"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB60416782874F4AA1217A7AA8F409153">
+    <w:name w:val="FB60416782874F4AA1217A7AA8F409153"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="910B905B5362456C95F735C4771E6D503">
+    <w:name w:val="910B905B5362456C95F735C4771E6D503"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA28EEB5B25B4CE280C7131EDA0045B43">
+    <w:name w:val="FA28EEB5B25B4CE280C7131EDA0045B43"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E4CAB204A034B8C946C6302012AEDB23">
+    <w:name w:val="1E4CAB204A034B8C946C6302012AEDB23"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F07E32F20764556A6B4AD38CC1F07AC3">
+    <w:name w:val="4F07E32F20764556A6B4AD38CC1F07AC3"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80C4E906C2CF44AC904D532704F44D093">
+    <w:name w:val="80C4E906C2CF44AC904D532704F44D093"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51F4272D065149AD81C75A1221835F073">
+    <w:name w:val="51F4272D065149AD81C75A1221835F073"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD70E884086A4EB4804D5E3E8133442B3">
+    <w:name w:val="AD70E884086A4EB4804D5E3E8133442B3"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="063235714A0242CEBF0151F602E349F23">
+    <w:name w:val="063235714A0242CEBF0151F602E349F23"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF5CBCFF85B44B898F560286C264EF163">
+    <w:name w:val="EF5CBCFF85B44B898F560286C264EF163"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB695C23A52A43598E0671C2CE9031EF2">
+    <w:name w:val="AB695C23A52A43598E0671C2CE9031EF2"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA07799B9AD743C1AE68A0DDEEFF7FF5">
+    <w:name w:val="DA07799B9AD743C1AE68A0DDEEFF7FF5"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="805A4024DCB8443094626B69A567AFFE3">
+    <w:name w:val="805A4024DCB8443094626B69A567AFFE3"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCDBCDB7B9974426886B04D05084E20A3">
+    <w:name w:val="FCDBCDB7B9974426886B04D05084E20A3"/>
+    <w:rsid w:val="009D0266"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C40B78530FC40C8833255B2993F910A">
+    <w:name w:val="5C40B78530FC40C8833255B2993F910A"/>
+    <w:rsid w:val="009D0266"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EEE2C03860D48D2A45894E29D1BEC52">
+    <w:name w:val="1EEE2C03860D48D2A45894E29D1BEC52"/>
+    <w:rsid w:val="009D0266"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10424,75 +9541,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>176</Words>
-  <Characters>947</Characters>
+  <Words>292</Words>
+  <Characters>1255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>86</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1037</CharactersWithSpaces>
+  <CharactersWithSpaces>1503</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>0b8cc61f-26b3-4577-af67-dd0a1dfe8dda</vt:lpwstr>