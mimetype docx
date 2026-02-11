--- v0 (2025-10-07)
+++ v1 (2026-02-11)
@@ -1,42 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="0520A418" w14:textId="77777777" w:rsidR="00594C25" w:rsidRDefault="00594C25" w:rsidP="00472292">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
@@ -52,1761 +57,917 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40EBFF79" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="00472292">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="013D4C51" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="00472292">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="394A5627" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="00DB3CC9">
-[...2 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="394A5627" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="00125CA0" w:rsidRDefault="002C6BF8" w:rsidP="00125CA0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C6BF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00125CA0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>טופס שינוי שם</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> מחקר</w:t>
+        <w:t>טופס שינוי שם נושא מחקר</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D7E61D" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CA3DF78" w14:textId="5EAD97F3" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
+    <w:p w14:paraId="3CA3DF78" w14:textId="48ADAF82" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>תאריך:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="209397609"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00275503" w:rsidRPr="00275503">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="767CDB5D" w14:textId="77777777" w:rsidR="009B0EAF" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75C0DF06" w14:textId="20C51F4D" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>מספר סטודנט</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0EAF" w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ית (ת.ז):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="60684033"/>
+          <w:placeholder>
+            <w:docPart w:val="B7382285078D44ED9A43E4FA2C40ABFB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0BB41E1D" w14:textId="77777777" w:rsidR="009B0EAF" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0338E09F" w14:textId="312BB50C" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>שם הסטודנ</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0EAF" w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ט/ית</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1080817453"/>
+          <w:placeholder>
+            <w:docPart w:val="83391735A54A4F1A9B928DAC9EFABDBB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="47A74AF0" w14:textId="77777777" w:rsidR="009B0EAF" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380DD58E" w14:textId="4EA0F6D0" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>יחידה אקדמית:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1898345843"/>
+          <w:placeholder>
+            <w:docPart w:val="903C790B71A947CEAC9504C290182283"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1DF60931" w14:textId="77777777" w:rsidR="009B0EAF" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B109D94" w14:textId="326919FF" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>שם נושא המחקר באנגלית:</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="-357355696"/>
+          <w:placeholder>
+            <w:docPart w:val="03FD7E8319D24317B6B2C2F3791F1E32"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="20404A30" w14:textId="77777777" w:rsidR="009B0EAF" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411ECAD6" w14:textId="07E1451F" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="009B0EAF">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275503">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>שם נושא המחקר בעברית:</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="681867725"/>
+          <w:placeholder>
+            <w:docPart w:val="B62FE7C7EA2040008EBC6A30F5B1E2FE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009B0EAF" w:rsidRPr="009B0EAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="555840EB" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58FD5257" w14:textId="77777777" w:rsidR="009B0EAF" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="002C6BF8">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BF54A8" w14:textId="3960FE02" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>יש להדפיס את הטופס, להחתים עליו את המנחה, ולהגיש את הטופס למזכירות תארים מתקדמים ביחידה האקדמית שלך.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF1353E" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="160"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C6BF8">
-[...178 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="75C0DF06" w14:textId="4D29FF7E" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
-[...646 lines deleted...]
-    <w:p w14:paraId="05C67F5C" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
+    <w:p w14:paraId="69946AFB" w14:textId="2D0CF95F" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="009B0EAF" w:rsidP="002C6BF8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:t xml:space="preserve">שם המנחה: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:id w:val="26303563"/>
+          <w:placeholder>
+            <w:docPart w:val="8C5980234C344151ACCABE358195D40F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009B0EAF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:color w:val="747474"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>שם נושא המחקר באנגלית:</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidR="002C6BF8" w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...543 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">חתימת המנחה: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:id w:val="-987931891"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005C0B4E" w:rsidRPr="005C0B4E">
+          <w:r w:rsidR="005C0B4E" w:rsidRPr="009B0EAF">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
               <w:u w:val="single"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E890A6E" wp14:editId="7CEC98A8">
-[...2 lines deleted...]
-                <wp:docPr id="1" name="Picture 2"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E890A6E" wp14:editId="14E7280F">
+                <wp:extent cx="1062578" cy="380933"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="635"/>
+                <wp:docPr id="1" name="Picture 2" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="1" name="Picture 2" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="381000"/>
+                          <a:ext cx="1076040" cy="385759"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7DD908C1" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
+    <w:p w14:paraId="7DD908C1" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A31D1B2" w14:textId="1B5BECA9" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
+    <w:p w14:paraId="0A31D1B2" w14:textId="1B5BECA9" w:rsidR="002C6BF8" w:rsidRPr="009B0EAF" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C6BF8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="009B0EAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>סגן דיקן לתארים מתקדמים:</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">סגן דיקן לתארים מתקדמים: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:rtl/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:id w:val="1141385637"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005C0B4E" w:rsidRPr="005C0B4E">
+          <w:r w:rsidR="005C0B4E" w:rsidRPr="009B0EAF">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
               <w:u w:val="single"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43FD9CE9" wp14:editId="35DC10AB">
-                <wp:extent cx="1905000" cy="342900"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43FD9CE9" wp14:editId="4A0EEB2D">
+                <wp:extent cx="865909" cy="342900"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="Picture 3"/>
+                <wp:docPr id="2" name="Picture 3" descr="הוסף/י קובץ חתימה"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 3" descr="הוסף/י קובץ חתימה"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="342900"/>
+                          <a:ext cx="869594" cy="344359"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="34465DA0" w14:textId="77777777" w:rsidR="002C6BF8" w:rsidRPr="002C6BF8" w:rsidRDefault="002C6BF8" w:rsidP="002C6BF8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
@@ -1858,92 +1019,92 @@
     <w:p w14:paraId="35C786C6" w14:textId="77777777" w:rsidR="00AA6E5D" w:rsidRDefault="00AA6E5D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B32FB43" w14:textId="77777777" w:rsidR="00AA6E5D" w:rsidRDefault="00AA6E5D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:bidiVisual/>
       <w:tblW w:w="8615" w:type="dxa"/>
       <w:tblInd w:w="935" w:type="dxa"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2845"/>
       <w:gridCol w:w="2865"/>
       <w:gridCol w:w="2905"/>
     </w:tblGrid>
     <w:tr w:rsidR="00594C25" w:rsidRPr="00A50EDA" w14:paraId="3659F070" w14:textId="77777777" w:rsidTr="00B834F2">
       <w:trPr>
         <w:cantSplit/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2845" w:type="dxa"/>
@@ -2347,70 +1508,70 @@
                     </w:r>
                     <w:r w:rsidRPr="00B834F2">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Graduation Procedures  Office  </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="32ADFCB0" w14:textId="655194A3" w:rsidR="00B834F2" w:rsidRDefault="00B834F2"/>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EA22591" wp14:editId="6797A6E4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EA22591" wp14:editId="091E445E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-592455</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-612775</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7688410" cy="1524000"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1904985281" name="Picture 2"/>
+          <wp:docPr id="1904985281" name="Picture 2" descr="לוגו ביה&quot;ס לתארים מתקדמים"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="1904985281" name="Picture 2" descr="לוגו ביה&quot;ס לתארים מתקדמים"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7688410" cy="1524000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -2744,150 +1905,159 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="180"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="eU2Ym8NWfx7hnjYzVmmT+IIoK5SILjTNPx2XCI8r+1bEaEmhM9njGa01SZwkT9UsiN5waRV5ZJ50xGPNU6qzdg==" w:salt="rHM/h6pTx/WBYkX77vztbg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LfPO6VnLX2kqTEYcQ4m8q7SQBOW/3DH0DBEywqb3PBWnTskj/9/Ktx+F1lMBlwoYE9yE2ItSFbwyS+heA0Ze+g==" w:salt="apUE//oYvQ1JS2xkrSBpZQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="Normal"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006564C7"/>
     <w:rsid w:val="0000590F"/>
     <w:rsid w:val="00006054"/>
     <w:rsid w:val="000323E2"/>
+    <w:rsid w:val="000B4452"/>
     <w:rsid w:val="000B5206"/>
     <w:rsid w:val="000E716A"/>
     <w:rsid w:val="000F6856"/>
+    <w:rsid w:val="00125CA0"/>
     <w:rsid w:val="00147D0D"/>
     <w:rsid w:val="00180B55"/>
     <w:rsid w:val="00182673"/>
     <w:rsid w:val="001D7FA3"/>
+    <w:rsid w:val="00275503"/>
     <w:rsid w:val="002818CA"/>
     <w:rsid w:val="002B5483"/>
     <w:rsid w:val="002C6BF8"/>
     <w:rsid w:val="002D4492"/>
     <w:rsid w:val="002F330A"/>
     <w:rsid w:val="00314220"/>
+    <w:rsid w:val="003200F9"/>
     <w:rsid w:val="00344B8C"/>
     <w:rsid w:val="003D7147"/>
     <w:rsid w:val="004048B7"/>
+    <w:rsid w:val="00415003"/>
     <w:rsid w:val="004713CD"/>
     <w:rsid w:val="00472292"/>
     <w:rsid w:val="00477530"/>
     <w:rsid w:val="004B18C4"/>
     <w:rsid w:val="004C1D8D"/>
     <w:rsid w:val="004E4341"/>
     <w:rsid w:val="00542315"/>
     <w:rsid w:val="00594C25"/>
     <w:rsid w:val="005A29F2"/>
     <w:rsid w:val="005C0B4E"/>
     <w:rsid w:val="005C2B43"/>
     <w:rsid w:val="005E5363"/>
     <w:rsid w:val="00602F19"/>
     <w:rsid w:val="0060446F"/>
     <w:rsid w:val="00637FD0"/>
     <w:rsid w:val="00650138"/>
     <w:rsid w:val="006564C7"/>
     <w:rsid w:val="006803F2"/>
+    <w:rsid w:val="00690724"/>
     <w:rsid w:val="006B0989"/>
     <w:rsid w:val="006B5D77"/>
     <w:rsid w:val="006F707E"/>
     <w:rsid w:val="00717D3B"/>
     <w:rsid w:val="00723281"/>
     <w:rsid w:val="007934D9"/>
     <w:rsid w:val="007A5B3B"/>
     <w:rsid w:val="007D585E"/>
     <w:rsid w:val="008271D3"/>
     <w:rsid w:val="00830C4E"/>
+    <w:rsid w:val="0085028A"/>
     <w:rsid w:val="008548C1"/>
     <w:rsid w:val="008C7EAC"/>
     <w:rsid w:val="008D625D"/>
     <w:rsid w:val="008F000F"/>
     <w:rsid w:val="009009BD"/>
     <w:rsid w:val="00934F51"/>
     <w:rsid w:val="0094403D"/>
     <w:rsid w:val="0096744C"/>
     <w:rsid w:val="00975B61"/>
+    <w:rsid w:val="009B0EAF"/>
     <w:rsid w:val="009D473B"/>
     <w:rsid w:val="009F48A7"/>
     <w:rsid w:val="00A315DD"/>
     <w:rsid w:val="00A47ABE"/>
     <w:rsid w:val="00A50055"/>
     <w:rsid w:val="00A50EDA"/>
+    <w:rsid w:val="00A60DBE"/>
     <w:rsid w:val="00AA1978"/>
     <w:rsid w:val="00AA6E5D"/>
     <w:rsid w:val="00AC1AD6"/>
     <w:rsid w:val="00AC3553"/>
     <w:rsid w:val="00AF0808"/>
     <w:rsid w:val="00B33850"/>
     <w:rsid w:val="00B375C4"/>
     <w:rsid w:val="00B834F2"/>
     <w:rsid w:val="00BF185D"/>
     <w:rsid w:val="00C07C72"/>
     <w:rsid w:val="00C434CB"/>
     <w:rsid w:val="00CA5ED6"/>
     <w:rsid w:val="00CB6E19"/>
     <w:rsid w:val="00D148C5"/>
     <w:rsid w:val="00D27317"/>
     <w:rsid w:val="00D41B40"/>
     <w:rsid w:val="00D50EFE"/>
     <w:rsid w:val="00D73475"/>
     <w:rsid w:val="00DB316E"/>
     <w:rsid w:val="00DB3CC9"/>
     <w:rsid w:val="00DD41AA"/>
     <w:rsid w:val="00E13C53"/>
     <w:rsid w:val="00E41D91"/>
     <w:rsid w:val="00EA31D8"/>
     <w:rsid w:val="00EA6EF6"/>
@@ -3315,50 +2485,71 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:bidi/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00125CA0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008C7EAC"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
@@ -3553,81 +2744,888 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C7EAC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00472292"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00125CA0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="he-IL"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="232785389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B7382285078D44ED9A43E4FA2C40ABFB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{179D8641-5E10-4AEC-8822-E8E14033BB01}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F8724B" w:rsidRDefault="00F8724B" w:rsidP="00F8724B">
+          <w:pPr>
+            <w:pStyle w:val="B7382285078D44ED9A43E4FA2C40ABFB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE0BB4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="83391735A54A4F1A9B928DAC9EFABDBB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EFE81C28-0A58-46BB-AF72-BF289DA156D0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F8724B" w:rsidRDefault="00F8724B" w:rsidP="00F8724B">
+          <w:pPr>
+            <w:pStyle w:val="83391735A54A4F1A9B928DAC9EFABDBB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE0BB4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="903C790B71A947CEAC9504C290182283"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{83F575BA-3847-43C3-B15C-ABFD8990249E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F8724B" w:rsidRDefault="00F8724B" w:rsidP="00F8724B">
+          <w:pPr>
+            <w:pStyle w:val="903C790B71A947CEAC9504C290182283"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE0BB4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="03FD7E8319D24317B6B2C2F3791F1E32"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{269E001E-54CC-47FE-BBA0-DD99795DF138}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F8724B" w:rsidRDefault="00F8724B" w:rsidP="00F8724B">
+          <w:pPr>
+            <w:pStyle w:val="03FD7E8319D24317B6B2C2F3791F1E32"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE0BB4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B62FE7C7EA2040008EBC6A30F5B1E2FE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DA7FE047-3A42-4490-AB3F-8EE2A64B25E9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F8724B" w:rsidRDefault="00F8724B" w:rsidP="00F8724B">
+          <w:pPr>
+            <w:pStyle w:val="B62FE7C7EA2040008EBC6A30F5B1E2FE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE0BB4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C5980234C344151ACCABE358195D40F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5782D184-A259-460E-9232-4CAEE6233D17}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F8724B" w:rsidRDefault="00F8724B" w:rsidP="00F8724B">
+          <w:pPr>
+            <w:pStyle w:val="8C5980234C344151ACCABE358195D40F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE0BB4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013437"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{35C05B26-D1DA-435D-863C-51AFBDD97DA3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E5721B" w:rsidRDefault="00E5721B">
+          <w:r w:rsidRPr="00EC723C">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:altName w:val="Malgun Gothic Semilight"/>
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F8724B"/>
+    <w:rsid w:val="000B4452"/>
+    <w:rsid w:val="003200F9"/>
+    <w:rsid w:val="00415003"/>
+    <w:rsid w:val="00E5721B"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E5721B"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7382285078D44ED9A43E4FA2C40ABFB">
+    <w:name w:val="B7382285078D44ED9A43E4FA2C40ABFB"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83391735A54A4F1A9B928DAC9EFABDBB">
+    <w:name w:val="83391735A54A4F1A9B928DAC9EFABDBB"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="903C790B71A947CEAC9504C290182283">
+    <w:name w:val="903C790B71A947CEAC9504C290182283"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03FD7E8319D24317B6B2C2F3791F1E32">
+    <w:name w:val="03FD7E8319D24317B6B2C2F3791F1E32"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B62FE7C7EA2040008EBC6A30F5B1E2FE">
+    <w:name w:val="B62FE7C7EA2040008EBC6A30F5B1E2FE"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C5980234C344151ACCABE358195D40F">
+    <w:name w:val="8C5980234C344151ACCABE358195D40F"/>
+    <w:rsid w:val="00F8724B"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ערכת נושא Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3876,82 +3874,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>68</Words>
-  <Characters>341</Characters>
+  <Words>102</Words>
+  <Characters>442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>הטכניון – מכון טכנולוגי לישראל                                         מדור רישום וקבלה</vt:lpstr>
       <vt:lpstr>הטכניון – מכון טכנולוגי לישראל                                         מדור רישום וקבלה</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>408</CharactersWithSpaces>
+  <CharactersWithSpaces>531</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>הטכניון – מכון טכנולוגי לישראל                                         מדור רישום וקבלה</dc:title>
   <dc:creator>nilli</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>d20f15e97bc05351c717e04e83c04a08a3445e77f83079d212152bc759d94807</vt:lpwstr>
   </property>
 </Properties>
 </file>