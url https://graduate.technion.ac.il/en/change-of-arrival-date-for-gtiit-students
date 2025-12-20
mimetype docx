--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -11,2049 +11,2440 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="65D1AF36" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="65D1AF36" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="383BA0C8" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="000B1AAC" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...1 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w14:paraId="383BA0C8" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00C279C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Request for Change of Dates of Stay in the Technion Campus in Haifa, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00782E3E" w14:textId="77777777" w:rsidR="005E4360" w:rsidRDefault="005E4360" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6293DD4A" w14:textId="03E1975B" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="005E4360">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This form is for students </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">studying at GTIIT </w:t>
+      </w:r>
+      <w:r w:rsidR="00C279C9" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>campus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A63538" w14:textId="77777777" w:rsidR="006A0347" w:rsidRPr="003947B3" w:rsidRDefault="006A0347" w:rsidP="006A0347">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9D4868" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="006A0347" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A0347">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> in Haifa, Israel</w:t>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General information and instructions: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6293DD4A" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...47 lines deleted...]
-    <w:p w14:paraId="75EFA687" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="75EFA687" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Master students must stay at least one semester in the Technion campus in Haifa, Israel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D486B4" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="05D486B4" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>PhD students must stay at least two semesters in the Technion campus in Haifa, Israel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45404C08" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="45404C08" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>Students in the Direct PhD track must stay at least two semesters in the Technion campus in Haifa, Israel in total (including the Master program).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB1A1ED" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="4EB1A1ED" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>All changes to the original study plan are to be approved by the advisors, department (at GTIIT and at the Technion), and the Graduate School.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F9DE4D5" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="0F9DE4D5" w14:textId="76A67135" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Please fill out this form and submit it to the graduate studies coordinator in your department at </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002752AB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Technion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376069CA" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="376069CA" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">lease make sure to submit all requests for changes </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please make sure to submit all requests for changes </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the arrival date </w:t>
       </w:r>
-      <w:r w:rsidRPr="00084C8D">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, otherwise we will not be able to guarantee a room in the dormitories. </w:t>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least 3 months prior to the arrival, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otherwise we will not be able to guarantee a room in the dormitories. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C73CE2" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="08C73CE2" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Please plan the dates of arrival and departure in accordance with the start and end of the semester (Fall: October-February, Spring: March-September). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E56D24A" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="0E56D24A" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E775D0D" w14:textId="642F86E4" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="5E775D0D" w14:textId="642F86E4" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
         <w:t>Personal Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2439A958" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="2439A958" w14:textId="2E280790" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
-      </w:r>
-[...318 lines deleted...]
-        <w:t xml:space="preserve">Degree: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-896511835"/>
+          <w:placeholder>
+            <w:docPart w:val="4254E16E2AB14D32919CF911095C11F6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B32883" w:rsidRPr="002752AB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="532264D7" w14:textId="1D3B318E" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Technion ID number:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1948186328"/>
+          <w:placeholder>
+            <w:docPart w:val="62E0BD8EFB0F4B2A8CFCE71037B49123"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B32883" w:rsidRPr="002752AB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="69837E12" w14:textId="4A7176B2" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1036158975"/>
+          <w:placeholder>
+            <w:docPart w:val="4C100314BCA340FB92F511D0435FBBA9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B32883" w:rsidRPr="002752AB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="74885CF1" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Degree: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1067540348"/>
           <w:placeholder>
             <w:docPart w:val="568A77042F684C96B9914249BF4E7F80"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="MSC" w:value="MSC"/>
             <w:listItem w:displayText="PHD" w:value="PHD"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="002752AB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0676A200" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="0676A200" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E6272AD" w14:textId="33CE2538" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="2E6272AD" w14:textId="33CE2538" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
         <w:t>Details of the request:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D62AB2" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="11D62AB2" w14:textId="6D07B9F6" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00B32883" w:rsidP="00B32883">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rtl/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1361347218"/>
+          <w:id w:val="2026437870"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">want to extend my stay in Israel </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6030ABF4" w14:textId="068C966F" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00B32883" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">want to change my plan for staying in Israel  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:id w:val="-1506434543"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="cs"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
               <w:rtl/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6030ABF4" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="004F1653" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">I want to change my plan for staying in Israel  </w:t>
+    <w:p w14:paraId="46419FCF" w14:textId="7646F773" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Original Semester of arrival: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rtl/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="450055881"/>
-[...27 lines deleted...]
-          <w:id w:val="2014180418"/>
+          <w:id w:val="213704885"/>
           <w:placeholder>
-            <w:docPart w:val="0082B8EE1B5641AD97CA817A2A5B916B"/>
+            <w:docPart w:val="DE659989DB5543DB8EAEBEDAE020E771"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E904A5">
+          <w:r w:rsidR="009D07D9" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:t xml:space="preserve"> From </w:t>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> From</w:t>
+      </w:r>
+      <w:r w:rsidR="00A843B0" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1121294231"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1646000072"/>
           <w:placeholder>
-            <w:docPart w:val="C547C5BA5777432EA1EC5A4840FD89A9"/>
+            <w:docPart w:val="616684FB8CA947FB9FF982E525B396E4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E904A5">
+          <w:r w:rsidR="009D07D9" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> To: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1304883624"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="756016283"/>
           <w:placeholder>
-            <w:docPart w:val="C547C5BA5777432EA1EC5A4840FD89A9"/>
+            <w:docPart w:val="E61A89DAD5894242B8C165ADAEBFC14E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00E904A5">
+          <w:r w:rsidR="001F0423" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:t xml:space="preserve"> Number of semesters: </w:t>
+      <w:r w:rsidR="00A843B0" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of semesters: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="-1404673091"/>
           <w:placeholder>
             <w:docPart w:val="DC3A87670D1B43E8AD7A323852974B98"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00BF2C2A">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5E9C9ED1" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="0640BD15" w14:textId="45D6E234" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="003947B3">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">New semester of arrival: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="-608423801"/>
           <w:placeholder>
             <w:docPart w:val="15D723641AFB43028D54F00F030AB042"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="March" w:value="March"/>
             <w:listItem w:displayText="October" w:value="October"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Year: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="-1515068474"/>
           <w:placeholder>
             <w:docPart w:val="2452D4FF7CB2471790D412533CC8C55E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
-            <w:listItem w:displayText="2021" w:value="2021"/>
-[...2 lines deleted...]
-            <w:listItem w:displayText="2024" w:value="2024"/>
             <w:listItem w:displayText="2025" w:value="2025"/>
             <w:listItem w:displayText="2026" w:value="2026"/>
+            <w:listItem w:displayText="2027" w:value="2027"/>
+            <w:listItem w:displayText="2028" w:value="2028"/>
+            <w:listItem w:displayText="2029" w:value="2029"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Number of Semesters: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="910431747"/>
           <w:placeholder>
             <w:docPart w:val="DC3A87670D1B43E8AD7A323852974B98"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00BF2C2A">
+          <w:r w:rsidR="002752AB" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="398590DE" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="7CA271FE" w14:textId="7438FB32" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Planned date of arrival: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="811678163"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-969659401"/>
           <w:placeholder>
-            <w:docPart w:val="91E8CD74BB3D4AB6A04E57BC0EA85BF1"/>
+            <w:docPart w:val="15CE670B2E344C7C8B2B16F00BAFFC05"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidR="00A843B0" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7EFC1348" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="7EFC1348" w14:textId="1673DB94" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Planned date of departure </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Planned date of departure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A843B0" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="632227064"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2021273945"/>
           <w:placeholder>
-            <w:docPart w:val="C5035FB0D3E44B6491F437F97C7D4A7E"/>
+            <w:docPart w:val="80A3D1F4523D4F70B65A6C36523F43C3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidR="00A843B0" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="277CB4A8" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="3C4E7973" w14:textId="77777777" w:rsidR="00755F33" w:rsidRDefault="00755F33" w:rsidP="00755F33">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B41EB28" w14:textId="77777777" w:rsidR="00755F33" w:rsidRDefault="00755F33" w:rsidP="00755F33">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="056070F3" w14:textId="77777777" w:rsidR="00755F33" w:rsidRDefault="00755F33" w:rsidP="00755F33">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE26341" w14:textId="77777777" w:rsidR="005E4360" w:rsidRPr="003947B3" w:rsidRDefault="005E4360" w:rsidP="005E4360">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="277CB4A8" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
         <w:t xml:space="preserve">Statement:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762B627A" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="762B627A" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">I understand that it is my responsibility to ensure I meet the minimum requirement for studying at the Israeli campus.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796DCD2A" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="0464C55D" w14:textId="4258C5F9" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="003F65F5">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="2050570194"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="848763193"/>
           <w:placeholder>
-            <w:docPart w:val="4E4C94DAE0CA4BAE991A6A40A124ECB3"/>
+            <w:docPart w:val="83BE7F7C57D24CF2B3FDC327019FCCB6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidR="003F65F5" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Date </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1415088749"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="280618501"/>
           <w:placeholder>
-            <w:docPart w:val="6186C1BF7511470E81A738F6AE79819B"/>
+            <w:docPart w:val="B08FB839342240D38CF791AA1DFB463F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidR="003F65F5" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Signature:</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="003F65F5" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1649123383"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-1012996915"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E656FB">
+          <w:r w:rsidR="003F65F5" w:rsidRPr="003947B3">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="322B7A5B" wp14:editId="4901B81F">
-[...2 lines deleted...]
-                <wp:docPr id="5" name="Picture 1" descr="signature"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B3C00B0" wp14:editId="363BD2BC">
+                <wp:extent cx="710513" cy="208915"/>
+                <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                <wp:docPr id="1397849143" name="Picture 1" descr="Add a signature file&#10;"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="3" name="Picture 1" descr="signature"/>
+                        <pic:cNvPr id="1397849143" name="Picture 1" descr="Add a signature file&#10;"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3276600" cy="571500"/>
-[...273 lines deleted...]
-                          <a:ext cx="3276600" cy="571500"/>
+                          <a:ext cx="728987" cy="214347"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6FA8702F" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="0A078BEA" w14:textId="77777777" w:rsidR="003F65F5" w:rsidRPr="003947B3" w:rsidRDefault="003F65F5" w:rsidP="003F65F5">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BE4BF06" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28F43310" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>For the Department:</w:t>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t>Advisor (GTIIT):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01811E14" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="3B57C215" w14:textId="316B38F6" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">We recommend changing </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-443922141"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1839956758"/>
           <w:placeholder>
-            <w:docPart w:val="7D95BC1DFF4D47C3B3C1BE80B4E50E81"/>
+            <w:docPart w:val="8EF13BE937714854882C7871BB8B1ED9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidR="00853119" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Planned date of arrival: </w:t>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="711309487"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1449433643"/>
           <w:placeholder>
-            <w:docPart w:val="0632E53359694CA9BFD76C335CBBD78C"/>
+            <w:docPart w:val="3C1E448D090E496C90A4D5469000AD47"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidR="00853119" w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-    </w:p>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> date of departure </w:t>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00853119" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-2032785307"/>
-[...173 lines deleted...]
-          <w:id w:val="954449991"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-2089760375"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00E345C3">
+          <w:r w:rsidR="00853119" w:rsidRPr="003947B3">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="659765D6" wp14:editId="19A41358">
-[...2 lines deleted...]
-                <wp:docPr id="481778265" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DB24C6D" wp14:editId="7358F1A9">
+                <wp:extent cx="691978" cy="215125"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Picture 5" descr="Add a signature file&#10;"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="2" name="Picture 5" descr="Add a signature file&#10;"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1189237" cy="458902"/>
+                          <a:ext cx="716610" cy="222783"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="28BEF42E" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="30BD6E3B" w14:textId="01E501A1" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="40AA464D" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6E3A95A9" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...14 lines deleted...]
-        <w:br/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t>Advisor (Technion):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DF15CD" w14:textId="0714CE61" w:rsidR="00E656FB" w:rsidRDefault="00FB06E0" w:rsidP="00E656FB">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="1FF75C9B" w14:textId="1AF8B8BF" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00A97A6F">
+      <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name: </w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1010572504"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-701472444"/>
+          <w:placeholder>
+            <w:docPart w:val="BB90A415E63443E3BCE0635D7ABEA919"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E656FB">
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>☐</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E656FB">
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date </w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="2048562782"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1963417327"/>
+          <w:placeholder>
+            <w:docPart w:val="6E95F44EDAA34FA79E3DFE8421540B5F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E656FB">
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>☐</w:t>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E656FB">
-[...24 lines deleted...]
-          <w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="460382676"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41FC0BDA" wp14:editId="373BD884">
-[...2 lines deleted...]
-                <wp:docPr id="20" name="Picture 18"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="199CCAEA" wp14:editId="1A636CFD">
+                <wp:extent cx="734491" cy="277101"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:docPr id="3" name="Picture 6" descr="Add a signature file&#10;"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 20"/>
+                        <pic:cNvPr id="3" name="Picture 6" descr="Add a signature file&#10;"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2476500" cy="495300"/>
+                          <a:ext cx="752035" cy="283720"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6FA8702F" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE4BF06" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t>For the Department:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01811E14" w14:textId="39F4EDC0" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We recommend changing </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2027202287"/>
+          <w:placeholder>
+            <w:docPart w:val="866DD1D1624D4A7A9192E0C594BF7BD3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s arrival date as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516B9106" w14:textId="002480E8" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Planned date of arrival: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1944802325"/>
+          <w:placeholder>
+            <w:docPart w:val="D3D3066365DE4392BCEF4240E6D017FD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="26A77005" w14:textId="376D7A15" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00A97A6F" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Planned</w:t>
+      </w:r>
+      <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date of departure </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1293548733"/>
+          <w:placeholder>
+            <w:docPart w:val="DCF1DC5B11A7474FAA1D09A2EF749726"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="008130C9" w14:textId="5B9ACC66" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In total: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="414983444"/>
+          <w:placeholder>
+            <w:docPart w:val="AF821B0EA86D46B6871AF7C150BBD246"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77392EA3" w14:textId="77777777" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This will be </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="726808965"/>
+          <w:placeholder>
+            <w:docPart w:val="6EE8FC8A46314CCFB7EB15FA62467BA2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="1" w:value="1"/>
+            <w:listItem w:displayText="2" w:value="2"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> out of </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-807169197"/>
+          <w:placeholder>
+            <w:docPart w:val="C9CE80410A914B4D9B72791C085739D3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="1" w:value="1"/>
+            <w:listItem w:displayText="2" w:value="2"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semesters in Israel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AA464D" w14:textId="57AF36B9" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="008462F2">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1304582251"/>
+          <w:placeholder>
+            <w:docPart w:val="7FF6C5C701724118AE4A80DFFE9BAC3D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1887405898"/>
+          <w:placeholder>
+            <w:docPart w:val="33357051927F4164BBACB73BB7252F8A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A97A6F" w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E345C3" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="954449991"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E345C3" w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="659765D6" wp14:editId="6757479E">
+                <wp:extent cx="784654" cy="221615"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+                <wp:docPr id="481778265" name="Picture 1" descr="Add a signature file&#10;"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="481778265" name="Picture 1" descr="Add a signature file&#10;"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId10" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="797532" cy="225252"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7B3B9478" w14:textId="77777777" w:rsidR="008462F2" w:rsidRPr="003947B3" w:rsidRDefault="008462F2" w:rsidP="008462F2">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73C1032F" w14:textId="7322E31F" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="008462F2" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t>Graduate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> School:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DF15CD" w14:textId="0D825448" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="008462F2" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1485"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-1752270935"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003947B3" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Ongoing</w:t>
+      </w:r>
+      <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315433EA" w14:textId="4CB5E3CC" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="008462F2" w:rsidP="00E656FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1485"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-1212652776"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scholarships – After consulting with GTIIT </w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:id w:val="-1217655011"/>
+        <w:showingPlcHdr/>
+        <w:picture/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="65D0BDFC" w14:textId="4086CDAF" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1485"/>
+            </w:tabs>
+            <w:bidi w:val="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41FC0BDA" wp14:editId="39CA30FA">
+                <wp:extent cx="1056005" cy="340080"/>
+                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:docPr id="20" name="Picture 18" descr="Add a signature file&#10;"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="20" name="Picture 18" descr="Add a signature file&#10;"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId11">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1078727" cy="347398"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="065854B4" w14:textId="70455E18" w:rsidR="00E656FB" w:rsidRPr="00F71C4C" w:rsidRDefault="00FB06E0" w:rsidP="00E656FB">
+    <w:p w14:paraId="065854B4" w14:textId="70455E18" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00A90F0E" w:rsidP="00E656FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1485"/>
         </w:tabs>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
           <w:id w:val="1689949329"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E656FB">
+          <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E656FB">
+      <w:r w:rsidR="00E656FB" w:rsidRPr="003947B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Dormitories</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440BA977" w14:textId="2317984B" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="440BA977" w14:textId="2317984B" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ACDE7D0" w14:textId="6E6DE9C1" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="2ACDE7D0" w14:textId="6E6DE9C1" w:rsidR="00E656FB" w:rsidRPr="003947B3" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05B635D1" w14:textId="4483CD9F" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
+    <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="003947B3" w:rsidRDefault="00747D06" w:rsidP="00E656FB">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DBE1DF7" w14:textId="735006A2" w:rsidR="00E656FB" w:rsidRDefault="00E656FB" w:rsidP="00E656FB">
-[...21 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="003947B3" w:rsidSect="005E4360">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7376421F" w14:textId="77777777" w:rsidR="00787E4C" w:rsidRDefault="00787E4C" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F71D9D4" w14:textId="77777777" w:rsidR="00787E4C" w:rsidRDefault="00787E4C" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2112,50 +2503,57 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
@@ -2213,51 +2611,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4800F383" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="20EF47AB" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2985,70 +3383,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="3F41EA57">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="Graduate Scholl Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="Graduate Scholl Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -4650,173 +5048,192 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="154"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yxW1LFYVXZ+htHoZuNJjL/2dlZpOPe8eiKnuQ1P4o26vJXUYqqpPJ70YQ5O+OYAdDn/Hyv7tCbJgh/SD3yEJDQ==" w:salt="EfjIhfmF606p+6KOWBqcrw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3aEB6sJI0fpD2d0vbK05/EPuX4IHKBIDct6MpxxzAhD0mKtCciK5n3vScieVnTS9qfdOySuHAu4cIXluw29b1w==" w:salt="5Y+IQ6LLOYcUUbSnINyNyg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001F0423"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="00246A32"/>
+    <w:rsid w:val="002752AB"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
+    <w:rsid w:val="003947B3"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
+    <w:rsid w:val="003F65F5"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="00494871"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004D1994"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
+    <w:rsid w:val="005E4360"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
+    <w:rsid w:val="006A0347"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006D3102"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
+    <w:rsid w:val="00755F33"/>
     <w:rsid w:val="00787E4C"/>
+    <w:rsid w:val="00802211"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="008462F2"/>
+    <w:rsid w:val="00853119"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
+    <w:rsid w:val="008D640F"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009D07D9"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
+    <w:rsid w:val="00A843B0"/>
+    <w:rsid w:val="00A90F0E"/>
     <w:rsid w:val="00A91826"/>
+    <w:rsid w:val="00A97A6F"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
+    <w:rsid w:val="00B32883"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
+    <w:rsid w:val="00C279C9"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
+    <w:rsid w:val="00D34C04"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
+    <w:rsid w:val="00D91A6D"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E345C3"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00EF5693"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FB06E0"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
     <w:rsid w:val="00FF46BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -5542,671 +5959,890 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="568A77042F684C96B9914249BF4E7F80"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{101E81C9-A4EC-4775-A684-9A26AE4BEC7A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00D053EA" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="568A77042F684C96B9914249BF4E7F80"/>
+            <w:pStyle w:val="568A77042F684C96B9914249BF4E7F802"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="002752AB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
-          </w:r>
-[...56 lines deleted...]
-            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DC3A87670D1B43E8AD7A323852974B98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9FF69797-4481-4B5F-9FFE-3BE1942B25E6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00D053EA" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="DC3A87670D1B43E8AD7A323852974B98"/>
+            <w:pStyle w:val="DC3A87670D1B43E8AD7A323852974B982"/>
           </w:pPr>
-          <w:r w:rsidRPr="00BF2C2A">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="15D723641AFB43028D54F00F030AB042"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{15041280-21BF-44CD-85A2-E40320443A3A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00D053EA" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="15D723641AFB43028D54F00F030AB042"/>
+            <w:pStyle w:val="15D723641AFB43028D54F00F030AB0422"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2452D4FF7CB2471790D412533CC8C55E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6A7F2796-4A68-4479-A58F-1CB5E3D94470}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00D053EA" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="2452D4FF7CB2471790D412533CC8C55E"/>
+            <w:pStyle w:val="2452D4FF7CB2471790D412533CC8C55E2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
-          </w:r>
-[...317 lines deleted...]
-            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6EE8FC8A46314CCFB7EB15FA62467BA2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CBE60DA7-2B79-4D12-9B35-49B89CFE0905}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00D053EA" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="6EE8FC8A46314CCFB7EB15FA62467BA2"/>
+            <w:pStyle w:val="6EE8FC8A46314CCFB7EB15FA62467BA22"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C9CE80410A914B4D9B72791C085739D3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BFEE6730-3ACA-4CC0-A5B2-0ACF65115E54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00D053EA" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="C9CE80410A914B4D9B72791C085739D3"/>
+            <w:pStyle w:val="C9CE80410A914B4D9B72791C085739D32"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="003947B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7F9A4FCF0A204E9AB0BA7385341AE5E2"/>
+        <w:name w:val="4254E16E2AB14D32919CF911095C11F6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{23C5EEA2-1114-4DB9-B96A-4480BB3F55AE}"/>
+        <w:guid w:val="{8E0A27CD-9110-4A09-AEB5-D973D4DE8F1F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="7F9A4FCF0A204E9AB0BA7385341AE5E2"/>
+            <w:pStyle w:val="4254E16E2AB14D32919CF911095C11F61"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="002752AB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="83600833F3624DEDA9BD35C9BB5702D7"/>
+        <w:name w:val="62E0BD8EFB0F4B2A8CFCE71037B49123"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5FAA0107-A198-40B7-9672-4DC781A71D5C}"/>
+        <w:guid w:val="{C270EDBA-ECE5-4E04-B61F-B80C25BA25FA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D053EA" w:rsidRDefault="00560813" w:rsidP="00560813">
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
           <w:pPr>
-            <w:pStyle w:val="83600833F3624DEDA9BD35C9BB5702D7"/>
+            <w:pStyle w:val="62E0BD8EFB0F4B2A8CFCE71037B491231"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C60D54">
+          <w:r w:rsidRPr="002752AB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4C100314BCA340FB92F511D0435FBBA9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{47D40D69-4CFD-49D6-972F-D4D22601CBB8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="4C100314BCA340FB92F511D0435FBBA91"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002752AB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DE659989DB5543DB8EAEBEDAE020E771"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{141DFAD4-0BE2-427E-A82F-AA6DE099AC81}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="DE659989DB5543DB8EAEBEDAE020E7711"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E61A89DAD5894242B8C165ADAEBFC14E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{10D716FE-339A-4B89-94F5-ABF58D42FAFE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="E61A89DAD5894242B8C165ADAEBFC14E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="15CE670B2E344C7C8B2B16F00BAFFC05"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4524D56B-1F9D-4A93-B83E-5149447B7E47}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="15CE670B2E344C7C8B2B16F00BAFFC051"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80A3D1F4523D4F70B65A6C36523F43C3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EFA6F139-C5AF-406C-A141-C628CA540D62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="80A3D1F4523D4F70B65A6C36523F43C31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="83BE7F7C57D24CF2B3FDC327019FCCB6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{04CB423D-9DFB-4E44-ADDC-C93F15D11EF5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="83BE7F7C57D24CF2B3FDC327019FCCB61"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B08FB839342240D38CF791AA1DFB463F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3D18D3ED-6336-4338-93C2-D56A5FF52B96}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="B08FB839342240D38CF791AA1DFB463F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8EF13BE937714854882C7871BB8B1ED9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{840B084D-4ECF-49D4-80B9-6F32096BFD6D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="8EF13BE937714854882C7871BB8B1ED91"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3C1E448D090E496C90A4D5469000AD47"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0F0D19B9-E2BF-4D3F-B962-7AB1349940FD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="3C1E448D090E496C90A4D5469000AD471"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BB90A415E63443E3BCE0635D7ABEA919"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{97F9107D-9D9F-4388-ACE1-B217BDAD2F16}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="BB90A415E63443E3BCE0635D7ABEA9191"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6E95F44EDAA34FA79E3DFE8421540B5F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{725BBE26-EB0E-4767-82A4-344CEE56DFCB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="6E95F44EDAA34FA79E3DFE8421540B5F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="866DD1D1624D4A7A9192E0C594BF7BD3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BA262DA9-C449-4EF7-AA78-983F969B634A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="866DD1D1624D4A7A9192E0C594BF7BD31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D3D3066365DE4392BCEF4240E6D017FD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{87000F47-8955-4061-933C-E03B7E20A88D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="D3D3066365DE4392BCEF4240E6D017FD1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DCF1DC5B11A7474FAA1D09A2EF749726"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9F4EDD2B-D141-4226-8FBC-E384C79BBA20}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="DCF1DC5B11A7474FAA1D09A2EF7497261"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AF821B0EA86D46B6871AF7C150BBD246"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3D2D836A-A715-48A0-9E18-69A5521D924A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="AF821B0EA86D46B6871AF7C150BBD2461"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7FF6C5C701724118AE4A80DFFE9BAC3D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C6EE5420-584E-4ABD-B521-004EC0498995}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="7FF6C5C701724118AE4A80DFFE9BAC3D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="33357051927F4164BBACB73BB7252F8A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{03D9DDBB-9834-4764-8DE4-74DDA18DFCB8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="33357051927F4164BBACB73BB7252F8A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="616684FB8CA947FB9FF982E525B396E4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B157CC2-1420-42A8-B977-8E30AD05BF17}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00521B6F" w:rsidRDefault="00521B6F" w:rsidP="00521B6F">
+          <w:pPr>
+            <w:pStyle w:val="616684FB8CA947FB9FF982E525B396E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003947B3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -6241,99 +6877,108 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00560813"/>
+    <w:rsid w:val="00521B6F"/>
     <w:rsid w:val="00560813"/>
     <w:rsid w:val="006D3102"/>
     <w:rsid w:val="00761917"/>
+    <w:rsid w:val="00802211"/>
     <w:rsid w:val="008758DD"/>
     <w:rsid w:val="00D053EA"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5693"/>
     <w:rsid w:val="00FF46BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -6753,53 +7398,53 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00560813"/>
+    <w:rsid w:val="00521B6F"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="568A77042F684C96B9914249BF4E7F80">
     <w:name w:val="568A77042F684C96B9914249BF4E7F80"/>
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0082B8EE1B5641AD97CA817A2A5B916B">
     <w:name w:val="0082B8EE1B5641AD97CA817A2A5B916B"/>
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C547C5BA5777432EA1EC5A4840FD89A9">
     <w:name w:val="C547C5BA5777432EA1EC5A4840FD89A9"/>
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC3A87670D1B43E8AD7A323852974B98">
     <w:name w:val="DC3A87670D1B43E8AD7A323852974B98"/>
@@ -6904,50 +7549,850 @@
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9CE80410A914B4D9B72791C085739D3">
     <w:name w:val="C9CE80410A914B4D9B72791C085739D3"/>
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F9A4FCF0A204E9AB0BA7385341AE5E2">
     <w:name w:val="7F9A4FCF0A204E9AB0BA7385341AE5E2"/>
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="83600833F3624DEDA9BD35C9BB5702D7">
     <w:name w:val="83600833F3624DEDA9BD35C9BB5702D7"/>
     <w:rsid w:val="00560813"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4254E16E2AB14D32919CF911095C11F6">
+    <w:name w:val="4254E16E2AB14D32919CF911095C11F6"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="568A77042F684C96B9914249BF4E7F801">
+    <w:name w:val="568A77042F684C96B9914249BF4E7F801"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0082B8EE1B5641AD97CA817A2A5B916B1">
+    <w:name w:val="0082B8EE1B5641AD97CA817A2A5B916B1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C547C5BA5777432EA1EC5A4840FD89A91">
+    <w:name w:val="C547C5BA5777432EA1EC5A4840FD89A91"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC3A87670D1B43E8AD7A323852974B981">
+    <w:name w:val="DC3A87670D1B43E8AD7A323852974B981"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15D723641AFB43028D54F00F030AB0421">
+    <w:name w:val="15D723641AFB43028D54F00F030AB0421"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2452D4FF7CB2471790D412533CC8C55E1">
+    <w:name w:val="2452D4FF7CB2471790D412533CC8C55E1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91E8CD74BB3D4AB6A04E57BC0EA85BF11">
+    <w:name w:val="91E8CD74BB3D4AB6A04E57BC0EA85BF11"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5035FB0D3E44B6491F437F97C7D4A7E1">
+    <w:name w:val="C5035FB0D3E44B6491F437F97C7D4A7E1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E4C94DAE0CA4BAE991A6A40A124ECB31">
+    <w:name w:val="4E4C94DAE0CA4BAE991A6A40A124ECB31"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6186C1BF7511470E81A738F6AE79819B1">
+    <w:name w:val="6186C1BF7511470E81A738F6AE79819B1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71624E57A761488D959284D2B540C3F31">
+    <w:name w:val="71624E57A761488D959284D2B540C3F31"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="118E764313F84F9D98021C515A8A87F31">
+    <w:name w:val="118E764313F84F9D98021C515A8A87F31"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0DE932245144E0982D337CBDE12B5E71">
+    <w:name w:val="C0DE932245144E0982D337CBDE12B5E71"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FB3D158D57F4A4DA42B336EE5BFE6EB1">
+    <w:name w:val="3FB3D158D57F4A4DA42B336EE5BFE6EB1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D95BC1DFF4D47C3B3C1BE80B4E50E811">
+    <w:name w:val="7D95BC1DFF4D47C3B3C1BE80B4E50E811"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0632E53359694CA9BFD76C335CBBD78C1">
+    <w:name w:val="0632E53359694CA9BFD76C335CBBD78C1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94A200744C1C4B3BAF65C71A6060BCCA1">
+    <w:name w:val="94A200744C1C4B3BAF65C71A6060BCCA1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EE8FC8A46314CCFB7EB15FA62467BA21">
+    <w:name w:val="6EE8FC8A46314CCFB7EB15FA62467BA21"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9CE80410A914B4D9B72791C085739D31">
+    <w:name w:val="C9CE80410A914B4D9B72791C085739D31"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F9A4FCF0A204E9AB0BA7385341AE5E21">
+    <w:name w:val="7F9A4FCF0A204E9AB0BA7385341AE5E21"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83600833F3624DEDA9BD35C9BB5702D71">
+    <w:name w:val="83600833F3624DEDA9BD35C9BB5702D71"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62E0BD8EFB0F4B2A8CFCE71037B49123">
+    <w:name w:val="62E0BD8EFB0F4B2A8CFCE71037B49123"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C100314BCA340FB92F511D0435FBBA9">
+    <w:name w:val="4C100314BCA340FB92F511D0435FBBA9"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9BCA30B73F148678916DB6B8693E77B">
+    <w:name w:val="E9BCA30B73F148678916DB6B8693E77B"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="914FBD2A85834435958532CCF4991B60">
+    <w:name w:val="914FBD2A85834435958532CCF4991B60"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE659989DB5543DB8EAEBEDAE020E771">
+    <w:name w:val="DE659989DB5543DB8EAEBEDAE020E771"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E61A89DAD5894242B8C165ADAEBFC14E">
+    <w:name w:val="E61A89DAD5894242B8C165ADAEBFC14E"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15CE670B2E344C7C8B2B16F00BAFFC05">
+    <w:name w:val="15CE670B2E344C7C8B2B16F00BAFFC05"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80A3D1F4523D4F70B65A6C36523F43C3">
+    <w:name w:val="80A3D1F4523D4F70B65A6C36523F43C3"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83BE7F7C57D24CF2B3FDC327019FCCB6">
+    <w:name w:val="83BE7F7C57D24CF2B3FDC327019FCCB6"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B08FB839342240D38CF791AA1DFB463F">
+    <w:name w:val="B08FB839342240D38CF791AA1DFB463F"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EF13BE937714854882C7871BB8B1ED9">
+    <w:name w:val="8EF13BE937714854882C7871BB8B1ED9"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C1E448D090E496C90A4D5469000AD47">
+    <w:name w:val="3C1E448D090E496C90A4D5469000AD47"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB90A415E63443E3BCE0635D7ABEA919">
+    <w:name w:val="BB90A415E63443E3BCE0635D7ABEA919"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E95F44EDAA34FA79E3DFE8421540B5F">
+    <w:name w:val="6E95F44EDAA34FA79E3DFE8421540B5F"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="866DD1D1624D4A7A9192E0C594BF7BD3">
+    <w:name w:val="866DD1D1624D4A7A9192E0C594BF7BD3"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3D3066365DE4392BCEF4240E6D017FD">
+    <w:name w:val="D3D3066365DE4392BCEF4240E6D017FD"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCF1DC5B11A7474FAA1D09A2EF749726">
+    <w:name w:val="DCF1DC5B11A7474FAA1D09A2EF749726"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF821B0EA86D46B6871AF7C150BBD246">
+    <w:name w:val="AF821B0EA86D46B6871AF7C150BBD246"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FF6C5C701724118AE4A80DFFE9BAC3D">
+    <w:name w:val="7FF6C5C701724118AE4A80DFFE9BAC3D"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33357051927F4164BBACB73BB7252F8A">
+    <w:name w:val="33357051927F4164BBACB73BB7252F8A"/>
+    <w:rsid w:val="00521B6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4254E16E2AB14D32919CF911095C11F61">
+    <w:name w:val="4254E16E2AB14D32919CF911095C11F61"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62E0BD8EFB0F4B2A8CFCE71037B491231">
+    <w:name w:val="62E0BD8EFB0F4B2A8CFCE71037B491231"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C100314BCA340FB92F511D0435FBBA91">
+    <w:name w:val="4C100314BCA340FB92F511D0435FBBA91"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="568A77042F684C96B9914249BF4E7F802">
+    <w:name w:val="568A77042F684C96B9914249BF4E7F802"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE659989DB5543DB8EAEBEDAE020E7711">
+    <w:name w:val="DE659989DB5543DB8EAEBEDAE020E7711"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="616684FB8CA947FB9FF982E525B396E4">
+    <w:name w:val="616684FB8CA947FB9FF982E525B396E4"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E61A89DAD5894242B8C165ADAEBFC14E1">
+    <w:name w:val="E61A89DAD5894242B8C165ADAEBFC14E1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC3A87670D1B43E8AD7A323852974B982">
+    <w:name w:val="DC3A87670D1B43E8AD7A323852974B982"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15D723641AFB43028D54F00F030AB0422">
+    <w:name w:val="15D723641AFB43028D54F00F030AB0422"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2452D4FF7CB2471790D412533CC8C55E2">
+    <w:name w:val="2452D4FF7CB2471790D412533CC8C55E2"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15CE670B2E344C7C8B2B16F00BAFFC051">
+    <w:name w:val="15CE670B2E344C7C8B2B16F00BAFFC051"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80A3D1F4523D4F70B65A6C36523F43C31">
+    <w:name w:val="80A3D1F4523D4F70B65A6C36523F43C31"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83BE7F7C57D24CF2B3FDC327019FCCB61">
+    <w:name w:val="83BE7F7C57D24CF2B3FDC327019FCCB61"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B08FB839342240D38CF791AA1DFB463F1">
+    <w:name w:val="B08FB839342240D38CF791AA1DFB463F1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EF13BE937714854882C7871BB8B1ED91">
+    <w:name w:val="8EF13BE937714854882C7871BB8B1ED91"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C1E448D090E496C90A4D5469000AD471">
+    <w:name w:val="3C1E448D090E496C90A4D5469000AD471"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB90A415E63443E3BCE0635D7ABEA9191">
+    <w:name w:val="BB90A415E63443E3BCE0635D7ABEA9191"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E95F44EDAA34FA79E3DFE8421540B5F1">
+    <w:name w:val="6E95F44EDAA34FA79E3DFE8421540B5F1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="866DD1D1624D4A7A9192E0C594BF7BD31">
+    <w:name w:val="866DD1D1624D4A7A9192E0C594BF7BD31"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3D3066365DE4392BCEF4240E6D017FD1">
+    <w:name w:val="D3D3066365DE4392BCEF4240E6D017FD1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCF1DC5B11A7474FAA1D09A2EF7497261">
+    <w:name w:val="DCF1DC5B11A7474FAA1D09A2EF7497261"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF821B0EA86D46B6871AF7C150BBD2461">
+    <w:name w:val="AF821B0EA86D46B6871AF7C150BBD2461"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EE8FC8A46314CCFB7EB15FA62467BA22">
+    <w:name w:val="6EE8FC8A46314CCFB7EB15FA62467BA22"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9CE80410A914B4D9B72791C085739D32">
+    <w:name w:val="C9CE80410A914B4D9B72791C085739D32"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FF6C5C701724118AE4A80DFFE9BAC3D1">
+    <w:name w:val="7FF6C5C701724118AE4A80DFFE9BAC3D1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33357051927F4164BBACB73BB7252F8A1">
+    <w:name w:val="33357051927F4164BBACB73BB7252F8A1"/>
+    <w:rsid w:val="00521B6F"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -7214,71 +8659,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-  <Words>461</Words>
+  <Pages>2</Pages>
+  <Words>501</Words>
   <Characters>2305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2761</CharactersWithSpaces>
+  <CharactersWithSpaces>2755</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>