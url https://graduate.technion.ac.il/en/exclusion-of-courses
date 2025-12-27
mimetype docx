--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -1,3901 +1,3087 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="60211244" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
-[...1 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w14:paraId="3131BF2D" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00760C89" w:rsidRDefault="00684119" w:rsidP="00760C89">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="6"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760C89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...9 lines deleted...]
-          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Exclusion of Courses</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10060" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8882"/>
+        <w:gridCol w:w="10060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00684119" w:rsidRPr="00391B89" w14:paraId="08D15FC6" w14:textId="77777777" w:rsidTr="006E3DCE">
+      <w:tr w:rsidR="00684119" w:rsidRPr="00301209" w14:paraId="08D15FC6" w14:textId="77777777" w:rsidTr="00733584">
+        <w:trPr>
+          <w:trHeight w:val="1309"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8882" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7FF5CA" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
-[...12 lines deleted...]
-          <w:p w14:paraId="34053B6C" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+          <w:p w14:paraId="34053B6C" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00684119">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This application may be submitted towards the end of studies</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47C56D6F" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+          <w:p w14:paraId="47C56D6F" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00684119">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Extra courses may be excluded provided their grade is 65 and up</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C0414EF" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+          <w:p w14:paraId="7C0414EF" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00684119">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Compulsory and/or required courses at time of admission may not be excluded</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43A41E51" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+          <w:p w14:paraId="43A41E51" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00684119">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Extra courses will not be included in the GPA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A2BEF42" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="00684119">
+          <w:p w14:paraId="528664AF" w14:textId="4EC8FB7A" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00272D6E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Please print, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sign</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by the advisor and the head/coordinator of the departmental graduate </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidR="001D7ECB" w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>committee</w:t>
+              <w:t>committee and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>submit</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the graduate secretary at the department.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="528664AF" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00942C27" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
-[...9 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6353EC5E" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+    <w:p w14:paraId="6353EC5E" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03A6A5BC" w14:textId="0D2065F7" w:rsidR="00760C89" w:rsidRPr="00301209" w:rsidRDefault="00760C89" w:rsidP="00760C89">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Student</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4F28" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4F28" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1912039527"/>
+          <w:placeholder>
+            <w:docPart w:val="DE41C12F2EE44605950C95FF2F726493"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BA74C8" w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0884479A" w14:textId="0D5A4F5D" w:rsidR="00760C89" w:rsidRPr="00301209" w:rsidRDefault="00BA74C8" w:rsidP="00BA74C8">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>I.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>D.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1387996486"/>
+          <w:placeholder>
+            <w:docPart w:val="5ABA742EF5D444389683F17895E323EF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E2C47" w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="158306B7" w14:textId="098ED6A3" w:rsidR="00760C89" w:rsidRPr="00301209" w:rsidRDefault="00BA74C8" w:rsidP="00BA74C8">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Department:</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2C47" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-560324140"/>
+          <w:placeholder>
+            <w:docPart w:val="3B47DD686A05476AAB7084E2197EBB88"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E2C47" w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3A2F34D1" w14:textId="77DDCC1A" w:rsidR="00DF370C" w:rsidRPr="00301209" w:rsidRDefault="00DF370C" w:rsidP="00DF370C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Degree:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215994961"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="5343A5285A1C4E59AFF83E3B1417F20D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="MSc" w:value="MSc"/>
+            <w:listItem w:displayText="PhD" w:value="PhD"/>
+            <w:listItem w:displayText="Non-degree" w:value="Non-degree"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B46E0F" w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="06CB6520" w14:textId="1D8E6E7E" w:rsidR="008D1198" w:rsidRPr="00301209" w:rsidRDefault="008D1198" w:rsidP="00AF0A2D">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Required supplementary credits:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1905672742"/>
+          <w:placeholder>
+            <w:docPart w:val="FD69306B72654101A85CFA97EB3FC055"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F206D9" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0A2D" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0A2D" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equired </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD67BD" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>raduate credits:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1798283145"/>
+          <w:placeholder>
+            <w:docPart w:val="ED0EAF7E264C47B59041E3495C16669F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F206D9" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062F7243" w14:textId="11184DD9" w:rsidR="008D1198" w:rsidRPr="00301209" w:rsidRDefault="008D1198" w:rsidP="008D1198">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>I took:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1702517029"/>
+          <w:placeholder>
+            <w:docPart w:val="F9BC037EA9D749BCA83F4F3B4D3F2DD9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suppl. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD67BD" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>redits,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-158007787"/>
+          <w:placeholder>
+            <w:docPart w:val="95CA7DEBE83C455596800CFAB1733467"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD67BD" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>raduate credits</w:t>
+      </w:r>
+      <w:r w:rsidR="00F206D9" w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EBF19C" w14:textId="43011739" w:rsidR="00A811FB" w:rsidRPr="00301209" w:rsidRDefault="00A811FB" w:rsidP="00A811FB">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GPA: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1141537125"/>
+          <w:placeholder>
+            <w:docPart w:val="0214EE1BECF94457918A673CBFE6DDA6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="28D3137B" w14:textId="2BD2D96B" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00891DAD" w:rsidP="00684119">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1081 lines deleted...]
-        <w:bidi w:val="0"/>
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I request not to include the following courses in my GPA:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1244"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1384"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="2023"/>
+        <w:gridCol w:w="2023"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2029"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00684119" w:rsidRPr="00391B89" w14:paraId="7E4F3326" w14:textId="77777777" w:rsidTr="006E3DCE">
+      <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="7E4F3326" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F30F2" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="449F30F2" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Semester studied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2596E5" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="2A2596E5" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1AA701" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="7F1AA701" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C85CD12" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="3C85CD12" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7419012E" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="7419012E" w14:textId="42CF7A81" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
+            <w:r w:rsidRPr="00301209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course no.</w:t>
+              <w:t>Course n</w:t>
+            </w:r>
+            <w:r w:rsidR="00733584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684119" w:rsidRPr="00391B89" w14:paraId="7E2616D9" w14:textId="77777777" w:rsidTr="006E3DCE">
+      <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="7E2616D9" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6A394F" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="3F6A394F" w14:textId="7DF6259F" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D17FEA">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-439061280"/>
+                <w:placeholder>
+                  <w:docPart w:val="ACE28428C416489FA8D9C71E63CBB2B4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Winter" w:value="Winter"/>
+                  <w:listItem w:displayText="Spring" w:value="Spring"/>
+                  <w:listItem w:displayText="Summer" w:value="Summer"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692552F4" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="692552F4" w14:textId="1C499911" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D17FEA">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-158918034"/>
+                <w:placeholder>
+                  <w:docPart w:val="D5FF8006A5154ADF9723150EFFE54792"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57EC50E0" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="57EC50E0" w14:textId="57C813C8" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D17FEA">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="359017648"/>
+                <w:placeholder>
+                  <w:docPart w:val="1FE9E75B4EFA42A0A668AD074A0CDB0F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE79358" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="1FE79358" w14:textId="5BE05183" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D17FEA">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="1111012792"/>
+                <w:placeholder>
+                  <w:docPart w:val="364435DF31054605B5A4E7F5E785E3EE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="1" w:name="_Hlk215995965"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="120C5503" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="120C5503" w14:textId="3ACFE651" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="976570034"/>
+                <w:placeholder>
+                  <w:docPart w:val="86EC95A9CFE84BD9ABE6450ABACB7A46"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684119" w:rsidRPr="00391B89" w14:paraId="7FCF63A6" w14:textId="77777777" w:rsidTr="006E3DCE">
+      <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="7FCF63A6" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16477CF8" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="16477CF8" w14:textId="5911C6B8" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="696504060"/>
+                <w:placeholder>
+                  <w:docPart w:val="6AFFA2FF87034CEF8CD9B94BA43CEB75"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Winter" w:value="Winter"/>
+                  <w:listItem w:displayText="Spring" w:value="Spring"/>
+                  <w:listItem w:displayText="Summer" w:value="Summer"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F91EC91" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="4F91EC91" w14:textId="72829DAB" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="325865422"/>
+                <w:placeholder>
+                  <w:docPart w:val="D3166DBDA30846A687AFB3BC33A5C09C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D528A" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="2C2D528A" w14:textId="4ABF78B6" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-264242045"/>
+                <w:placeholder>
+                  <w:docPart w:val="807656BCB51142A1A9AC6C73A1728FB0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C44622" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="61C44622" w14:textId="7F30712F" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-1662450198"/>
+                <w:placeholder>
+                  <w:docPart w:val="F2DF6DED0B874B4F849DD33D1FBB5931"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C36390" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="41C36390" w14:textId="7A5B7193" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="581416405"/>
+                <w:placeholder>
+                  <w:docPart w:val="12FBACDDE30F4EF18589F5F94852EB15"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684119" w:rsidRPr="00391B89" w14:paraId="16B6187D" w14:textId="77777777" w:rsidTr="006E3DCE">
+      <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="16B6187D" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522EDD6D" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="522EDD6D" w14:textId="028C20EE" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-597794437"/>
+                <w:placeholder>
+                  <w:docPart w:val="69E7F9632D4F4BA182765C3FC31E9EE8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Winter" w:value="Winter"/>
+                  <w:listItem w:displayText="Spring" w:value="Spring"/>
+                  <w:listItem w:displayText="Summer" w:value="Summer"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF17DD4" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="6AF17DD4" w14:textId="36D5CB50" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-827047537"/>
+                <w:placeholder>
+                  <w:docPart w:val="48DFB53882594836A45489FAB58AAC5B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D75290C" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="4D75290C" w14:textId="62C4C590" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-24170923"/>
+                <w:placeholder>
+                  <w:docPart w:val="DC2413D4D7644FBDB1E71DF38DA590C6"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B49517" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="22B49517" w14:textId="3C3524CC" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-1735231158"/>
+                <w:placeholder>
+                  <w:docPart w:val="E29C0202CFCD48768D4E9BE1A0E3843F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04C86422" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="04C86422" w14:textId="0E6615C9" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="2020729455"/>
+                <w:placeholder>
+                  <w:docPart w:val="718F3EFCA3414729A19A8F005EDD357B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684119" w:rsidRPr="00391B89" w14:paraId="38ADB4AF" w14:textId="77777777" w:rsidTr="006E3DCE">
+      <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="38ADB4AF" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D6265C" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="62D6265C" w14:textId="0553B5A2" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1308440345"/>
+                <w:placeholder>
+                  <w:docPart w:val="6F00B961E88A4AE3898165E73A35B6B5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Winter" w:value="Winter"/>
+                  <w:listItem w:displayText="Spring" w:value="Spring"/>
+                  <w:listItem w:displayText="Summer" w:value="Summer"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8A850B" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="4C8A850B" w14:textId="42CBBE39" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="1969554337"/>
+                <w:placeholder>
+                  <w:docPart w:val="5850843C46564BF28DD54F3F1B658D79"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="791EC6DE" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="791EC6DE" w14:textId="3F169D00" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-279338074"/>
+                <w:placeholder>
+                  <w:docPart w:val="9C1A28925F16408C86AC814AE9900CD4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC0249E" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="2CC0249E" w14:textId="5DCAC122" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="1029686740"/>
+                <w:placeholder>
+                  <w:docPart w:val="1D1C4DEF9956421BAC00360FB94DE556"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62497F83" w14:textId="77777777" w:rsidR="00684119" w:rsidRDefault="00684119" w:rsidP="006E3DCE">
+          <w:p w14:paraId="62497F83" w14:textId="4A56774B" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00391B89">
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:id w:val="-1327811268"/>
+                <w:placeholder>
+                  <w:docPart w:val="30B732224FCD4789B20FEA239278E391"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DE000C4" w14:textId="7619E7A7" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00891DAD" w:rsidP="00684119">
+    <w:p w14:paraId="4DE000C4" w14:textId="377AD8E5" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00891DAD" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Request reason:  </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Request reason:</w:t>
       </w:r>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...7 lines deleted...]
-        </w:fldChar>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Text11"/>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:bookmarkStart w:id="2" w:name="_Hlk215994911"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="8204E6237BD043A2B881F7ECEBFEC6B1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009D6CED" w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="5E3C0E42" w14:textId="627890E3" w:rsidR="005F7B9C" w:rsidRPr="00344B59" w:rsidRDefault="004C2690" w:rsidP="00CA1DEC">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0512EAEC" wp14:editId="39FC2F64">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-520065</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>424180</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7033539" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2103337450" name="Straight Connector 6">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7033539" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700">
+                          <a:prstDash val="dash"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="7831F4BF" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-40.95pt,33.4pt" to="512.85pt,33.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA93jC7sQEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtNGkEyznEaC9F&#10;GrTJBzDU0iLKF5asJf99l5QtF30AQdALRXJ3ZmeWq83taA07AEbtXcuXi5ozcNJ32u1b/vT48d0H&#10;zmISrhPGO2j5ESK/3b59sxlCAyvfe9MBMiJxsRlCy/uUQlNVUfZgRVz4AI6CyqMViY64rzoUA7Fb&#10;U63q+qoaPHYBvYQY6XY3Bfm28CsFMn1RKkJipuWkLZUVy/qc12q7Ec0eRei1PMkQr1BhhXZUdKba&#10;iSTYD9R/UFkt0Uev0kJ6W3mltITigdws69/cfOtFgOKFmhPD3Kb4/2jl/eHOPSC1YQixieEBs4tR&#10;oc1f0sfG0qzj3CwYE5N0eV2v1+/XN5zJc6y6AAPG9Am8ZXnTcqNd9iEacfgcExWj1HNKvjaODTQ9&#10;q+u6Lmk5thOxZwdB79bRLj8UgYyjz0Vp2aWjgYnkKyimO9K2LCxliODO4Inm+3JmocwMUdqYGTSV&#10;/ifolJthUAbrpcA5u1T0Ls1Aq53Hv0lN41mqmvLPriev2faz747l3Uo7aDpKf06TnMfv13OBX/63&#10;7U8AAAD//wMAUEsDBBQABgAIAAAAIQB71NEE3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSHuHyJN229JWWulK02lC47LBgcE4p41pKxqnSrK1vD2ZOMDR9qff319sJ92zK1rXGRIQ&#10;ryJgSLVRHTUC3t+elhkw5yUp2RtCAd/oYFvO7gqZKzPSK15PvmEhhFwuBbTeDznnrm5RS7cyA1K4&#10;fRqrpQ+jbbiycgzhuudJFKVcy47Ch1YO+Nhi/XW6aAH1/nDO4qTyL8fnj2S/W1t1HK0Qi/m0ewDm&#10;cfJ/MNz0gzqUwakyF1KO9QKWWbwJqIA0DRVuQJSs74FVvxteFvx/hfIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAPd4wu7EBAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAe9TRBN4AAAAKAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+                <v:stroke dashstyle="dash" joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Student signature</w:t>
       </w:r>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:r w:rsidR="002B471D" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00684119" w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:noProof/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">Student signature </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-132406095"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002D7728">
+          <w:r w:rsidR="002D7728" w:rsidRPr="00344B59">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39083A68" wp14:editId="19A15C78">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39083A68" wp14:editId="799DA58E">
                 <wp:extent cx="866775" cy="257175"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-                <wp:docPr id="1870350352" name="Picture 1"/>
+                <wp:docPr id="1870350352" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="1870350352" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="866775" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       Date </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...7 lines deleted...]
-        </w:fldChar>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text10"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="00F00A3F" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="00F00A3F" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:bookmarkStart w:id="3" w:name="_Hlk215994920"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-1295367560"/>
+          <w:placeholder>
+            <w:docPart w:val="413BC9C463884401A6B738AD34A3928E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="008B3C62" w:rsidRPr="00344B59">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="73A14A0D" w14:textId="55A28CAC" w:rsidR="006326AA" w:rsidRPr="00301209" w:rsidRDefault="006326AA" w:rsidP="005F7B9C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E64DBD6" w14:textId="36A6C364" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006326AA">
+      <w:pPr>
+        <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Advisor's recommendation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:noProof/>
-[...61 lines deleted...]
-        <w:t xml:space="preserve">Advisor's recommendation (please refer to the significance of the course for the </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (please refer to the significance of the course for the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>student's</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> studie</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> studies):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B855CEC" w14:textId="08E2383A" w:rsidR="001543F5" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="00684119">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+          <w:id w:val="-1399581101"/>
+          <w:placeholder>
+            <w:docPart w:val="E2B69B07C40C4356A8F0810689B521C5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="001543F5" w:rsidRPr="00301209">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0B836B55" w14:textId="77C8E8CA" w:rsidR="00684119" w:rsidRPr="00344B59" w:rsidRDefault="00344B59" w:rsidP="00344B59">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Advisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004673F5" w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="577C96B6" wp14:editId="1DA15443">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-506095</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>411480</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7033260" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="755527511" name="Straight Connector 6">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7033260" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700">
+                          <a:prstDash val="dash"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="6A76D80D" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-39.85pt,32.4pt" to="513.95pt,32.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5yCRbsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IdICkEyznESC9F&#10;G7TNBzDU0iLCF5asJf99l5QtB0kLBEEuFMndmZ1ZrtY3ozVsDxi1dy1fLmrOwEnfabdr+cPvu89f&#10;OItJuE4Y76DlB4j8ZvPpYj2EBla+96YDZETiYjOElvcphaaqouzBirjwARwFlUcrEh1xV3UoBmK3&#10;plrV9VU1eOwCegkx0u12CvJN4VcKZPqhVITETMtJWyorlvUxr9VmLZoditBreZQh3qHCCu2o6Ey1&#10;FUmwP6hfUVkt0Uev0kJ6W3mltITigdws6xdufvUiQPFCzYlhblP8OFr5fX/r7pHaMITYxHCP2cWo&#10;0OYv6WNjadZhbhaMiUm6vK4vL1dX1FN5ilVnYMCYvoK3LG9abrTLPkQj9t9iomKUekrJ18axgaZn&#10;dV3XJS3HtiL2bC/o3Tra5YcikHH0OSstu3QwMJH8BMV0R9qWhaUMEdwaPNI8LWcWyswQpY2ZQVPp&#10;/4KOuRkGZbDeCpyzS0Xv0gy02nn8l9Q0nqSqKf/kevKabT/67lDerbSDpqP05zjJefyenwv8/L9t&#10;/gIAAP//AwBQSwMEFAAGAAgAAAAhAEIzJWDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01P&#10;wzAMhu9I/IfISNy2dBWsW6k7TWhcGBwYH+e0MW1F41RJtpZ/TyYOcLT96PXzFpvJ9OJEzneWERbz&#10;BARxbXXHDcLb68NsBcIHxVr1lgnhmzxsysuLQuXajvxCp0NoRAxhnyuENoQhl9LXLRnl53YgjrdP&#10;64wKcXSN1E6NMdz0Mk2SpTSq4/ihVQPdt1R/HY4God49vq8WaRWe908f6W576/R+dIjXV9P2DkSg&#10;KfzBcNaP6lBGp8oeWXvRI8yydRZRhOVNrHAGkjRbg6h+N7Is5P8K5Q8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAucgkW7ABAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAQjMlYN8AAAAKAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+                <v:stroke dashstyle="dash" joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+          <w:id w:val="-1876689354"/>
+          <w:placeholder>
+            <w:docPart w:val="C8D8DF43A8FC45AE87A883C6BB3A79AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00344B59">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t>s</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Advisor signature</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="001543F5" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t>):</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:bidi w:val="0"/>
+      <w:r w:rsidR="002D7728" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...90 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1720577497"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002D7728">
+          <w:r w:rsidR="002D7728" w:rsidRPr="00344B59">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E5E55E2" wp14:editId="406B3F4C">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 5"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E5E55E2" wp14:editId="3AB08AB6">
+                <wp:extent cx="759941" cy="227330"/>
+                <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
+                <wp:docPr id="2" name="Picture 5" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 5" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1117718" cy="209626"/>
+                          <a:ext cx="764711" cy="228757"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-164172112"/>
+          <w:placeholder>
+            <w:docPart w:val="A91926114B054E1490853F4A9F086F74"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00344B59">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="4BB9575F" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+    <w:p w14:paraId="115C54EC" w14:textId="2821C545" w:rsidR="005F7B9C" w:rsidRPr="00301209" w:rsidRDefault="005F7B9C" w:rsidP="005F7B9C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BB9575F" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="001E3A3C" w:rsidRDefault="00684119" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00391B89">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E3A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Recommendation of the Graduate Studies Committee:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2059B9E5" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00391B89" w:rsidRDefault="00684119" w:rsidP="00684119">
+    <w:p w14:paraId="2059B9E5" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00391B89">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Graduate Studies Committee is certain that the cancellation of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>course/s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not impair the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>student's</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> research work. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A39D86C" w14:textId="1A57803E" w:rsidR="00747D06" w:rsidRPr="00684119" w:rsidRDefault="00684119" w:rsidP="00684119">
+    <w:p w14:paraId="2A39D86C" w14:textId="5920E5D2" w:rsidR="00747D06" w:rsidRPr="00344B59" w:rsidRDefault="00344B59" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00391B89">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Committee signature </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of committee head: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+          <w:id w:val="850378100"/>
+          <w:placeholder>
+            <w:docPart w:val="D176C31B86C9432D957DDDD9E66C391F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00344B59">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> head</w:t>
+      </w:r>
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signature</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3A3C" w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1525246082"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00891DAD">
+          <w:r w:rsidR="00891DAD" w:rsidRPr="00344B59">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69ABA37A" wp14:editId="0AF6D95B">
-[...2 lines deleted...]
-                <wp:docPr id="3" name="Picture 6"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69ABA37A" wp14:editId="1FD88169">
+                <wp:extent cx="597267" cy="247015"/>
+                <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                <wp:docPr id="3" name="Picture 6" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="3" name="Picture 6" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="904875" cy="247650"/>
+                          <a:ext cx="620277" cy="256531"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve">   Date </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...7 lines deleted...]
-        </w:fldChar>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date</w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text13"/>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="001E3A3C" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
+      <w:r w:rsidR="001E3A3C" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00391B89">
-[...46 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-384257276"/>
+          <w:placeholder>
+            <w:docPart w:val="9676557F2267485FB8B49FFF2CB26674"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="001E3A3C" w:rsidRPr="00344B59">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00684119" w:rsidSect="00747D06">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00344B59" w:rsidSect="00747D06">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D8F41BB" w14:textId="77777777" w:rsidR="00747C05" w:rsidRDefault="00747C05" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="231E57E3" w14:textId="77777777" w:rsidR="00747C05" w:rsidRDefault="00747C05" w:rsidP="0055655F">
@@ -4049,51 +3235,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="45487729" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="5B8E9379" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -4821,70 +4007,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="3D8502F7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="Graduate School Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="Graduate School Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -6575,201 +5761,242 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1615020181">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7pOYvOKt1OLZ7+XUx38QCNbzWTEVHmLhDA1ofqU7M17i6usrjYk085jH+PEwBRgf5G6B7VyH5lVxaji34eM81g==" w:salt="j5DmDd01OWezI8BKoTGnTw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hqwIufDDrI2oY67NQFvoShC+wvzQs5k7LC3C93Hjb+t5nJrBMqLX2gD4KidRVUcSowROmemHWegvp920FS/5Tw==" w:salt="9+VNxAdgcjD8/HE0iVzPbg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="000912B5"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
+    <w:rsid w:val="001543F5"/>
+    <w:rsid w:val="00155978"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
+    <w:rsid w:val="001B14DA"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001D7ECB"/>
+    <w:rsid w:val="001E3A3C"/>
+    <w:rsid w:val="001E43D3"/>
+    <w:rsid w:val="001F7373"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
+    <w:rsid w:val="00272D6E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A52FD"/>
+    <w:rsid w:val="002B471D"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002D7728"/>
+    <w:rsid w:val="002E2C47"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
+    <w:rsid w:val="00301209"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
+    <w:rsid w:val="00344B59"/>
     <w:rsid w:val="00355673"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
+    <w:rsid w:val="004673F5"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004C2690"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="00504AC6"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
+    <w:rsid w:val="005C4F28"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
+    <w:rsid w:val="005F7B9C"/>
     <w:rsid w:val="00625133"/>
+    <w:rsid w:val="006326AA"/>
+    <w:rsid w:val="006503EB"/>
+    <w:rsid w:val="00665F6B"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00684119"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
+    <w:rsid w:val="006E6709"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
+    <w:rsid w:val="00733584"/>
     <w:rsid w:val="0074682A"/>
     <w:rsid w:val="00747C05"/>
     <w:rsid w:val="00747D06"/>
+    <w:rsid w:val="00760C89"/>
+    <w:rsid w:val="007960BC"/>
+    <w:rsid w:val="007C561E"/>
+    <w:rsid w:val="007C6B17"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="00885745"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="00891DAD"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
+    <w:rsid w:val="008B3C62"/>
+    <w:rsid w:val="008D1198"/>
     <w:rsid w:val="008F267F"/>
+    <w:rsid w:val="008F6D0F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D56C9"/>
+    <w:rsid w:val="009D6CED"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
+    <w:rsid w:val="00A811FB"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AD6152"/>
+    <w:rsid w:val="00AF0A2D"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
+    <w:rsid w:val="00B46E0F"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
+    <w:rsid w:val="00BA74C8"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C26C4F"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C46A3E"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
+    <w:rsid w:val="00CA1DEC"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D14F36"/>
     <w:rsid w:val="00D164CF"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
+    <w:rsid w:val="00DF370C"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00EF6FCE"/>
+    <w:rsid w:val="00F00A3F"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
+    <w:rsid w:val="00F206D9"/>
+    <w:rsid w:val="00F35115"/>
     <w:rsid w:val="00F37F7F"/>
     <w:rsid w:val="00F56C77"/>
+    <w:rsid w:val="00F94403"/>
     <w:rsid w:val="00FC7D42"/>
+    <w:rsid w:val="00FD67BD"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7157,50 +6384,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00344B59"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00747D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -7477,59 +6705,1946 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DE41C12F2EE44605950C95FF2F726493"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{955C543E-6A35-457B-A85F-5328779E8927}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="DE41C12F2EE44605950C95FF2F726493"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5343A5285A1C4E59AFF83E3B1417F20D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A98CDF2F-94A5-494E-BAB8-20F834F923F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="5343A5285A1C4E59AFF83E3B1417F20D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5ABA742EF5D444389683F17895E323EF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59946E8E-8E8E-4296-81FE-2258C2A66FE2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="5ABA742EF5D444389683F17895E323EF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B47DD686A05476AAB7084E2197EBB88"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D1C0A2AC-C5F0-4B73-96CF-1E498875C28E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="3B47DD686A05476AAB7084E2197EBB88"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FD69306B72654101A85CFA97EB3FC055"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{86481277-CB33-4F92-BDDB-5866805531E8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="FD69306B72654101A85CFA97EB3FC055"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ED0EAF7E264C47B59041E3495C16669F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C2EDCAE6-16C8-41C3-B680-4D75CBB950BB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="ED0EAF7E264C47B59041E3495C16669F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F9BC037EA9D749BCA83F4F3B4D3F2DD9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{67676E36-678A-4F07-83E8-866A7E4ED4DE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="F9BC037EA9D749BCA83F4F3B4D3F2DD9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="95CA7DEBE83C455596800CFAB1733467"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{591288D5-C982-4A96-9EB6-EDB05DA4BA8D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="95CA7DEBE83C455596800CFAB1733467"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0214EE1BECF94457918A673CBFE6DDA6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{97D7FF91-9C35-4AF0-A0E6-EEBD77208B08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="0214EE1BECF94457918A673CBFE6DDA6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="86EC95A9CFE84BD9ABE6450ABACB7A46"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6E10FEF2-9539-4B03-B65B-2679D5745BCC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="86EC95A9CFE84BD9ABE6450ABACB7A46"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="364435DF31054605B5A4E7F5E785E3EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CD8762B9-CA99-4610-BE3B-162A84C26096}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="364435DF31054605B5A4E7F5E785E3EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1FE9E75B4EFA42A0A668AD074A0CDB0F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{337856D7-17CD-4D2B-BFE4-A76FD2235682}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="1FE9E75B4EFA42A0A668AD074A0CDB0F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D5FF8006A5154ADF9723150EFFE54792"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F1C0F46B-8850-4CF2-9CA8-CDDAB9DB7018}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="D5FF8006A5154ADF9723150EFFE54792"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ACE28428C416489FA8D9C71E63CBB2B4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{00A99875-CF91-4674-9911-6FB823694EE1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="ACE28428C416489FA8D9C71E63CBB2B4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6AFFA2FF87034CEF8CD9B94BA43CEB75"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0C339CAD-535B-481B-B8E8-DF517DDF6C26}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="6AFFA2FF87034CEF8CD9B94BA43CEB75"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D3166DBDA30846A687AFB3BC33A5C09C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{23A21486-821E-4529-89C3-A50347A0830B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="D3166DBDA30846A687AFB3BC33A5C09C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="807656BCB51142A1A9AC6C73A1728FB0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A410497C-FA61-4F7A-BBC1-388E02E1703F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="807656BCB51142A1A9AC6C73A1728FB0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F2DF6DED0B874B4F849DD33D1FBB5931"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F7258416-A7CE-4BA1-A545-0B9C625FEBA2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="F2DF6DED0B874B4F849DD33D1FBB5931"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="12FBACDDE30F4EF18589F5F94852EB15"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60E452B5-0B37-4A09-8252-91F346B18E70}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="12FBACDDE30F4EF18589F5F94852EB15"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="69E7F9632D4F4BA182765C3FC31E9EE8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B4A83E89-1F56-4B4A-9B34-014427DA5148}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="69E7F9632D4F4BA182765C3FC31E9EE8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="48DFB53882594836A45489FAB58AAC5B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7DEC1E1C-C911-42AA-8446-07AF227948A2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="48DFB53882594836A45489FAB58AAC5B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DC2413D4D7644FBDB1E71DF38DA590C6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12F25D8F-1AAF-4F3B-B7CE-912D988EE16B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="DC2413D4D7644FBDB1E71DF38DA590C6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E29C0202CFCD48768D4E9BE1A0E3843F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A2FA0803-CD90-4B49-B0B7-B2F11B948870}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="E29C0202CFCD48768D4E9BE1A0E3843F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="718F3EFCA3414729A19A8F005EDD357B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D5C47D40-30D1-4746-9732-17379CB61F65}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="718F3EFCA3414729A19A8F005EDD357B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6F00B961E88A4AE3898165E73A35B6B5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F8659FA-D825-4BDA-B147-C807065CEC4D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="6F00B961E88A4AE3898165E73A35B6B5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5850843C46564BF28DD54F3F1B658D79"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{112EA6F5-BDD5-4317-BBD5-EFCC52857B56}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="5850843C46564BF28DD54F3F1B658D79"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9C1A28925F16408C86AC814AE9900CD4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FBF47CEA-084E-4AA7-916E-1A546F3DECC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="9C1A28925F16408C86AC814AE9900CD4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1D1C4DEF9956421BAC00360FB94DE556"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EA55FC8C-6340-4292-B432-CF110454FF17}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="1D1C4DEF9956421BAC00360FB94DE556"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="30B732224FCD4789B20FEA239278E391"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3745D3A0-1026-42DF-A2C8-999403AD5C6A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="30B732224FCD4789B20FEA239278E391"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="413BC9C463884401A6B738AD34A3928E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ACC33EB5-916E-4C2B-B74F-398F072BCDC8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="413BC9C463884401A6B738AD34A3928E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8204E6237BD043A2B881F7ECEBFEC6B1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{02A83885-B048-4A5B-8EA6-D0D7A85A9362}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="8204E6237BD043A2B881F7ECEBFEC6B1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E2B69B07C40C4356A8F0810689B521C5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5FAB9BD2-7C10-4811-A7F6-18A712FB8359}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="E2B69B07C40C4356A8F0810689B521C5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9676557F2267485FB8B49FFF2CB26674"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E28DAEFC-61CA-423B-B927-D3FD758CE329}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D50E79" w:rsidRDefault="00D50E79" w:rsidP="00D50E79">
+          <w:pPr>
+            <w:pStyle w:val="9676557F2267485FB8B49FFF2CB26674"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C8D8DF43A8FC45AE87A883C6BB3A79AB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4246B26F-5AEA-43E3-9F22-2CB55D4C98A1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00B527BB" w:rsidRDefault="00B527BB" w:rsidP="00B527BB">
+          <w:pPr>
+            <w:pStyle w:val="C8D8DF43A8FC45AE87A883C6BB3A79AB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D176C31B86C9432D957DDDD9E66C391F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{14D4B2A0-781D-4101-887A-3EF3D64C1CC2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00B527BB" w:rsidRDefault="00B527BB" w:rsidP="00B527BB">
+          <w:pPr>
+            <w:pStyle w:val="D176C31B86C9432D957DDDD9E66C391F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A91926114B054E1490853F4A9F086F74"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{556C824D-A057-4BBF-8915-7AEB75CA6F51}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00B527BB" w:rsidRDefault="00B527BB" w:rsidP="00B527BB">
+          <w:pPr>
+            <w:pStyle w:val="A91926114B054E1490853F4A9F086F74"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:altName w:val="Malgun Gothic Semilight"/>
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D50E79"/>
+    <w:rsid w:val="00155978"/>
+    <w:rsid w:val="00885745"/>
+    <w:rsid w:val="00B527BB"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B527BB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE41C12F2EE44605950C95FF2F726493">
+    <w:name w:val="DE41C12F2EE44605950C95FF2F726493"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5343A5285A1C4E59AFF83E3B1417F20D">
+    <w:name w:val="5343A5285A1C4E59AFF83E3B1417F20D"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5ABA742EF5D444389683F17895E323EF">
+    <w:name w:val="5ABA742EF5D444389683F17895E323EF"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B47DD686A05476AAB7084E2197EBB88">
+    <w:name w:val="3B47DD686A05476AAB7084E2197EBB88"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD69306B72654101A85CFA97EB3FC055">
+    <w:name w:val="FD69306B72654101A85CFA97EB3FC055"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED0EAF7E264C47B59041E3495C16669F">
+    <w:name w:val="ED0EAF7E264C47B59041E3495C16669F"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9BC037EA9D749BCA83F4F3B4D3F2DD9">
+    <w:name w:val="F9BC037EA9D749BCA83F4F3B4D3F2DD9"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="95CA7DEBE83C455596800CFAB1733467">
+    <w:name w:val="95CA7DEBE83C455596800CFAB1733467"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0214EE1BECF94457918A673CBFE6DDA6">
+    <w:name w:val="0214EE1BECF94457918A673CBFE6DDA6"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86EC95A9CFE84BD9ABE6450ABACB7A46">
+    <w:name w:val="86EC95A9CFE84BD9ABE6450ABACB7A46"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="364435DF31054605B5A4E7F5E785E3EE">
+    <w:name w:val="364435DF31054605B5A4E7F5E785E3EE"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FE9E75B4EFA42A0A668AD074A0CDB0F">
+    <w:name w:val="1FE9E75B4EFA42A0A668AD074A0CDB0F"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5FF8006A5154ADF9723150EFFE54792">
+    <w:name w:val="D5FF8006A5154ADF9723150EFFE54792"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACE28428C416489FA8D9C71E63CBB2B4">
+    <w:name w:val="ACE28428C416489FA8D9C71E63CBB2B4"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AFFA2FF87034CEF8CD9B94BA43CEB75">
+    <w:name w:val="6AFFA2FF87034CEF8CD9B94BA43CEB75"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3166DBDA30846A687AFB3BC33A5C09C">
+    <w:name w:val="D3166DBDA30846A687AFB3BC33A5C09C"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="807656BCB51142A1A9AC6C73A1728FB0">
+    <w:name w:val="807656BCB51142A1A9AC6C73A1728FB0"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2DF6DED0B874B4F849DD33D1FBB5931">
+    <w:name w:val="F2DF6DED0B874B4F849DD33D1FBB5931"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12FBACDDE30F4EF18589F5F94852EB15">
+    <w:name w:val="12FBACDDE30F4EF18589F5F94852EB15"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69E7F9632D4F4BA182765C3FC31E9EE8">
+    <w:name w:val="69E7F9632D4F4BA182765C3FC31E9EE8"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48DFB53882594836A45489FAB58AAC5B">
+    <w:name w:val="48DFB53882594836A45489FAB58AAC5B"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC2413D4D7644FBDB1E71DF38DA590C6">
+    <w:name w:val="DC2413D4D7644FBDB1E71DF38DA590C6"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E29C0202CFCD48768D4E9BE1A0E3843F">
+    <w:name w:val="E29C0202CFCD48768D4E9BE1A0E3843F"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="718F3EFCA3414729A19A8F005EDD357B">
+    <w:name w:val="718F3EFCA3414729A19A8F005EDD357B"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F00B961E88A4AE3898165E73A35B6B5">
+    <w:name w:val="6F00B961E88A4AE3898165E73A35B6B5"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5850843C46564BF28DD54F3F1B658D79">
+    <w:name w:val="5850843C46564BF28DD54F3F1B658D79"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C1A28925F16408C86AC814AE9900CD4">
+    <w:name w:val="9C1A28925F16408C86AC814AE9900CD4"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D1C4DEF9956421BAC00360FB94DE556">
+    <w:name w:val="1D1C4DEF9956421BAC00360FB94DE556"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30B732224FCD4789B20FEA239278E391">
+    <w:name w:val="30B732224FCD4789B20FEA239278E391"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8D8DF43A8FC45AE87A883C6BB3A79AB">
+    <w:name w:val="C8D8DF43A8FC45AE87A883C6BB3A79AB"/>
+    <w:rsid w:val="00B527BB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="413BC9C463884401A6B738AD34A3928E">
+    <w:name w:val="413BC9C463884401A6B738AD34A3928E"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8204E6237BD043A2B881F7ECEBFEC6B1">
+    <w:name w:val="8204E6237BD043A2B881F7ECEBFEC6B1"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2B69B07C40C4356A8F0810689B521C5">
+    <w:name w:val="E2B69B07C40C4356A8F0810689B521C5"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9676557F2267485FB8B49FFF2CB26674">
+    <w:name w:val="9676557F2267485FB8B49FFF2CB26674"/>
+    <w:rsid w:val="00D50E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D176C31B86C9432D957DDDD9E66C391F">
+    <w:name w:val="D176C31B86C9432D957DDDD9E66C391F"/>
+    <w:rsid w:val="00B527BB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A91926114B054E1490853F4A9F086F74">
+    <w:name w:val="A91926114B054E1490853F4A9F086F74"/>
+    <w:rsid w:val="00B527BB"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7788,70 +8903,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>290</Words>
-  <Characters>1451</Characters>
+  <Words>436</Words>
+  <Characters>1860</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1738</CharactersWithSpaces>
+  <CharactersWithSpaces>2236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>