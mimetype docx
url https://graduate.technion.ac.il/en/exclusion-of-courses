--- v1 (2025-12-27)
+++ v2 (2026-02-26)
@@ -308,54 +308,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1912039527"/>
           <w:placeholder>
             <w:docPart w:val="DE41C12F2EE44605950C95FF2F726493"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BA74C8" w:rsidRPr="00301209">
+          <w:r w:rsidR="00BA74C8" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0884479A" w14:textId="0D5A4F5D" w:rsidR="00760C89" w:rsidRPr="00301209" w:rsidRDefault="00BA74C8" w:rsidP="00BA74C8">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -392,54 +393,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1387996486"/>
           <w:placeholder>
             <w:docPart w:val="5ABA742EF5D444389683F17895E323EF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="002E2C47" w:rsidRPr="00301209">
+          <w:r w:rsidR="002E2C47" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="158306B7" w14:textId="098ED6A3" w:rsidR="00760C89" w:rsidRPr="00301209" w:rsidRDefault="00BA74C8" w:rsidP="00BA74C8">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -452,54 +454,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-560324140"/>
           <w:placeholder>
             <w:docPart w:val="3B47DD686A05476AAB7084E2197EBB88"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="002E2C47" w:rsidRPr="00301209">
+          <w:r w:rsidR="002E2C47" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3A2F34D1" w14:textId="77DDCC1A" w:rsidR="00DF370C" w:rsidRPr="00301209" w:rsidRDefault="00DF370C" w:rsidP="00DF370C">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -517,54 +520,55 @@
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk215994961"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="649712067"/>
           <w:placeholder>
             <w:docPart w:val="5343A5285A1C4E59AFF83E3B1417F20D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="MSc" w:value="MSc"/>
             <w:listItem w:displayText="PhD" w:value="PhD"/>
             <w:listItem w:displayText="Non-degree" w:value="Non-degree"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B46E0F" w:rsidRPr="00301209">
+          <w:r w:rsidR="00B46E0F" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="06CB6520" w14:textId="1D8E6E7E" w:rsidR="008D1198" w:rsidRPr="00301209" w:rsidRDefault="008D1198" w:rsidP="00AF0A2D">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -578,54 +582,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1905672742"/>
           <w:placeholder>
             <w:docPart w:val="FD69306B72654101A85CFA97EB3FC055"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00301209">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F206D9" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF0A2D" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF0A2D" w:rsidRPr="00301209">
         <w:rPr>
@@ -674,54 +679,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1798283145"/>
           <w:placeholder>
             <w:docPart w:val="ED0EAF7E264C47B59041E3495C16669F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00301209">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F206D9" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062F7243" w14:textId="11184DD9" w:rsidR="008D1198" w:rsidRPr="00301209" w:rsidRDefault="008D1198" w:rsidP="008D1198">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -742,54 +748,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1702517029"/>
           <w:placeholder>
             <w:docPart w:val="F9BC037EA9D749BCA83F4F3B4D3F2DD9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00301209">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">suppl. </w:t>
       </w:r>
@@ -820,54 +827,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-158007787"/>
           <w:placeholder>
             <w:docPart w:val="95CA7DEBE83C455596800CFAB1733467"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00301209">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD67BD" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
@@ -912,54 +920,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">GPA: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1141537125"/>
           <w:placeholder>
             <w:docPart w:val="0214EE1BECF94457918A673CBFE6DDA6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00301209">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="28D3137B" w14:textId="2BD2D96B" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00891DAD" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
@@ -1109,900 +1118,920 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course n</w:t>
             </w:r>
             <w:r w:rsidR="00733584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="7E2616D9" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6A394F" w14:textId="7DF6259F" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
+          <w:p w14:paraId="3F6A394F" w14:textId="7DF6259F" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-439061280"/>
                 <w:placeholder>
                   <w:docPart w:val="ACE28428C416489FA8D9C71E63CBB2B4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Winter" w:value="Winter"/>
                   <w:listItem w:displayText="Spring" w:value="Spring"/>
                   <w:listItem w:displayText="Summer" w:value="Summer"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692552F4" w14:textId="1C499911" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
+          <w:p w14:paraId="692552F4" w14:textId="1C499911" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-158918034"/>
                 <w:placeholder>
                   <w:docPart w:val="D5FF8006A5154ADF9723150EFFE54792"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                <w:r w:rsidR="001F7373" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57EC50E0" w14:textId="57C813C8" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
+          <w:p w14:paraId="57EC50E0" w14:textId="57C813C8" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="359017648"/>
                 <w:placeholder>
                   <w:docPart w:val="1FE9E75B4EFA42A0A668AD074A0CDB0F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                <w:r w:rsidR="001F7373" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE79358" w14:textId="5BE05183" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
+          <w:p w14:paraId="1FE79358" w14:textId="5BE05183" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1111012792"/>
                 <w:placeholder>
                   <w:docPart w:val="364435DF31054605B5A4E7F5E785E3EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                <w:r w:rsidR="001F7373" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="1" w:name="_Hlk215995965"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="120C5503" w14:textId="3ACFE651" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="006E3DCE">
+          <w:p w14:paraId="120C5503" w14:textId="3ACFE651" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="006E3DCE">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="976570034"/>
                 <w:placeholder>
                   <w:docPart w:val="86EC95A9CFE84BD9ABE6450ABACB7A46"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001F7373" w:rsidRPr="00301209">
+                <w:r w:rsidR="001F7373" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="7FCF63A6" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16477CF8" w14:textId="5911C6B8" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="16477CF8" w14:textId="5911C6B8" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="696504060"/>
                 <w:placeholder>
                   <w:docPart w:val="6AFFA2FF87034CEF8CD9B94BA43CEB75"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Winter" w:value="Winter"/>
                   <w:listItem w:displayText="Spring" w:value="Spring"/>
                   <w:listItem w:displayText="Summer" w:value="Summer"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F91EC91" w14:textId="72829DAB" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="4F91EC91" w14:textId="72829DAB" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="325865422"/>
                 <w:placeholder>
                   <w:docPart w:val="D3166DBDA30846A687AFB3BC33A5C09C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D528A" w14:textId="4ABF78B6" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="2C2D528A" w14:textId="4ABF78B6" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-264242045"/>
                 <w:placeholder>
                   <w:docPart w:val="807656BCB51142A1A9AC6C73A1728FB0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C44622" w14:textId="7F30712F" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="61C44622" w14:textId="7F30712F" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1662450198"/>
                 <w:placeholder>
                   <w:docPart w:val="F2DF6DED0B874B4F849DD33D1FBB5931"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C36390" w14:textId="7A5B7193" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="41C36390" w14:textId="7A5B7193" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="581416405"/>
                 <w:placeholder>
                   <w:docPart w:val="12FBACDDE30F4EF18589F5F94852EB15"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="16B6187D" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522EDD6D" w14:textId="028C20EE" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="522EDD6D" w14:textId="028C20EE" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-597794437"/>
                 <w:placeholder>
                   <w:docPart w:val="69E7F9632D4F4BA182765C3FC31E9EE8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Winter" w:value="Winter"/>
                   <w:listItem w:displayText="Spring" w:value="Spring"/>
                   <w:listItem w:displayText="Summer" w:value="Summer"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF17DD4" w14:textId="36D5CB50" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="6AF17DD4" w14:textId="36D5CB50" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-827047537"/>
                 <w:placeholder>
                   <w:docPart w:val="48DFB53882594836A45489FAB58AAC5B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D75290C" w14:textId="62C4C590" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="4D75290C" w14:textId="62C4C590" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-24170923"/>
                 <w:placeholder>
                   <w:docPart w:val="DC2413D4D7644FBDB1E71DF38DA590C6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B49517" w14:textId="3C3524CC" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="22B49517" w14:textId="3C3524CC" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1735231158"/>
                 <w:placeholder>
                   <w:docPart w:val="E29C0202CFCD48768D4E9BE1A0E3843F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04C86422" w14:textId="0E6615C9" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="04C86422" w14:textId="0E6615C9" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="2020729455"/>
                 <w:placeholder>
                   <w:docPart w:val="718F3EFCA3414729A19A8F005EDD357B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA1DEC" w:rsidRPr="00301209" w14:paraId="38ADB4AF" w14:textId="77777777" w:rsidTr="00CA1DEC">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D6265C" w14:textId="0553B5A2" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="62D6265C" w14:textId="0553B5A2" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1308440345"/>
                 <w:placeholder>
                   <w:docPart w:val="6F00B961E88A4AE3898165E73A35B6B5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Winter" w:value="Winter"/>
                   <w:listItem w:displayText="Spring" w:value="Spring"/>
                   <w:listItem w:displayText="Summer" w:value="Summer"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8A850B" w14:textId="42CBBE39" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="4C8A850B" w14:textId="42CBBE39" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1969554337"/>
                 <w:placeholder>
                   <w:docPart w:val="5850843C46564BF28DD54F3F1B658D79"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="791EC6DE" w14:textId="3F169D00" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="791EC6DE" w14:textId="3F169D00" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-279338074"/>
                 <w:placeholder>
                   <w:docPart w:val="9C1A28925F16408C86AC814AE9900CD4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC0249E" w14:textId="5DCAC122" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="2CC0249E" w14:textId="5DCAC122" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1029686740"/>
                 <w:placeholder>
                   <w:docPart w:val="1D1C4DEF9956421BAC00360FB94DE556"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62497F83" w14:textId="4A56774B" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="007960BC">
+          <w:p w14:paraId="62497F83" w14:textId="4A56774B" w:rsidR="007960BC" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="007960BC">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1327811268"/>
                 <w:placeholder>
                   <w:docPart w:val="30B732224FCD4789B20FEA239278E391"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007960BC" w:rsidRPr="00301209">
+                <w:r w:rsidR="007960BC" w:rsidRPr="00680A8B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DE000C4" w14:textId="377AD8E5" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00891DAD" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2021,54 +2050,55 @@
       </w:r>
       <w:r w:rsidR="00684119" w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk215994911"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="-142428634"/>
           <w:placeholder>
             <w:docPart w:val="8204E6237BD043A2B881F7ECEBFEC6B1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009D6CED" w:rsidRPr="00301209">
+          <w:r w:rsidR="009D6CED" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="5E3C0E42" w14:textId="627890E3" w:rsidR="005F7B9C" w:rsidRPr="00344B59" w:rsidRDefault="004C2690" w:rsidP="00CA1DEC">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="18"/>
@@ -2119,51 +2149,51 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7831F4BF" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-40.95pt,33.4pt" to="512.85pt,33.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA93jC7sQEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtNGkEyznEaC9F&#10;GrTJBzDU0iLKF5asJf99l5QtF30AQdALRXJ3ZmeWq83taA07AEbtXcuXi5ozcNJ32u1b/vT48d0H&#10;zmISrhPGO2j5ESK/3b59sxlCAyvfe9MBMiJxsRlCy/uUQlNVUfZgRVz4AI6CyqMViY64rzoUA7Fb&#10;U63q+qoaPHYBvYQY6XY3Bfm28CsFMn1RKkJipuWkLZUVy/qc12q7Ec0eRei1PMkQr1BhhXZUdKba&#10;iSTYD9R/UFkt0Uev0kJ6W3mltITigdws69/cfOtFgOKFmhPD3Kb4/2jl/eHOPSC1YQixieEBs4tR&#10;oc1f0sfG0qzj3CwYE5N0eV2v1+/XN5zJc6y6AAPG9Am8ZXnTcqNd9iEacfgcExWj1HNKvjaODTQ9&#10;q+u6Lmk5thOxZwdB79bRLj8UgYyjz0Vp2aWjgYnkKyimO9K2LCxliODO4Inm+3JmocwMUdqYGTSV&#10;/ifolJthUAbrpcA5u1T0Ls1Aq53Hv0lN41mqmvLPriev2faz747l3Uo7aDpKf06TnMfv13OBX/63&#10;7U8AAAD//wMAUEsDBBQABgAIAAAAIQB71NEE3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSHuHyJN229JWWulK02lC47LBgcE4p41pKxqnSrK1vD2ZOMDR9qff319sJ92zK1rXGRIQ&#10;ryJgSLVRHTUC3t+elhkw5yUp2RtCAd/oYFvO7gqZKzPSK15PvmEhhFwuBbTeDznnrm5RS7cyA1K4&#10;fRqrpQ+jbbiycgzhuudJFKVcy47Ch1YO+Nhi/XW6aAH1/nDO4qTyL8fnj2S/W1t1HK0Qi/m0ewDm&#10;cfJ/MNz0gzqUwakyF1KO9QKWWbwJqIA0DRVuQJSs74FVvxteFvx/hfIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAPd4wu7EBAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAe9TRBN4AAAAKAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+              <v:line w14:anchorId="0D11F554" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-40.95pt,33.4pt" to="512.85pt,33.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA93jC7sQEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtNGkEyznEaC9F&#10;GrTJBzDU0iLKF5asJf99l5QtF30AQdALRXJ3ZmeWq83taA07AEbtXcuXi5ozcNJ32u1b/vT48d0H&#10;zmISrhPGO2j5ESK/3b59sxlCAyvfe9MBMiJxsRlCy/uUQlNVUfZgRVz4AI6CyqMViY64rzoUA7Fb&#10;U63q+qoaPHYBvYQY6XY3Bfm28CsFMn1RKkJipuWkLZUVy/qc12q7Ec0eRei1PMkQr1BhhXZUdKba&#10;iSTYD9R/UFkt0Uev0kJ6W3mltITigdws69/cfOtFgOKFmhPD3Kb4/2jl/eHOPSC1YQixieEBs4tR&#10;oc1f0sfG0qzj3CwYE5N0eV2v1+/XN5zJc6y6AAPG9Am8ZXnTcqNd9iEacfgcExWj1HNKvjaODTQ9&#10;q+u6Lmk5thOxZwdB79bRLj8UgYyjz0Vp2aWjgYnkKyimO9K2LCxliODO4Inm+3JmocwMUdqYGTSV&#10;/ifolJthUAbrpcA5u1T0Ls1Aq53Hv0lN41mqmvLPriev2faz747l3Uo7aDpKf06TnMfv13OBX/63&#10;7U8AAAD//wMAUEsDBBQABgAIAAAAIQB71NEE3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSHuHyJN229JWWulK02lC47LBgcE4p41pKxqnSrK1vD2ZOMDR9qff319sJ92zK1rXGRIQ&#10;ryJgSLVRHTUC3t+elhkw5yUp2RtCAd/oYFvO7gqZKzPSK15PvmEhhFwuBbTeDznnrm5RS7cyA1K4&#10;fRqrpQ+jbbiycgzhuudJFKVcy47Ch1YO+Nhi/XW6aAH1/nDO4qTyL8fnj2S/W1t1HK0Qi/m0ewDm&#10;cfJ/MNz0gzqUwakyF1KO9QKWWbwJqIA0DRVuQJSs74FVvxteFvx/hfIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAPd4wu7EBAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAe9TRBN4AAAAKAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke dashstyle="dash" joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Student signature</w:t>
       </w:r>
       <w:r w:rsidR="002B471D" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -2283,54 +2313,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk215994920"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1295367560"/>
           <w:placeholder>
             <w:docPart w:val="413BC9C463884401A6B738AD34A3928E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008B3C62" w:rsidRPr="00344B59">
+          <w:r w:rsidR="008B3C62" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="73A14A0D" w14:textId="55A28CAC" w:rsidR="006326AA" w:rsidRPr="00301209" w:rsidRDefault="006326AA" w:rsidP="005F7B9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E64DBD6" w14:textId="36A6C364" w:rsidR="00684119" w:rsidRPr="00301209" w:rsidRDefault="00684119" w:rsidP="006326AA">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -2352,79 +2383,80 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (please refer to the significance of the course for the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>student's</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00301209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> studies):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B855CEC" w14:textId="08E2383A" w:rsidR="001543F5" w:rsidRPr="00301209" w:rsidRDefault="008F6D0F" w:rsidP="00684119">
+    <w:p w14:paraId="4B855CEC" w14:textId="08E2383A" w:rsidR="001543F5" w:rsidRPr="00301209" w:rsidRDefault="00487953" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="-1399581101"/>
           <w:placeholder>
             <w:docPart w:val="E2B69B07C40C4356A8F0810689B521C5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001543F5" w:rsidRPr="00301209">
+          <w:r w:rsidR="001543F5" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0B836B55" w14:textId="77C8E8CA" w:rsidR="00684119" w:rsidRPr="00344B59" w:rsidRDefault="00344B59" w:rsidP="00344B59">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -2495,87 +2527,89 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="6A76D80D" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-39.85pt,32.4pt" to="513.95pt,32.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5yCRbsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IdICkEyznESC9F&#10;G7TNBzDU0iLCF5asJf99l5QtB0kLBEEuFMndmZ1ZrtY3ozVsDxi1dy1fLmrOwEnfabdr+cPvu89f&#10;OItJuE4Y76DlB4j8ZvPpYj2EBla+96YDZETiYjOElvcphaaqouzBirjwARwFlUcrEh1xV3UoBmK3&#10;plrV9VU1eOwCegkx0u12CvJN4VcKZPqhVITETMtJWyorlvUxr9VmLZoditBreZQh3qHCCu2o6Ey1&#10;FUmwP6hfUVkt0Uev0kJ6W3mltITigdws6xdufvUiQPFCzYlhblP8OFr5fX/r7pHaMITYxHCP2cWo&#10;0OYv6WNjadZhbhaMiUm6vK4vL1dX1FN5ilVnYMCYvoK3LG9abrTLPkQj9t9iomKUekrJ18axgaZn&#10;dV3XJS3HtiL2bC/o3Tra5YcikHH0OSstu3QwMJH8BMV0R9qWhaUMEdwaPNI8LWcWyswQpY2ZQVPp&#10;/4KOuRkGZbDeCpyzS0Xv0gy02nn8l9Q0nqSqKf/kevKabT/67lDerbSDpqP05zjJefyenwv8/L9t&#10;/gIAAP//AwBQSwMEFAAGAAgAAAAhAEIzJWDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01P&#10;wzAMhu9I/IfISNy2dBWsW6k7TWhcGBwYH+e0MW1F41RJtpZ/TyYOcLT96PXzFpvJ9OJEzneWERbz&#10;BARxbXXHDcLb68NsBcIHxVr1lgnhmzxsysuLQuXajvxCp0NoRAxhnyuENoQhl9LXLRnl53YgjrdP&#10;64wKcXSN1E6NMdz0Mk2SpTSq4/ihVQPdt1R/HY4God49vq8WaRWe908f6W576/R+dIjXV9P2DkSg&#10;KfzBcNaP6lBGp8oeWXvRI8yydRZRhOVNrHAGkjRbg6h+N7Is5P8K5Q8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAucgkW7ABAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAQjMlYN8AAAAKAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+              <v:line w14:anchorId="0D439B80" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-39.85pt,32.4pt" to="513.95pt,32.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5yCRbsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IdICkEyznESC9F&#10;G7TNBzDU0iLCF5asJf99l5QtB0kLBEEuFMndmZ1ZrtY3ozVsDxi1dy1fLmrOwEnfabdr+cPvu89f&#10;OItJuE4Y76DlB4j8ZvPpYj2EBla+96YDZETiYjOElvcphaaqouzBirjwARwFlUcrEh1xV3UoBmK3&#10;plrV9VU1eOwCegkx0u12CvJN4VcKZPqhVITETMtJWyorlvUxr9VmLZoditBreZQh3qHCCu2o6Ey1&#10;FUmwP6hfUVkt0Uev0kJ6W3mltITigdws6xdufvUiQPFCzYlhblP8OFr5fX/r7pHaMITYxHCP2cWo&#10;0OYv6WNjadZhbhaMiUm6vK4vL1dX1FN5ilVnYMCYvoK3LG9abrTLPkQj9t9iomKUekrJ18axgaZn&#10;dV3XJS3HtiL2bC/o3Tra5YcikHH0OSstu3QwMJH8BMV0R9qWhaUMEdwaPNI8LWcWyswQpY2ZQVPp&#10;/4KOuRkGZbDeCpyzS0Xv0gy02nn8l9Q0nqSqKf/kevKabT/67lDerbSDpqP05zjJefyenwv8/L9t&#10;/gIAAP//AwBQSwMEFAAGAAgAAAAhAEIzJWDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01P&#10;wzAMhu9I/IfISNy2dBWsW6k7TWhcGBwYH+e0MW1F41RJtpZ/TyYOcLT96PXzFpvJ9OJEzneWERbz&#10;BARxbXXHDcLb68NsBcIHxVr1lgnhmzxsysuLQuXajvxCp0NoRAxhnyuENoQhl9LXLRnl53YgjrdP&#10;64wKcXSN1E6NMdz0Mk2SpTSq4/ihVQPdt1R/HY4God49vq8WaRWe908f6W576/R+dIjXV9P2DkSg&#10;KfzBcNaP6lBGp8oeWXvRI8yydRZRhOVNrHAGkjRbg6h+N7Is5P8K5Q8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAucgkW7ABAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAQjMlYN8AAAAKAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke dashstyle="dash" joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
           <w:id w:val="-1876689354"/>
           <w:placeholder>
             <w:docPart w:val="C8D8DF43A8FC45AE87A883C6BB3A79AB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00344B59">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
@@ -2699,55 +2733,57 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-164172112"/>
           <w:placeholder>
             <w:docPart w:val="A91926114B054E1490853F4A9F086F74"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00344B59">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="115C54EC" w14:textId="2821C545" w:rsidR="005F7B9C" w:rsidRPr="00301209" w:rsidRDefault="005F7B9C" w:rsidP="005F7B9C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:bidi/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB9575F" w14:textId="77777777" w:rsidR="00684119" w:rsidRPr="001E3A3C" w:rsidRDefault="00684119" w:rsidP="00684119">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2827,55 +2863,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of committee head: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
           <w:id w:val="850378100"/>
           <w:placeholder>
             <w:docPart w:val="D176C31B86C9432D957DDDD9E66C391F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00344B59">
+          <w:r w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00684119" w:rsidRPr="00344B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -3023,112 +3061,112 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-384257276"/>
           <w:placeholder>
             <w:docPart w:val="9676557F2267485FB8B49FFF2CB26674"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001E3A3C" w:rsidRPr="00344B59">
+          <w:r w:rsidR="001E3A3C" w:rsidRPr="00680A8B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00747D06" w:rsidRPr="00344B59" w:rsidSect="00747D06">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D8F41BB" w14:textId="77777777" w:rsidR="00747C05" w:rsidRDefault="00747C05" w:rsidP="0055655F">
+    <w:p w14:paraId="07B79EFB" w14:textId="77777777" w:rsidR="00487953" w:rsidRDefault="00487953" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="231E57E3" w14:textId="77777777" w:rsidR="00747C05" w:rsidRDefault="00747C05" w:rsidP="0055655F">
+    <w:p w14:paraId="754C40FF" w14:textId="77777777" w:rsidR="00487953" w:rsidRDefault="00487953" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3235,51 +3273,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5B8E9379" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="5A2D2DFB" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3784,61 +3822,61 @@
                       </w:rPr>
                       <w:t>+972-4-8292652, 2737, 2574</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57">
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BFB01B6" w14:textId="77777777" w:rsidR="00747C05" w:rsidRDefault="00747C05" w:rsidP="0055655F">
+    <w:p w14:paraId="46229EA5" w14:textId="77777777" w:rsidR="00487953" w:rsidRDefault="00487953" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F9AC970" w14:textId="77777777" w:rsidR="00747C05" w:rsidRDefault="00747C05" w:rsidP="0055655F">
+    <w:p w14:paraId="0F5FE959" w14:textId="77777777" w:rsidR="00487953" w:rsidRDefault="00487953" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="795"/>
       </w:tabs>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -5761,53 +5799,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1615020181">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hqwIufDDrI2oY67NQFvoShC+wvzQs5k7LC3C93Hjb+t5nJrBMqLX2gD4KidRVUcSowROmemHWegvp920FS/5Tw==" w:salt="9+VNxAdgcjD8/HE0iVzPbg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sYPIhq7um3nvEVOcw4hBo3XA5oF8AJVpYdlIy4DL4vOsR/rJ8DCWtZDfWunH4wZYY39RP6XTmTzfhnC4uXm0rg==" w:salt="nhnfONiMWtIzsI+ufBZ4cA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -5839,67 +5877,70 @@
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002B471D"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002D7728"/>
     <w:rsid w:val="002E2C47"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="00301209"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00344B59"/>
     <w:rsid w:val="00355673"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="004673F5"/>
     <w:rsid w:val="0048782F"/>
+    <w:rsid w:val="00487953"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004C2690"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="00504AC6"/>
+    <w:rsid w:val="00510E09"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005C4F28"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="005F7B9C"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006326AA"/>
     <w:rsid w:val="006503EB"/>
     <w:rsid w:val="00665F6B"/>
+    <w:rsid w:val="00680A8B"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00684119"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="006E6709"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00733584"/>
     <w:rsid w:val="0074682A"/>
     <w:rsid w:val="00747C05"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="00760C89"/>
     <w:rsid w:val="007960BC"/>
     <w:rsid w:val="007C561E"/>
     <w:rsid w:val="007C6B17"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00885745"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="00891DAD"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008B3C62"/>
@@ -7889,51 +7930,50 @@
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7986,50 +8026,52 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D50E79"/>
     <w:rsid w:val="00155978"/>
+    <w:rsid w:val="002B6AB1"/>
+    <w:rsid w:val="00510E09"/>
     <w:rsid w:val="00885745"/>
     <w:rsid w:val="00B527BB"/>
     <w:rsid w:val="00D50E79"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -8903,70 +8945,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>436</Words>
-  <Characters>1860</Characters>
+  <Words>395</Words>
+  <Characters>1901</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2236</CharactersWithSpaces>
+  <CharactersWithSpaces>2222</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>