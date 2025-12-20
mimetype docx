--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1,796 +1,997 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B8A52E9" w14:textId="77777777" w:rsidR="00E1228E" w:rsidRPr="00840548" w:rsidRDefault="00536B4E" w:rsidP="00536B4E">
+    <w:p w14:paraId="6B8A52E9" w14:textId="77777777" w:rsidR="00E1228E" w:rsidRPr="00C35A4B" w:rsidRDefault="00536B4E" w:rsidP="00C35A4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guidelines for evaluation of final thesis submitted as a collection of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41E75" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>papers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349B97DA" w14:textId="77777777" w:rsidR="00536B4E" w:rsidRPr="00C35A4B" w:rsidRDefault="00536B4E" w:rsidP="00536B4E">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="349B97DA" w14:textId="77777777" w:rsidR="00536B4E" w:rsidRPr="00840548" w:rsidRDefault="00536B4E" w:rsidP="00536B4E">
+    <w:p w14:paraId="501D4C8D" w14:textId="77777777" w:rsidR="00536B4E" w:rsidRPr="00C35A4B" w:rsidRDefault="00536B4E" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The enclosed thesis is a collection of articles. The guidelines for writing a thesis as a collection of articles are attached hereby to enable the assessor to relate to the composition process of the thesis. In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we have enclosed letters </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A95" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the student, the instructor and the graduate studies committee attesting to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00106987" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>student's</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution to each of these </w:t>
+      </w:r>
+      <w:r w:rsidR="00106987" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">articles. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="501D4C8D" w14:textId="77777777" w:rsidR="00536B4E" w:rsidRPr="00840548" w:rsidRDefault="00536B4E" w:rsidP="002A1A95">
+    <w:p w14:paraId="0F0EAC92" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00C35A4B" w:rsidRDefault="00106987" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">The enclosed thesis is a collection of articles. The guidelines for writing a thesis as a collection of articles are attached hereby to enable the assessor to relate to the composition process of the thesis. In </w:t>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The thesis is to be submitted according to the guid</w:t>
+      </w:r>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at th</w:t>
+      </w:r>
+      <w:r w:rsidR="00784303" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time. In </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>addition</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00840548">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">articles. </w:t>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please refer to the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0EAC92" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00840548" w:rsidRDefault="00106987" w:rsidP="00784303">
-[...71 lines deleted...]
-    <w:p w14:paraId="40FF0D5E" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00840548" w:rsidRDefault="002A1A95" w:rsidP="0045757C">
+    <w:p w14:paraId="40FF0D5E" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00C35A4B" w:rsidRDefault="002A1A95" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="0056042C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>introduction</w:t>
       </w:r>
-      <w:r w:rsidR="0056042C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> chapter will include an expanded updated review of all research areas </w:t>
       </w:r>
-      <w:r w:rsidR="0045757C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0045757C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>addressed</w:t>
       </w:r>
-      <w:r w:rsidR="0056042C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the thesis. The chapter will be at least five pages long. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B0AF0F" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00840548" w:rsidRDefault="0045757C" w:rsidP="0056042C">
+    <w:p w14:paraId="13B0AF0F" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00C35A4B" w:rsidRDefault="0045757C" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="0056042C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> special chapter will be dedicated to the research methods which will be described in detail beyond those appearing in the articles. </w:t>
       </w:r>
-      <w:r w:rsidR="002A1A95" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="002A1A95" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Special</w:t>
       </w:r>
-      <w:r w:rsidR="0056042C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> attention will be drawn to those research methods developed throughout the thesis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C38991A" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00840548" w:rsidRDefault="002A1A95" w:rsidP="0056042C">
+    <w:p w14:paraId="7C38991A" w14:textId="77777777" w:rsidR="0056042C" w:rsidRPr="00C35A4B" w:rsidRDefault="002A1A95" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="0056042C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0056042C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Findings chapter will include the articles arranged according to the research process. The articles will all be photocopied and bound uniformly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225685AA" w14:textId="77777777" w:rsidR="00F36A8F" w:rsidRPr="00840548" w:rsidRDefault="00784303" w:rsidP="00784303">
+    <w:p w14:paraId="225685AA" w14:textId="77777777" w:rsidR="00F36A8F" w:rsidRPr="00C35A4B" w:rsidRDefault="00784303" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
-      <w:r w:rsidR="00B91F28" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00B91F28" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>other chapters related to the findings which include new unpublished material, are to be organized similarly to the articles</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> namely,</w:t>
       </w:r>
-      <w:r w:rsidR="00B91F28" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00B91F28" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a title page </w:t>
       </w:r>
-      <w:r w:rsidR="0045757C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0045757C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">noting </w:t>
       </w:r>
-      <w:r w:rsidR="00B91F28" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00B91F28" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the names of </w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the other researchers, an abstract, introduction, findings [including tables and </w:t>
       </w:r>
-      <w:r w:rsidR="0045757C" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="0045757C" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>drawings</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in their proper place], discussion and references. This part could naturally be expanded and elaborated upon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C52911D" w14:textId="77777777" w:rsidR="00A6037F" w:rsidRPr="00840548" w:rsidRDefault="00426537" w:rsidP="00A93993">
+    <w:p w14:paraId="6C52911D" w14:textId="77777777" w:rsidR="00A6037F" w:rsidRPr="00C35A4B" w:rsidRDefault="00426537" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> discussion will include a short summary of the articles</w:t>
       </w:r>
-      <w:r w:rsidR="00496A6B" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00496A6B" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>'</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>findings</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> with proper references to the drawings.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r w:rsidR="00D61323" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00D61323" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>entire</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> research work will be addresse</w:t>
       </w:r>
-      <w:r w:rsidR="00D61323" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00D61323" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and will include </w:t>
       </w:r>
-      <w:r w:rsidR="00A93993" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A93993" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>summar</w:t>
       </w:r>
-      <w:r w:rsidR="00A93993" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A93993" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y of t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he paragraphs </w:t>
       </w:r>
-      <w:r w:rsidR="00A93993" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A93993" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">discussed in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the articles. All new finings are to be noted as well as their contribution to the research area emphasizing the coherence and integration of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>thesis as a whole</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A6037F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A6037F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This chapter should be at least five pages long. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3695F4E1" w14:textId="77777777" w:rsidR="00A6037F" w:rsidRPr="00840548" w:rsidRDefault="00B72254" w:rsidP="00343137">
+    <w:p w14:paraId="3695F4E1" w14:textId="77777777" w:rsidR="00A6037F" w:rsidRDefault="00B72254" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00A6037F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A6037F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reference</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>list</w:t>
       </w:r>
-      <w:r w:rsidR="00343137" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00343137" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A6037F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A6037F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
-      <w:r w:rsidR="00343137" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00343137" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00A6037F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A6037F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ntroduction and the </w:t>
       </w:r>
-      <w:r w:rsidR="00343137" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00343137" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00A6037F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A6037F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>iscussion</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> chapters including reference</w:t>
       </w:r>
-      <w:r w:rsidR="00343137" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00343137" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A6037F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00A6037F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">not mentioned in the articles. </w:t>
       </w:r>
-      <w:r w:rsidR="00426537" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00426537" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E03295" w14:textId="77777777" w:rsidR="00A6037F" w:rsidRPr="00840548" w:rsidRDefault="00A6037F" w:rsidP="00A6037F">
+    <w:p w14:paraId="665EAD66" w14:textId="77777777" w:rsidR="00C35A4B" w:rsidRPr="00C35A4B" w:rsidRDefault="00C35A4B" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E03295" w14:textId="77777777" w:rsidR="00A6037F" w:rsidRPr="00C35A4B" w:rsidRDefault="00A6037F" w:rsidP="00FA62BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Language of thesis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0101459D" w14:textId="77777777" w:rsidR="00106987" w:rsidRPr="00840548" w:rsidRDefault="00A6037F" w:rsidP="00A6037F">
+    <w:p w14:paraId="0101459D" w14:textId="77777777" w:rsidR="00106987" w:rsidRPr="00C35A4B" w:rsidRDefault="00A6037F" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A thesis comprising of articles will be written in one language. When in English a Hebrew abstract </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>has to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> be enclosed. </w:t>
       </w:r>
-      <w:r w:rsidR="00F36A8F" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00F36A8F" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B91F28" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00B91F28" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00106987" w:rsidRPr="00840548">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:hAnsi="David"/>
+      <w:r w:rsidR="00106987" w:rsidRPr="00C35A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D85674" w14:textId="77777777" w:rsidR="00FD5AEA" w:rsidRPr="00840548" w:rsidRDefault="00FD5AEA" w:rsidP="00FD5AEA">
+    <w:p w14:paraId="28D85674" w14:textId="77777777" w:rsidR="00FD5AEA" w:rsidRPr="00C35A4B" w:rsidRDefault="00FD5AEA" w:rsidP="00FA62BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E795F62" w14:textId="77777777" w:rsidR="00232503" w:rsidRPr="00840548" w:rsidRDefault="00232503" w:rsidP="00FD5AEA">
+    <w:p w14:paraId="0E795F62" w14:textId="77777777" w:rsidR="00232503" w:rsidRPr="00C35A4B" w:rsidRDefault="00232503" w:rsidP="00FD5AEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00232503" w:rsidRPr="00840548" w:rsidSect="001C1B16">
+    <w:sectPr w:rsidR="00232503" w:rsidRPr="00C35A4B" w:rsidSect="001C1B16">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:paperSrc w:first="4" w:other="4"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Miriam">
     <w:panose1 w:val="020B0502050101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19EF0C1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A3E6278"/>
     <w:lvl w:ilvl="0" w:tplc="1D92E6F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1155"/>
         </w:tabs>
         <w:ind w:left="1155" w:hanging="435"/>
@@ -1001,91 +1202,94 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1681618675">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="527182205">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="160"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD5AEA"/>
     <w:rsid w:val="00106987"/>
     <w:rsid w:val="001C1B16"/>
     <w:rsid w:val="00232503"/>
     <w:rsid w:val="002A1A95"/>
     <w:rsid w:val="002D0D05"/>
     <w:rsid w:val="00343137"/>
     <w:rsid w:val="00426537"/>
     <w:rsid w:val="0045757C"/>
     <w:rsid w:val="00496A6B"/>
     <w:rsid w:val="004C3688"/>
     <w:rsid w:val="00536B4E"/>
     <w:rsid w:val="0056042C"/>
+    <w:rsid w:val="00591102"/>
     <w:rsid w:val="005D5179"/>
     <w:rsid w:val="00784303"/>
     <w:rsid w:val="00840548"/>
     <w:rsid w:val="0089316D"/>
     <w:rsid w:val="009E3EB1"/>
     <w:rsid w:val="00A41E75"/>
     <w:rsid w:val="00A6037F"/>
     <w:rsid w:val="00A93993"/>
     <w:rsid w:val="00B72254"/>
     <w:rsid w:val="00B91F28"/>
+    <w:rsid w:val="00C35A4B"/>
     <w:rsid w:val="00D61323"/>
     <w:rsid w:val="00E1228E"/>
     <w:rsid w:val="00F36A8F"/>
+    <w:rsid w:val="00FA62BC"/>
     <w:rsid w:val="00FD5AEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -1377,50 +1581,70 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FD5AEA"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Miriam"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C35A4B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FD5AEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -1450,50 +1674,62 @@
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FD5AEA"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FD5AEA"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00C35A4B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1765,84 +2001,84 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>361</Words>
-  <Characters>1807</Characters>
+  <Words>349</Words>
+  <Characters>1820</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>הנחיות להערכת חיבור שהוגש כאסופת מאמרים</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>הנחיות להערכת חיבור שהוגש כאסופת מאמרים</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Technion</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2164</CharactersWithSpaces>
+  <CharactersWithSpaces>2156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>הנחיות להערכת חיבור שהוגש כאסופת מאמרים</dc:title>
   <dc:subject/>
   <dc:creator>yehudit</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>