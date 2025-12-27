--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -11,146 +11,98 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1004ECA9" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="10C3847B" w14:textId="6FA10312" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="004C1731" w:rsidP="00A227B2">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CE80BA3" wp14:editId="0D1325FD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CE80BA3" wp14:editId="6A8CC485">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-28575</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>26670</wp:posOffset>
+                  <wp:posOffset>438150</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5457825" cy="996315"/>
-                <wp:effectExtent l="9525" t="11430" r="9525" b="11430"/>
+                <wp:extent cx="7275167" cy="580446"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="28327913" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5457825" cy="996315"/>
+                          <a:ext cx="7275167" cy="580446"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6F8EB01E" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="009C4AAB" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="13"/>
                               </w:numPr>
                               <w:bidi w:val="0"/>
@@ -171,2838 +123,1858 @@
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="50075553" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="009C4AAB" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="13"/>
                               </w:numPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009C4AAB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>The filled out and signed form should be submitted to the Faculty Graduate Studies secretary.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="446136AE" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="009C4AAB" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
+                          <w:p w14:paraId="607B8FC5" w14:textId="4EBD2EC9" w:rsidR="00313F4C" w:rsidRPr="004C1731" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="13"/>
                               </w:numPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
+                                <w:rtl/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009C4AAB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Please read the Final Procedures </w:t>
                             </w:r>
                             <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="009C4AAB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>regulations</w:t>
                             </w:r>
                             <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="009C4AAB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> on the Graduate School Internet site: </w:t>
+                              <w:t xml:space="preserve"> on the Graduate School Internet site:</w:t>
                             </w:r>
-                          </w:p>
-[...5 lines deleted...]
-                              <w:ind w:left="255" w:firstLine="465"/>
+                            <w:r w:rsidR="004C1731">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
-                                <w:rtl/>
                               </w:rPr>
-                            </w:pPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
                             <w:hyperlink r:id="rId7" w:history="1">
-                              <w:r w:rsidRPr="00380DF8">
+                              <w:r w:rsidR="004C1731" w:rsidRPr="00C2472F">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>https://graduate.technion.ac.il/en/</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1CE80BA3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.25pt;margin-top:2.1pt;width:429.75pt;height:78.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnZlquGgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlLW3UdLV0KUJa&#10;LtLCB7iO01g4HjN2m5SvZ+x0u12QeED4wfJ47DMzZ86sbvrWsKNCr8GWfDzKOVNWQqXtvuTfvm5f&#10;LTjzQdhKGLCq5Cfl+c365YtV5wo1gQZMpZARiPVF50rehOCKLPOyUa3wI3DKkrMGbEUgE/dZhaIj&#10;9NZkkzyfZx1g5RCk8p5u7wYnXyf8ulYyfK5rrwIzJafcQtox7bu4Z+uVKPYoXKPlOQ3xD1m0QlsK&#10;eoG6E0GwA+o/oFotETzUYSShzaCutVSpBqpmnP9WzUMjnEq1EDneXWjy/w9Wfjo+uC/IQv8Wempg&#10;KsK7e5DfPbOwaYTdq1tE6BolKgo8jpRlnfPF+Wuk2hc+guy6j1BRk8UhQALqa2wjK1QnI3RqwOlC&#10;uuoDk3Q5m87eLCYzziT5lsv56/EshRDF42+HPrxX0LJ4KDlSUxO6ON77ELMRxeOTGMyD0dVWG5MM&#10;3O82BtlRkAC2aZ3Rnz0zlnUUfUZ5/B0izyf5PMmGoj6DaHUgJRvdlnyRxzVoK9L2zlZJZ0FoM5zp&#10;s7FnHiN1A4mh3/X0MPK5g+pEjCIMiqUJo0MD+JOzjtRacv/jIFBxZj5Y6spyPJ1GeSeDCJ2Qgdee&#10;3bVHWElQJQ+cDcdNGEbi4FDvG4o06MDCLXWy1onkp6zOeZMiE/fn6YmSv7bTq6cZX/8CAAD//wMA&#10;UEsDBBQABgAIAAAAIQAv2YHu4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAFEX3gv9h&#10;eIIbaScpTShpJkWEKi4EGwXpbpp5TYLzEWemafrvfa7q8nEP951bbiaj2Yg+9M4KSOcJMLSNU71t&#10;BXx+bGcrYCFKq6R2FgVcMMCmur0pZaHc2e5wrGPLqMSGQgroYhwKzkPToZFh7ga0lB2dNzLS6Vuu&#10;vDxTudF8kSQ5N7K39KGTAz512HzXJyPg9aXev6H+et86tcdxd/l5ePa5EPd30+MaWMQpXmH40yd1&#10;qMjp4E5WBaYFzJYZkQKWC2AUr7KMph2Iy9MUeFXy/wOqXwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDnZlquGgIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAv2YHu4AAAAAgBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#002060">
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:34.5pt;width:572.85pt;height:45.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwaYquHAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3as3NaKs9pmm6rS&#10;9iJt+wEYYxsVMxRI7PTrO2BvNtuqL1V5QAwDZ2bOnNneDp0iJ2GdBF3Q+SylRGgOldRNQb99PbzZ&#10;UOI80xVToEVBz8LR293rV9ve5CKDFlQlLEEQ7fLeFLT13uRJ4ngrOuZmYIRGZw22Yx5N2ySVZT2i&#10;dyrJ0nSV9GArY4EL5/D2fnTSXcSva8H957p2whNVUMzNx93GvQx7stuyvLHMtJJPabB/yKJjUmPQ&#10;C9Q984wcrfwDqpPcgoPazzh0CdS15CLWgNXM09+qeWyZEbEWJMeZC03u/8HyT6dH88USP7yFARsY&#10;i3DmAfh3RzTsW6YbcWct9K1gFQaeB8qS3rh8+hqodrkLIGX/ESpsMjt6iEBDbbvACtZJEB0bcL6Q&#10;LgZPOF6us/VyvlpTwtG33KSLxSqGYPnTb2Odfy+gI+FQUItNjejs9OB8yIblT09CMAdKVgepVDRs&#10;U+6VJSeGAjjENaG/eKY06Qt6s8yWIwF/hUjTLF1F2WDUFxCd9KhkJbuCbtKwRm0F2t7pKurMM6nG&#10;M35WeuIxUDeS6IdywIeBzxKqMzJqYVQsThgeWrA/KelRrQV1P47MCkrUB41duZkvFkHe0Vgs1xka&#10;9tpTXnuY5ghVUE/JeNz7cSSOxsqmxUijDjTcYSdrGUl+zmrKGxUZuZ+mJ0j+2o6vnmd89wsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGpvSAffAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwYvYTaVGjdkUEap4EGwUpLdtdkyCu7Nxd5um/97pSU8zw3u8+V65nJwVI4bYe1Iwn2UgkBpv&#10;emoVfLyvLm9BxKTJaOsJFRwwwrI6PSl1Yfye1jjWqRUcQrHQCrqUhkLK2HTodJz5AYm1Lx+cTnyG&#10;Vpqg9xzurLzKslw63RN/6PSAjx023/XOKXh5rjevaD/fVt5scFwffi6eQq7U+dn0cA8i4ZT+zHDE&#10;Z3SomGnrd2SisAq4SFKQ3/E8qvPF9Q2ILW95tgBZlfJ/geoXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAsGmKrhwCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAam9IB98AAAAIAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#002060">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6F8EB01E" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="009C4AAB" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="13"/>
                         </w:numPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009C4AAB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Authorized extension of studies does not entail tuition waiver up to the date of submission of the thesis. </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="50075553" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="009C4AAB" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="13"/>
                         </w:numPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009C4AAB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>The filled out and signed form should be submitted to the Faculty Graduate Studies secretary.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="446136AE" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="009C4AAB" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
+                    <w:p w14:paraId="607B8FC5" w14:textId="4EBD2EC9" w:rsidR="00313F4C" w:rsidRPr="004C1731" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="13"/>
                         </w:numPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
+                          <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009C4AAB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Please read the Final Procedures </w:t>
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="009C4AAB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>regulations</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="009C4AAB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> on the Graduate School Internet site: </w:t>
+                        <w:t xml:space="preserve"> on the Graduate School Internet site:</w:t>
                       </w:r>
-                    </w:p>
-[...5 lines deleted...]
-                        <w:ind w:left="255" w:firstLine="465"/>
+                      <w:r w:rsidR="004C1731">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
-                          <w:rtl/>
                         </w:rPr>
-                      </w:pPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
                       <w:hyperlink r:id="rId8" w:history="1">
-                        <w:r w:rsidRPr="00380DF8">
+                        <w:r w:rsidR="004C1731" w:rsidRPr="00C2472F">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>https://graduate.technion.ac.il/en/</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00313F4C" w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Request for Extension of Studies</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...996 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="20EB6200" w14:textId="4EECDB2C" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:u w:val="single"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E3F938C" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalIndent"/>
+    <w:p w14:paraId="44B7D7A1" w14:textId="77AF970F" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="680165FE" w14:textId="77777777" w:rsidR="00D72DC9" w:rsidRDefault="00D72DC9" w:rsidP="00A227B2">
+      <w:pPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1153C346" w14:textId="4DC6FD77" w:rsidR="00313F4C" w:rsidRPr="00B62E38" w:rsidRDefault="00313F4C" w:rsidP="00D469BD">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalIndent"/>
+    <w:p w14:paraId="423A2C58" w14:textId="53DD332F" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00D72DC9">
+      <w:pPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of student: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:id w:val="-1006055577"/>
+          <w:id w:val="-1870220677"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="1EEAA5A43E2B4A2CBC7547AF5272F14A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
+          <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D469BD" w:rsidRPr="00D469BD">
+          <w:r w:rsidRPr="0090600F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="456435D7" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalIndent"/>
+    <w:p w14:paraId="4C1C7753" w14:textId="4AFCCBB5" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
+      <w:pPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Timetable for graduation</w:t>
-[...416 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ID number: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:id w:val="-1811779475"/>
+          <w:id w:val="311987376"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="952EF2285D8E46B6B4762E2E28AFF160"/>
           </w:placeholder>
           <w:showingPlcHdr/>
+          <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D469BD" w:rsidRPr="00D469BD">
+          <w:r w:rsidRPr="0090600F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:u w:val="single"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2EE48891" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
+    <w:p w14:paraId="457F34DF" w14:textId="2F6F11D4" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic unit/Faculty: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-645120268"/>
+          <w:placeholder>
+            <w:docPart w:val="32DD80DF23CC46309A575B78B12CF2D4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0090600F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B00E023" w14:textId="187271CC" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00313F4C">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Degree: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2136857368"/>
+          <w:placeholder>
+            <w:docPart w:val="39BF75F670BF43D09314BF4F3D1FA476"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="Msc" w:value="Msc"/>
+            <w:listItem w:displayText="PhD" w:value="PhD"/>
+            <w:listItem w:displayText="Non-degree" w:value="Non-degree"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0090600F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1C8AF371" w14:textId="54E07BB8" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semester no. </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="617183830"/>
+          <w:placeholder>
+            <w:docPart w:val="11F94555D2D048AF9E2F3994AE4F376D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0090600F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  out of </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-1533032431"/>
+          <w:placeholder>
+            <w:docPart w:val="0F40F36ECF1D43B8B478DD3505BF1F86"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0090600F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semesters (please consult your transcript)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B94E7EE" w14:textId="7AAAD120" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No. of scholarship months used: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-1249493590"/>
+          <w:placeholder>
+            <w:docPart w:val="1E8338E2FAE045D08F6FDB875DC1D9C0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0090600F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1153C346" w14:textId="3361DF18" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="0090600F" w:rsidP="0090600F">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Reasons for the extension request must be detailed in an attached letter, which has been approved by the advisor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456435D7" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
+      <w:pPr>
+        <w:pStyle w:val="NormalIndent"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2750019F" w14:textId="1F4B82B6" w:rsidR="0090600F" w:rsidRPr="0090600F" w:rsidRDefault="003A185B" w:rsidP="0090600F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="0090600F" w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section is to be completed by students in the research track </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0090600F" w:rsidRPr="0090600F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>only.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="55771AB6" w14:textId="394E6A6F" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tim</w:t>
+      </w:r>
+      <w:r w:rsidR="0090600F" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">eline </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>for graduation (will be determined with the supervisor and in accordance with final studies procedure):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5548A07E" w14:textId="76263381" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Date of submitting the thesis to the supervisor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215995463"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="12497600"/>
+          <w:placeholder>
+            <w:docPart w:val="1CC0A3AC677744C38108B08C9E6687CB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="5E41DC96" w14:textId="551DA4E3" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Date of the seminar:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1339881279"/>
+          <w:placeholder>
+            <w:docPart w:val="3FFA80ADBD6E414DAECAA2212A4A4406"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1FB84607" w14:textId="2C380B9F" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Date of submitting the thesis to the Graduate School:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-609662103"/>
+          <w:placeholder>
+            <w:docPart w:val="0050BB9230484D51958CB34C3DDACA89"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="31C08921" w14:textId="3E4128C6" w:rsidR="00D469BD" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Remarks:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215994911"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="2E50A9D5269F48A286FDD75846A4EBEB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="1AEBC8AF" w14:textId="77777777" w:rsidR="00D72DC9" w:rsidRPr="00D72DC9" w:rsidRDefault="00D72DC9" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A50404E" w14:textId="2D3DAA71" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Please print, and hand to the Faculty Graduate Studies secretary, signed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BFB4BE" w14:textId="77777777" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="00313F4C">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-108"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C85D702" w14:textId="076DF3DB" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:t>Please print, and hand to the Faculty Graduate Studies secretary, signed</w:t>
+        </w:rPr>
+        <w:t>ignature:</w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-        <w:t>Student's Signature:</w:t>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="-807851745"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D469BD">
+          <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0155310D" wp14:editId="1832A940">
-[...2 lines deleted...]
-                <wp:docPr id="1092385875" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0155310D" wp14:editId="543E28A5">
+                <wp:extent cx="763326" cy="373328"/>
+                <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                <wp:docPr id="1092385875" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="1092385875" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId9">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1919689" cy="375827"/>
+                          <a:ext cx="775615" cy="379338"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Date: </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        </w:fldChar>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Date:</w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Text7"/>
-[...102 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-111058204"/>
+          <w:placeholder>
+            <w:docPart w:val="2E970F8446F5485FB4317A5808BC958D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="17510794" w14:textId="0AA30BDC" w:rsidR="00D72DC9" w:rsidRPr="004C1731" w:rsidRDefault="004C1731" w:rsidP="004C1731">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2669CD6F" wp14:editId="4033FB7A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>117171</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>539115</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7203882" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="50250940" name="Straight Connector 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7203882" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="19050">
+                          <a:prstDash val="dash"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="5540D0EC" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="9.25pt,42.45pt" to="576.5pt,42.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtwimRsQEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815JdNHEFyznEaC9B&#10;GiTtBzDU0iLKF5aMJf99l5QtF30ARdELRXJ3ZmeWq83taA07AEbtXcuXi5ozcNJ32u1b/vXLx7dr&#10;zmISrhPGO2j5ESK/3b652gyhgZXvvekAGZG42Ayh5X1KoamqKHuwIi58AEdB5dGKREfcVx2Kgdit&#10;qVZ1fV0NHruAXkKMdLubgnxb+JUCmT4rFSEx03LSlsqKZX3Ja7XdiGaPIvRanmSIf1BhhXZUdKba&#10;iSTYK+pfqKyW6KNXaSG9rbxSWkLxQG6W9U9unnsRoHih5sQwtyn+P1r5cLhzj0htGEJsYnjE7GJU&#10;aPOX9LGxNOs4NwvGxCRd3qzqd+v1ijN5jlUXYMCYPoG3LG9abrTLPkQjDvcxUTFKPafka+PYQNPz&#10;oX5fl7Qc24nYs4Ogd+tolx+KQMbR56K07NLRwETyBIrpjrQtC0sZIrgzeKL5tpxZKDNDlDZmBk2l&#10;/wg65WYYlMH6W+CcXSp6l2ag1c7j76Sm8SxVTfln15PXbPvFd8fybqUdNB2lP6dJzuP347nAL//b&#10;9jsAAAD//wMAUEsDBBQABgAIAAAAIQCdaAQ43gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGb3TRaiTGbUkQpIhWMQj1us2MSzM7G3U0b/71TPOjxzXu8+V6xnGwv9uhD50jB&#10;fJaAQKqd6ahR8Pb6cJGBCFGT0b0jVPCNAZbl6Umhc+MO9IL7KjaCSyjkWkEb45BLGeoWrQ4zNyCx&#10;9+G81ZGlb6Tx+sDltpdpklxLqzviD60e8K7F+rMarQJfpenXOL7LbvO07e8fcf28Xm2VOj+bVrcg&#10;Ik7xLwxHfEaHkpl2biQTRM86W3BSQXZ1A+LozxeXPG73e5FlIf8vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAbcIpkbEBAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAnWgEON4AAAAJAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+                <v:stroke dashstyle="dash" joinstyle="miter"/>
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advisor name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-2033414550"/>
+          <w:placeholder>
+            <w:docPart w:val="C4550519138A4E63A86A3D77FEE63A30"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00313F4C" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advisor </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00313F4C" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ignature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="2048336578"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D469BD">
+          <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D2E85AD" wp14:editId="10A88D33">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 6"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D2E85AD" wp14:editId="2338C72F">
+                <wp:extent cx="715618" cy="317500"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="6350"/>
+                <wp:docPr id="2" name="Picture 6" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 6" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId9">
+                        <a:blip r:embed="rId10" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1922317" cy="320270"/>
+                          <a:ext cx="723718" cy="321094"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Date: </w:t>
+      <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...103 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00313F4C" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">- - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - - </w:t>
+        </w:rPr>
+        <w:t>Date:</w:t>
       </w:r>
-      <w:r>
-[...257 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00313F4C" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1808196696"/>
+          <w:placeholder>
+            <w:docPart w:val="DF945005346746E6B9E35032255576BF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020A88FF" w14:textId="1CC0730E" w:rsidR="00D72DC9" w:rsidRDefault="00D72DC9" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66AFDCE7" w14:textId="1A9C8798" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>To:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dean of the Graduate School (Through Students' Office)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6566746B" w14:textId="44CC4E50" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>From:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Head / Coordinator of departmental graduate committee</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1731">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280C7617" w14:textId="27F7B84F" w:rsidR="00313F4C" w:rsidRPr="004C1731" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C1731">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Recommendation of the departmental graduate committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011B288D" w14:textId="17E92F0E" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="006704A5" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-794447792"/>
+          <w:placeholder>
+            <w:docPart w:val="C4D1B867418549FD90C8D77F55626926"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004C1731" w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="32D8E586" w14:textId="6CE51991" w:rsidR="004C1731" w:rsidRDefault="004C1731" w:rsidP="00D72DC9">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Head/Coordinator of departmental graduate committee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C1731">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="276695973"/>
+          <w:placeholder>
+            <w:docPart w:val="AFA4040210874366AFD9B67950E334A7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="0090600F">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="09EF54AF" w14:textId="24C0DD62" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Head/Coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1731">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="2127584954"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D469BD">
+          <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C75A566" wp14:editId="7AD70C66">
-[...2 lines deleted...]
-                <wp:docPr id="1354449995" name="Picture 4"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C75A566" wp14:editId="61D1E994">
+                <wp:extent cx="683812" cy="293954"/>
+                <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+                <wp:docPr id="1354449995" name="Picture 4" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 4"/>
+                        <pic:cNvPr id="1354449995" name="Picture 4" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId9">
+                        <a:blip r:embed="rId11" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1437689" cy="296981"/>
+                          <a:ext cx="700538" cy="301144"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00D469BD">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D72DC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
-      <w:r>
-[...91 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-1166930052"/>
+          <w:placeholder>
+            <w:docPart w:val="F35749C32E6B487BB0D22ACB977F7A34"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004C1731" w:rsidRPr="00D72DC9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00313F4C" w:rsidRPr="00731D3D" w:rsidSect="00747D06">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidSect="00D72DC9">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78621870" w14:textId="77777777" w:rsidR="00485CE3" w:rsidRDefault="00485CE3" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="379331FD" w14:textId="77777777" w:rsidR="00485CE3" w:rsidRDefault="00485CE3" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3109,51 +2081,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="366D71A5" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="75D34559" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3193,71 +2165,59 @@
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Technion city, Haifa 3200003, Israel</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
                             <w:br/>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
-                            <w:t>קרית</w:t>
-[...10 lines deleted...]
-                            <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
+                            <w:t>קרית הטכניון, חיפה 3200003</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:br/>
                             <w:t>Graduate.technion.ac.il</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                           <w:pPr>
                             <w:bidi w:val="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:rtl/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
@@ -3290,71 +2250,59 @@
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Technion city, Haifa 3200003, Israel</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:br/>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
-                      <w:t>קרית</w:t>
-[...10 lines deleted...]
-                      <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
+                      <w:t>קרית הטכניון, חיפה 3200003</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:br/>
                       <w:t>Graduate.technion.ac.il</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                     <w:pPr>
                       <w:bidi w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
@@ -3905,70 +2853,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="7574C270">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="Jacobs Graduate School Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="Jacobs Graduate School Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -4854,50 +3802,163 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="574A6FD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="58540E9C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58C416CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="016C0AA8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4942,51 +4003,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7715F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E68AF0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5082,51 +4143,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B379A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71C4E62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5222,51 +4283,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B281E47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A4E91C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5362,51 +4423,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76085384"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="830CF9CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5502,51 +4563,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DFA2660"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD00E0C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5642,51 +4703,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E8202C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84A4EAD6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5732,236 +4793,248 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="626661182">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="90199880">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="506214082">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1695301428">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="805203858">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1247614052">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="40716569">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2084523313">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="320082656">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="r/dPt2UrBHn1KLQ3S/0NdpraQ03wjCwvWtHGs0Ih5Cz8+6FbokzLigd1WWq0/ZstZZOE0QFD7MsGurRtZhervA==" w:salt="IVtbqkz+FHHRVRbjURpZVA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Oij7KXhnmaUNi4LXDRWuPMY1pxnEQb5rXwJROI+lCnukRikeDKY47Od0jqDrT9aJokiHc0hkO17Wb98mO173uw==" w:salt="nzcB99kAP0KpwGfUojv4NQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="000E1E29"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="00201494"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00217433"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="002A2205"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002D7488"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="00313F4C"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
+    <w:rsid w:val="0033533A"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
+    <w:rsid w:val="003A185B"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00485CE3"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004C1731"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="00535699"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="007C3493"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
+    <w:rsid w:val="0090600F"/>
     <w:rsid w:val="00932ADE"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="00982338"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
+    <w:rsid w:val="00A227B2"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D305E5"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D469BD"/>
     <w:rsid w:val="00D71B29"/>
+    <w:rsid w:val="00D72DC9"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E83B93"/>
     <w:rsid w:val="00E87268"/>
+    <w:rsid w:val="00E955FA"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EC17C8"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -6666,121 +5739,655 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00747D06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0090600F"/>
+    <w:pPr>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="39BF75F670BF43D09314BF4F3D1FA476"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A85CA355-36BB-4BAD-8A51-E27CD0DE734F}"/>
+        <w:guid w:val="{B0884C21-1D26-47BE-90FF-26E22BF303AE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007E1ACD" w:rsidRDefault="007E1ACD">
-          <w:r w:rsidRPr="00C326F6">
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="39BF75F670BF43D09314BF4F3D1FA476"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="952EF2285D8E46B6B4762E2E28AFF160"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A1DEBFA0-42D6-428B-8E68-F80BF1CCC1FB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="952EF2285D8E46B6B4762E2E28AFF160"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="32DD80DF23CC46309A575B78B12CF2D4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E2F107D2-21D7-4EC2-A000-5296C44EF29F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="32DD80DF23CC46309A575B78B12CF2D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1EEAA5A43E2B4A2CBC7547AF5272F14A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CBC754EC-67A8-40BF-AF56-501D2AFFF19E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="1EEAA5A43E2B4A2CBC7547AF5272F14A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="11F94555D2D048AF9E2F3994AE4F376D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36471DAC-0948-4632-87FC-C536CD439790}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="11F94555D2D048AF9E2F3994AE4F376D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0F40F36ECF1D43B8B478DD3505BF1F86"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5494AC21-DAE4-497C-97C6-523B151677BB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="0F40F36ECF1D43B8B478DD3505BF1F86"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E8338E2FAE045D08F6FDB875DC1D9C0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6C4454E6-F1E4-4C30-8662-D2CB834FB9CC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="1E8338E2FAE045D08F6FDB875DC1D9C0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1CC0A3AC677744C38108B08C9E6687CB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{56DE0F17-E0AA-4AA2-AAFD-1A7C7F37BC2B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="1CC0A3AC677744C38108B08C9E6687CB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3FFA80ADBD6E414DAECAA2212A4A4406"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F486A4E3-0B6D-4FBA-A00E-44626EF45EE4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="3FFA80ADBD6E414DAECAA2212A4A4406"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0050BB9230484D51958CB34C3DDACA89"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C2CAE60D-0C26-4B6C-B2C4-D98F797CAEF8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="0050BB9230484D51958CB34C3DDACA89"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2E50A9D5269F48A286FDD75846A4EBEB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BDD40A7F-9EBE-4DE4-B0C0-C7CB1289B29B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="2E50A9D5269F48A286FDD75846A4EBEB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2E970F8446F5485FB4317A5808BC958D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36945010-53C9-4930-89D0-410311FE7D14}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="2E970F8446F5485FB4317A5808BC958D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DF945005346746E6B9E35032255576BF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4A713B36-C846-4F02-8E59-7A52661A192A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="DF945005346746E6B9E35032255576BF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C4550519138A4E63A86A3D77FEE63A30"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{26630753-AB41-44A5-BA6C-26B5467CADA1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="C4550519138A4E63A86A3D77FEE63A30"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C4D1B867418549FD90C8D77F55626926"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15443D7B-CE73-46FE-A2DC-26ACDFC6B961}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="C4D1B867418549FD90C8D77F55626926"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F35749C32E6B487BB0D22ACB977F7A34"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{51113FEF-2772-4EC1-9ECD-FB6754B25F35}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="F35749C32E6B487BB0D22ACB977F7A34"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AFA4040210874366AFD9B67950E334A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E84FF650-51D2-460D-B4C0-8C1818B82ED4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A0206" w:rsidRDefault="002A0206" w:rsidP="002A0206">
+          <w:pPr>
+            <w:pStyle w:val="AFA4040210874366AFD9B67950E334A7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6833,50 +6440,53 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1ACD"/>
     <w:rsid w:val="000E1E29"/>
+    <w:rsid w:val="001E7FE7"/>
+    <w:rsid w:val="002A0206"/>
+    <w:rsid w:val="0033533A"/>
     <w:rsid w:val="007E1ACD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -7292,54 +6902,122 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007E1ACD"/>
+    <w:rsid w:val="002A0206"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39BF75F670BF43D09314BF4F3D1FA476">
+    <w:name w:val="39BF75F670BF43D09314BF4F3D1FA476"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="952EF2285D8E46B6B4762E2E28AFF160">
+    <w:name w:val="952EF2285D8E46B6B4762E2E28AFF160"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32DD80DF23CC46309A575B78B12CF2D4">
+    <w:name w:val="32DD80DF23CC46309A575B78B12CF2D4"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EEAA5A43E2B4A2CBC7547AF5272F14A">
+    <w:name w:val="1EEAA5A43E2B4A2CBC7547AF5272F14A"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11F94555D2D048AF9E2F3994AE4F376D">
+    <w:name w:val="11F94555D2D048AF9E2F3994AE4F376D"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F40F36ECF1D43B8B478DD3505BF1F86">
+    <w:name w:val="0F40F36ECF1D43B8B478DD3505BF1F86"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E8338E2FAE045D08F6FDB875DC1D9C0">
+    <w:name w:val="1E8338E2FAE045D08F6FDB875DC1D9C0"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CC0A3AC677744C38108B08C9E6687CB">
+    <w:name w:val="1CC0A3AC677744C38108B08C9E6687CB"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FFA80ADBD6E414DAECAA2212A4A4406">
+    <w:name w:val="3FFA80ADBD6E414DAECAA2212A4A4406"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0050BB9230484D51958CB34C3DDACA89">
+    <w:name w:val="0050BB9230484D51958CB34C3DDACA89"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E50A9D5269F48A286FDD75846A4EBEB">
+    <w:name w:val="2E50A9D5269F48A286FDD75846A4EBEB"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E970F8446F5485FB4317A5808BC958D">
+    <w:name w:val="2E970F8446F5485FB4317A5808BC958D"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF945005346746E6B9E35032255576BF">
+    <w:name w:val="DF945005346746E6B9E35032255576BF"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4550519138A4E63A86A3D77FEE63A30">
+    <w:name w:val="C4550519138A4E63A86A3D77FEE63A30"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4D1B867418549FD90C8D77F55626926">
+    <w:name w:val="C4D1B867418549FD90C8D77F55626926"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F35749C32E6B487BB0D22ACB977F7A34">
+    <w:name w:val="F35749C32E6B487BB0D22ACB977F7A34"/>
+    <w:rsid w:val="002A0206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AFA4040210874366AFD9B67950E334A7">
+    <w:name w:val="AFA4040210874366AFD9B67950E334A7"/>
+    <w:rsid w:val="002A0206"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -7607,70 +7285,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>232</Words>
-  <Characters>1164</Characters>
+  <Words>273</Words>
+  <Characters>1341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1394</CharactersWithSpaces>
+  <CharactersWithSpaces>1586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>