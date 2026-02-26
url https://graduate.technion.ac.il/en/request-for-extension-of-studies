--- v1 (2025-12-27)
+++ v2 (2026-02-26)
@@ -410,150 +410,153 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of student: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1870220677"/>
           <w:placeholder>
             <w:docPart w:val="1EEAA5A43E2B4A2CBC7547AF5272F14A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4C1C7753" w14:textId="4AFCCBB5" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090600F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ID number: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="311987376"/>
           <w:placeholder>
             <w:docPart w:val="952EF2285D8E46B6B4762E2E28AFF160"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="457F34DF" w14:textId="2F6F11D4" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090600F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic unit/Faculty: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-645120268"/>
           <w:placeholder>
             <w:docPart w:val="32DD80DF23CC46309A575B78B12CF2D4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0090600F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B00E023" w14:textId="187271CC" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00313F4C">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -574,142 +577,145 @@
         <w:t xml:space="preserve">Degree: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2136857368"/>
           <w:placeholder>
             <w:docPart w:val="39BF75F670BF43D09314BF4F3D1FA476"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Msc" w:value="Msc"/>
             <w:listItem w:displayText="PhD" w:value="PhD"/>
             <w:listItem w:displayText="Non-degree" w:value="Non-degree"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1C8AF371" w14:textId="54E07BB8" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090600F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Semester no. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="617183830"/>
           <w:placeholder>
             <w:docPart w:val="11F94555D2D048AF9E2F3994AE4F376D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0090600F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  out of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1533032431"/>
           <w:placeholder>
             <w:docPart w:val="0F40F36ECF1D43B8B478DD3505BF1F86"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0090600F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> semesters (please consult your transcript)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B94E7EE" w14:textId="7AAAD120" w:rsidR="00A227B2" w:rsidRPr="0090600F" w:rsidRDefault="00A227B2" w:rsidP="00A227B2">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -722,54 +728,55 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">No. of scholarship months used: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1249493590"/>
           <w:placeholder>
             <w:docPart w:val="1E8338E2FAE045D08F6FDB875DC1D9C0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1153C346" w14:textId="3361DF18" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="0090600F" w:rsidP="0090600F">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -918,54 +925,55 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk215995463"/>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="12497600"/>
           <w:placeholder>
             <w:docPart w:val="1CC0A3AC677744C38108B08C9E6687CB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="5E41DC96" w14:textId="551DA4E3" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -973,154 +981,157 @@
         </w:rPr>
         <w:t>Date of the seminar:</w:t>
       </w:r>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1339881279"/>
           <w:placeholder>
             <w:docPart w:val="3FFA80ADBD6E414DAECAA2212A4A4406"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1FB84607" w14:textId="2C380B9F" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Date of submitting the thesis to the Graduate School:</w:t>
       </w:r>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-609662103"/>
           <w:placeholder>
             <w:docPart w:val="0050BB9230484D51958CB34C3DDACA89"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="31C08921" w14:textId="3E4128C6" w:rsidR="00D469BD" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remarks:</w:t>
       </w:r>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk215994911"/>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-142428634"/>
           <w:placeholder>
             <w:docPart w:val="2E50A9D5269F48A286FDD75846A4EBEB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1AEBC8AF" w14:textId="77777777" w:rsidR="00D72DC9" w:rsidRPr="00D72DC9" w:rsidRDefault="00D72DC9" w:rsidP="00D72DC9">
       <w:pPr>
         <w:bidi w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A50404E" w14:textId="2D3DAA71" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
@@ -1270,54 +1281,55 @@
       <w:r w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="-111058204"/>
           <w:placeholder>
             <w:docPart w:val="2E970F8446F5485FB4317A5808BC958D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="17510794" w14:textId="0AA30BDC" w:rsidR="00D72DC9" w:rsidRPr="004C1731" w:rsidRDefault="004C1731" w:rsidP="004C1731">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -1354,84 +1366,85 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5540D0EC" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="9.25pt,42.45pt" to="576.5pt,42.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtwimRsQEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815JdNHEFyznEaC9B&#10;GiTtBzDU0iLKF5aMJf99l5QtF30ARdELRXJ3ZmeWq83taA07AEbtXcuXi5ozcNJ32u1b/vXLx7dr&#10;zmISrhPGO2j5ESK/3b652gyhgZXvvekAGZG42Ayh5X1KoamqKHuwIi58AEdB5dGKREfcVx2Kgdit&#10;qVZ1fV0NHruAXkKMdLubgnxb+JUCmT4rFSEx03LSlsqKZX3Ja7XdiGaPIvRanmSIf1BhhXZUdKba&#10;iSTYK+pfqKyW6KNXaSG9rbxSWkLxQG6W9U9unnsRoHih5sQwtyn+P1r5cLhzj0htGEJsYnjE7GJU&#10;aPOX9LGxNOs4NwvGxCRd3qzqd+v1ijN5jlUXYMCYPoG3LG9abrTLPkQjDvcxUTFKPafka+PYQNPz&#10;oX5fl7Qc24nYs4Ogd+tolx+KQMbR56K07NLRwETyBIrpjrQtC0sZIrgzeKL5tpxZKDNDlDZmBk2l&#10;/wg65WYYlMH6W+CcXSp6l2ag1c7j76Sm8SxVTfln15PXbPvFd8fybqUdNB2lP6dJzuP347nAL//b&#10;9jsAAAD//wMAUEsDBBQABgAIAAAAIQCdaAQ43gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGb3TRaiTGbUkQpIhWMQj1us2MSzM7G3U0b/71TPOjxzXu8+V6xnGwv9uhD50jB&#10;fJaAQKqd6ahR8Pb6cJGBCFGT0b0jVPCNAZbl6Umhc+MO9IL7KjaCSyjkWkEb45BLGeoWrQ4zNyCx&#10;9+G81ZGlb6Tx+sDltpdpklxLqzviD60e8K7F+rMarQJfpenXOL7LbvO07e8fcf28Xm2VOj+bVrcg&#10;Ik7xLwxHfEaHkpl2biQTRM86W3BSQXZ1A+LozxeXPG73e5FlIf8vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAbcIpkbEBAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAnWgEON4AAAAJAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+              <v:line w14:anchorId="4929E4B5" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="9.25pt,42.45pt" to="576.5pt,42.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtwimRsQEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815JdNHEFyznEaC9B&#10;GiTtBzDU0iLKF5aMJf99l5QtF30ARdELRXJ3ZmeWq83taA07AEbtXcuXi5ozcNJ32u1b/vXLx7dr&#10;zmISrhPGO2j5ESK/3b652gyhgZXvvekAGZG42Ayh5X1KoamqKHuwIi58AEdB5dGKREfcVx2Kgdit&#10;qVZ1fV0NHruAXkKMdLubgnxb+JUCmT4rFSEx03LSlsqKZX3Ja7XdiGaPIvRanmSIf1BhhXZUdKba&#10;iSTYK+pfqKyW6KNXaSG9rbxSWkLxQG6W9U9unnsRoHih5sQwtyn+P1r5cLhzj0htGEJsYnjE7GJU&#10;aPOX9LGxNOs4NwvGxCRd3qzqd+v1ijN5jlUXYMCYPoG3LG9abrTLPkQjDvcxUTFKPafka+PYQNPz&#10;oX5fl7Qc24nYs4Ogd+tolx+KQMbR56K07NLRwETyBIrpjrQtC0sZIrgzeKL5tpxZKDNDlDZmBk2l&#10;/wg65WYYlMH6W+CcXSp6l2ag1c7j76Sm8SxVTfln15PXbPvFd8fybqUdNB2lP6dJzuP347nAL//b&#10;9jsAAAD//wMAUEsDBBQABgAIAAAAIQCdaAQ43gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGb3TRaiTGbUkQpIhWMQj1us2MSzM7G3U0b/71TPOjxzXu8+V6xnGwv9uhD50jB&#10;fJaAQKqd6ahR8Pb6cJGBCFGT0b0jVPCNAZbl6Umhc+MO9IL7KjaCSyjkWkEb45BLGeoWrQ4zNyCx&#10;9+G81ZGlb6Tx+sDltpdpklxLqzviD60e8K7F+rMarQJfpenXOL7LbvO07e8fcf28Xm2VOj+bVrcg&#10;Ik7xLwxHfEaHkpl2biQTRM86W3BSQXZ1A+LozxeXPG73e5FlIf8vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAbcIpkbEBAAC3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAnWgEON4AAAAJAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
                 <v:stroke dashstyle="dash" joinstyle="miter"/>
                 <w10:wrap anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Advisor name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="-2033414550"/>
           <w:placeholder>
             <w:docPart w:val="C4550519138A4E63A86A3D77FEE63A30"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00313F4C" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Advisor </w:t>
       </w:r>
       <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -1537,54 +1550,55 @@
       <w:r w:rsidR="00313F4C" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="1808196696"/>
           <w:placeholder>
             <w:docPart w:val="DF945005346746E6B9E35032255576BF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72DC9" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="00D72DC9" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="020A88FF" w14:textId="1CC0730E" w:rsidR="00D72DC9" w:rsidRDefault="00D72DC9" w:rsidP="00D72DC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66AFDCE7" w14:textId="1A9C8798" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00313F4C" w:rsidP="00D72DC9">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -1634,179 +1648,177 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="280C7617" w14:textId="27F7B84F" w:rsidR="00313F4C" w:rsidRPr="004C1731" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1731">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Recommendation of the departmental graduate committee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011B288D" w14:textId="17E92F0E" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="006704A5" w:rsidP="00D72DC9">
+    <w:p w14:paraId="011B288D" w14:textId="17E92F0E" w:rsidR="00313F4C" w:rsidRPr="00D72DC9" w:rsidRDefault="00C75EB5" w:rsidP="00D72DC9">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-794447792"/>
           <w:placeholder>
             <w:docPart w:val="C4D1B867418549FD90C8D77F55626926"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004C1731" w:rsidRPr="00A824EF">
+          <w:r w:rsidR="004C1731" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="32D8E586" w14:textId="6CE51991" w:rsidR="004C1731" w:rsidRDefault="004C1731" w:rsidP="00D72DC9">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D72DC9">
-[...15 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00351697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Head/Coordinator of departmental graduate committee name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1731">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="276695973"/>
           <w:placeholder>
             <w:docPart w:val="AFA4040210874366AFD9B67950E334A7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="0090600F">
+          <w:r w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="09EF54AF" w14:textId="24C0DD62" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
+    <w:p w14:paraId="09EF54AF" w14:textId="7409DAF1" w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidRDefault="00313F4C" w:rsidP="004C1731">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D72DC9">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00351697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Head/Coordinator </w:t>
       </w:r>
-      <w:r w:rsidR="004C1731">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="004C1731" w:rsidRPr="00351697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>signature</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D72DC9">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00351697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="2127584954"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
@@ -1845,115 +1857,124 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="700538" cy="301144"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D469BD" w:rsidRPr="00D72DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D72DC9">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00351697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00351697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:id w:val="-1166930052"/>
           <w:placeholder>
             <w:docPart w:val="F35749C32E6B487BB0D22ACB977F7A34"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004C1731" w:rsidRPr="00D72DC9">
+          <w:r w:rsidR="004C1731" w:rsidRPr="006D20F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00313F4C" w:rsidRPr="0090600F" w:rsidSect="00D72DC9">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1588" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78621870" w14:textId="77777777" w:rsidR="00485CE3" w:rsidRDefault="00485CE3" w:rsidP="0055655F">
+    <w:p w14:paraId="08179D91" w14:textId="77777777" w:rsidR="00C75EB5" w:rsidRDefault="00C75EB5" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="379331FD" w14:textId="77777777" w:rsidR="00485CE3" w:rsidRDefault="00485CE3" w:rsidP="0055655F">
+    <w:p w14:paraId="00F4127B" w14:textId="77777777" w:rsidR="00C75EB5" w:rsidRDefault="00C75EB5" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2081,51 +2102,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="75D34559" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="0D3C6562" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2630,61 +2651,61 @@
                       </w:rPr>
                       <w:t>+972-4-8292652, 2737, 2574</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57">
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CBCDC8A" w14:textId="77777777" w:rsidR="00485CE3" w:rsidRDefault="00485CE3" w:rsidP="0055655F">
+    <w:p w14:paraId="1D922200" w14:textId="77777777" w:rsidR="00C75EB5" w:rsidRDefault="00C75EB5" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41671CEA" w14:textId="77777777" w:rsidR="00485CE3" w:rsidRDefault="00485CE3" w:rsidP="0055655F">
+    <w:p w14:paraId="4A10B3E6" w14:textId="77777777" w:rsidR="00C75EB5" w:rsidRDefault="00C75EB5" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="795"/>
       </w:tabs>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -4842,53 +4863,53 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="40716569">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2084523313">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="320082656">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Oij7KXhnmaUNi4LXDRWuPMY1pxnEQb5rXwJROI+lCnukRikeDKY47Od0jqDrT9aJokiHc0hkO17Wb98mO173uw==" w:salt="nzcB99kAP0KpwGfUojv4NQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="GebVHtJnQIWftGdVVklvuy5zKyIB82KgEPdCCMGZzdTUdXA5I2qLSUgxquLSTItqRLE3VuyJdSfO/yGZeQn6cA==" w:salt="AUkWE/2ce77z+7MZ+u7A6Q=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -4903,119 +4924,127 @@
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="00201494"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00217433"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A2205"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002D7488"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="00313F4C"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="0033533A"/>
+    <w:rsid w:val="00351697"/>
     <w:rsid w:val="00357822"/>
+    <w:rsid w:val="003738BF"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003A185B"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00485CE3"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004C1731"/>
     <w:rsid w:val="0050458C"/>
+    <w:rsid w:val="00510E09"/>
     <w:rsid w:val="00535699"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
+    <w:rsid w:val="006D20F8"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="007C3493"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="00883EF5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="0090600F"/>
     <w:rsid w:val="00932ADE"/>
+    <w:rsid w:val="00940B36"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="00982338"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A227B2"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
+    <w:rsid w:val="00B97AB9"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
+    <w:rsid w:val="00C75EB5"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D305E5"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D469BD"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D72DC9"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E83B93"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00E955FA"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EC17C8"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
@@ -6441,53 +6470,56 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1ACD"/>
     <w:rsid w:val="000E1E29"/>
     <w:rsid w:val="001E7FE7"/>
+    <w:rsid w:val="00287705"/>
     <w:rsid w:val="002A0206"/>
     <w:rsid w:val="0033533A"/>
+    <w:rsid w:val="00510E09"/>
     <w:rsid w:val="007E1ACD"/>
+    <w:rsid w:val="00B97AB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7285,70 +7317,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>273</Words>
-  <Characters>1341</Characters>
+  <Words>267</Words>
+  <Characters>1348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>168</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1586</CharactersWithSpaces>
+  <CharactersWithSpaces>1558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>