--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -11,2256 +11,1517 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D17CD93" w14:textId="77777777" w:rsidR="00A73D63" w:rsidRDefault="00A73D63" w:rsidP="00327B8C">
+    <w:p w14:paraId="6D17CD93" w14:textId="77777777" w:rsidR="00A73D63" w:rsidRPr="0081488E" w:rsidRDefault="00A73D63" w:rsidP="00327B8C">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk200376850"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="507F7B93" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="507F7B93" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CE2F71E" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="3CE2F71E" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C7E0AF" w14:textId="45B49C74" w:rsidR="00327B8C" w:rsidRPr="00B262ED" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="72C7E0AF" w14:textId="45B49C74" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B262ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Request for Transfer to a Different Department/Track</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79038073" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="79038073" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1663A4C1" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please submit the signed form, with the below listed documents, to The Graduate School Admissions office</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1663A4C1" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="00B262ED" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="07B44606" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
-        <w:jc w:val="left"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29EF19B7" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="29EF19B7" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>General information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BA4A89" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="54BA4A89" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>We recommend inquiring acceptance prospects at the requested department prior to submission</w:t>
+        <w:t xml:space="preserve">We recommend </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>inquiring</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acceptance prospects at the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requested department</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CA476F" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="09CA476F" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Please note that tuition calculation will start anew with the transfer</w:t>
+        <w:t xml:space="preserve">Please note that tuition </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>calculation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will start anew with the transfer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="302322C0" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="302322C0" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>If a scholarship was awarded, it will be counted</w:t>
+        <w:t xml:space="preserve">If a scholarship </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awarded, it will be counted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF8E6C8" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="4EF8E6C8" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Request may be submitted during the semester. </w:t>
+        <w:t>Request</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Transfer is done at the beginning of semester</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> at the latest!</w:t>
+        <w:t xml:space="preserve"> may be submitted during the semester. Transfer is done at the beginning of semester at the latest!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBA67FD" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="3DBA67FD" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006C161B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Please attach the following documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33342CE1" w14:textId="11C35473" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="33342CE1" w14:textId="11C35473" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>This form, signed by the present academic unit</w:t>
+        <w:t>This form, signed by the present academic unit. The request will not be processed without it.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="73AA70A7" w14:textId="745765B9" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The request will not be processed without it.</w:t>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">using the </w:t>
+        <w:t xml:space="preserve">Fill out an application using the </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00B262ED">
+        <w:r w:rsidRPr="0081488E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Graduate School website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB0AA5B" w14:textId="7A0D9857" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="6CB0AA5B" w14:textId="7A0D9857" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Scholarship form</w:t>
+        <w:t>Scholarship form, if desired.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="50845048" w14:textId="7C50500F" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, if desired.</w:t>
-[...24 lines deleted...]
-          <w:bCs w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Publication, letters, recommendations (optional)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F08B14B" w14:textId="0154F39B" w:rsidR="00327B8C" w:rsidRPr="006C161B" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="118A45AB" w14:textId="77777777" w:rsidR="0081488E" w:rsidRDefault="0081488E" w:rsidP="0081488E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD91D74" w14:textId="0ABD0C37" w:rsidR="0081488E" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Personal information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8693F8" w14:textId="70A2AAF9" w:rsidR="00327B8C" w:rsidRPr="00D86D76" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="0B8693F8" w14:textId="4B67E323" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00037C80" w:rsidP="00037C80">
+      <w:pPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="480" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Last name:</w:t>
+      </w:r>
+      <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="208085753"/>
+          <w:placeholder>
+            <w:docPart w:val="28FBDF7AD8C541209DBBAEC44498C697"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1754776948"/>
+          <w:placeholder>
+            <w:docPart w:val="78892B7F8C104E43A458F78BEBFCE33D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="44E73F2D" w14:textId="03915DAF" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Student I.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="777072048"/>
+          <w:placeholder>
+            <w:docPart w:val="7C9765CF2FF6414DA008EA4322503139"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4332932E" w14:textId="77777777" w:rsidR="00037C80" w:rsidRDefault="00037C80" w:rsidP="00327B8C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="766F7005" w14:textId="7CFE4F3B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Request details </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C296561" w14:textId="3CBB6AD5" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00037C80" w:rsidP="00037C80">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C161B">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Last name:</w:t>
+        <w:br/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Present Academic Unit: </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="868801838"/>
+          <w:placeholder>
+            <w:docPart w:val="E01D8B34EFB0475AA3BB4B010A7C1556"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4B2313ED" w14:textId="4B4E7EFA" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic unit you wish to transfer to: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Text1"/>
-[...4 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1160691572"/>
+          <w:placeholder>
+            <w:docPart w:val="68FE9C833E11414392B7538079FD0734"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3C9140CC" w14:textId="1959BB4B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...689 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Starting semester: </w:t>
       </w:r>
-      <w:r>
-[...116 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-1815560521"/>
+          <w:placeholder>
+            <w:docPart w:val="1234CC0C2558432D8BF745496FACD21D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="3C9140CC" w14:textId="0AAC5991" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="744A1049" w14:textId="03035297" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00C23C3F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="1831639108"/>
+          <w:id w:val="367033141"/>
           <w:placeholder>
-            <w:docPart w:val="990E0C7ECCC3409496FA708F210353CA"/>
+            <w:docPart w:val="C93F6603E3CC4AFB84B49AB3082ECF22"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
-            <w:dateFormat w:val="M/d/yyyy"/>
-            <w:lid w:val="en-US"/>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B262ED">
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-    </w:p>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00C23C3F" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1063989142"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00404F12">
+          <w:r w:rsidR="00404F12" w:rsidRPr="0081488E">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77FD189E" wp14:editId="3A06D71A">
-[...2 lines deleted...]
-                <wp:docPr id="1220193198" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77FD189E" wp14:editId="41DDFBE6">
+                <wp:extent cx="971550" cy="352425"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:docPr id="1220193198" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="1220193198" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2009775" cy="352425"/>
+                          <a:ext cx="971550" cy="352425"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="585FB5B5" w14:textId="74915C3B" w:rsidR="00327B8C" w:rsidRDefault="001C0ACD" w:rsidP="00327B8C">
+    <w:p w14:paraId="585FB5B5" w14:textId="74915C3B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="001C0ACD" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078C33C1" wp14:editId="5BADB022">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078C33C1" wp14:editId="2C15CF82">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-266700</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>306070</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7210425" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="611975166" name="Straight Connector 5"/>
+                <wp:docPr id="611975166" name="Straight Connector 5">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7210425" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="19050">
                           <a:prstDash val="dash"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3BD0EB61" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-21pt,24.1pt" to="546.75pt,24.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq7f/SsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x5KMpotgOYcY7SVI&#10;gy4fwFBDiyg3cFhL/vsOKVsuugBFkAtFcua9eW842txO1rADRNTedbxZ1ZyBk77Xbt/xb18/XL/j&#10;DJNwvTDeQcePgPx2e/VqM4YW1n7wpofIiMRhO4aODymFtqpQDmAFrnwAR0HloxWJjnFf9VGMxG5N&#10;ta7rN9XoYx+il4BIt7s5yLeFXymQ6ZNSCImZjpO2VNZY1qe8VtuNaPdRhEHLkwzxDBVWaEdFF6qd&#10;SIL9iPoPKqtl9OhVWklvK6+UllA8kJum/s3Nl0EEKF6oORiWNuHL0cqHw517jNSGMWCL4TFmF5OK&#10;Nn9JH5tKs45Ls2BKTNLl23VTv17fcCbPseoCDBHTR/CW5U3HjXbZh2jF4R4TFaPUc0q+No6NND3v&#10;65u6pOXYTuDADoLeraddfigCGUefi9KyS0cDM8lnUEz3pK0pLGWI4M7EE833ZmGhzAxR2pgFNJf+&#10;J+iUm2FQBut/gUt2qehdWoBWOx//JjVNZ6lqzj+7nr1m20++P5Z3K+2g6Sj9OU1yHr9fzwV++d+2&#10;PwEAAP//AwBQSwMEFAAGAAgAAAAhAN3o9lngAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd8F/0O4gm9bapwya9MxRBkiE9YJ8zFrrm0xualJutV/b4YP+njuOZz7nWIxWsMO6EPnSMLV&#10;NAOGVDvdUSPhbfs0mQMLUZFWxhFK+MYAi/L8rFC5dkfa4KGKDUslFHIloY2xzzkPdYtWhanrkZL3&#10;4bxVMUnfcO3VMZVbw0WW3XKrOkofWtXjQ4v1ZzVYCb4S4msY3nm3ftmZx2dcva6WOykvL8blPbCI&#10;Y/wLwwk/oUOZmPZuIB2YkTCZibQlSpjNBbBTILu7vgG2/73wsuD/J5Q/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGrt/9KwAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAN3o9lngAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+              <v:line w14:anchorId="766B6F89" id="Straight Connector 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-21pt,24.1pt" to="546.75pt,24.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq7f/SsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x5KMpotgOYcY7SVI&#10;gy4fwFBDiyg3cFhL/vsOKVsuugBFkAtFcua9eW842txO1rADRNTedbxZ1ZyBk77Xbt/xb18/XL/j&#10;DJNwvTDeQcePgPx2e/VqM4YW1n7wpofIiMRhO4aODymFtqpQDmAFrnwAR0HloxWJjnFf9VGMxG5N&#10;ta7rN9XoYx+il4BIt7s5yLeFXymQ6ZNSCImZjpO2VNZY1qe8VtuNaPdRhEHLkwzxDBVWaEdFF6qd&#10;SIL9iPoPKqtl9OhVWklvK6+UllA8kJum/s3Nl0EEKF6oORiWNuHL0cqHw517jNSGMWCL4TFmF5OK&#10;Nn9JH5tKs45Ls2BKTNLl23VTv17fcCbPseoCDBHTR/CW5U3HjXbZh2jF4R4TFaPUc0q+No6NND3v&#10;65u6pOXYTuDADoLeraddfigCGUefi9KyS0cDM8lnUEz3pK0pLGWI4M7EE833ZmGhzAxR2pgFNJf+&#10;J+iUm2FQBut/gUt2qehdWoBWOx//JjVNZ6lqzj+7nr1m20++P5Z3K+2g6Sj9OU1yHr9fzwV++d+2&#10;PwEAAP//AwBQSwMEFAAGAAgAAAAhAN3o9lngAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd8F/0O4gm9bapwya9MxRBkiE9YJ8zFrrm0xualJutV/b4YP+njuOZz7nWIxWsMO6EPnSMLV&#10;NAOGVDvdUSPhbfs0mQMLUZFWxhFK+MYAi/L8rFC5dkfa4KGKDUslFHIloY2xzzkPdYtWhanrkZL3&#10;4bxVMUnfcO3VMZVbw0WW3XKrOkofWtXjQ4v1ZzVYCb4S4msY3nm3ftmZx2dcva6WOykvL8blPbCI&#10;Y/wLwwk/oUOZmPZuIB2YkTCZibQlSpjNBbBTILu7vgG2/73wsuD/J5Q/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGrt/9KwAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAN3o9lngAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
                 <v:stroke dashstyle="dash" joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCD25D0" w14:textId="314AFA9E" w:rsidR="00957B81" w:rsidRDefault="001F5188" w:rsidP="00957B81">
+    <w:p w14:paraId="0DCD25D0" w14:textId="314AFA9E" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="001F5188" w:rsidP="00957B81">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="001C0ACD">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001C0ACD" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00957B81">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00957B81" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>To: Admission Office, Graduate School</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1230482D" w14:textId="77777777" w:rsidR="00957B81" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+    <w:p w14:paraId="1230482D" w14:textId="23761CD8" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">From: Chair/Coordinator of the graduate program </w:t>
-      </w:r>
-[...460 lines deleted...]
-        <w:t xml:space="preserve">                                Signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1761402056"/>
+          <w:placeholder>
+            <w:docPart w:val="9A3AE3CBD2694C42856BCC787CDF30B6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="614D8EE2" w14:textId="77777777" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RE: Academic Unit Transfer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776F5834" w14:textId="77777777" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28415732" w14:textId="512423B7" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="001F5188">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We agree that the student </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="2011559256"/>
+          <w:placeholder>
+            <w:docPart w:val="D3BC3EADE54940889AB3C1D1331DCD39"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will leave the present academic unit and will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>submit an application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the academic unit</w:t>
+      </w:r>
+      <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="14750597"/>
+          <w:placeholder>
+            <w:docPart w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00854FF1" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBAD4F4" w14:textId="251EA844" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="710074724"/>
+          <w:placeholder>
+            <w:docPart w:val="2E9B0228AA464BDEB865CD795B8E3182"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0081488E" w:rsidRPr="00037C80">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Signature: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-170713759"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="0081488E">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="338892E5" wp14:editId="19783795">
-                <wp:extent cx="1905000" cy="285750"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="338892E5" wp14:editId="043E51E3">
+                <wp:extent cx="1149350" cy="344766"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="3" name="Picture 2"/>
+                <wp:docPr id="3" name="Picture 2" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="3" name="Picture 2" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="285750"/>
+                          <a:ext cx="1204315" cy="361254"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6ACABDE3" w14:textId="17A29860" w:rsidR="00327B8C" w:rsidRDefault="00327B8C" w:rsidP="00783279">
+    <w:p w14:paraId="6ACABDE3" w14:textId="17A29860" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00783279">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00327B8C" w:rsidSect="00327B8C">
+    <w:sectPr w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidSect="00327B8C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7AC48C90" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -2347,54 +1608,54 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31ECCA14" w14:textId="3790D937" w:rsidR="0059468B" w:rsidRDefault="0059468B" w:rsidP="0059468B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="810"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="8" w:name="_Hlk200277248"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="11" w:name="_Hlk200277264"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk200277248"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk200277249"/>
+    <w:bookmarkStart w:id="3" w:name="_Hlk200277263"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk200277264"/>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AA5F43" wp14:editId="3C330B01">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>119380</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="349250"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1216639892" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2682,113 +1943,119 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="47431DC6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64113FC0" wp14:editId="49B3C860">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="809625"/>
               <wp:effectExtent l="0" t="0" r="38100" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="2129786380" name="Straight Connector 4"/>
+              <wp:docPr id="2129786380" name="Straight Connector 4">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="809625"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="D59F0F">
                             <a:alpha val="50196"/>
                           </a:srgbClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2AB4BF93" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="03B76122" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2963,54 +2230,54 @@
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="8"/>
-[...2 lines deleted...]
-  <w:bookmarkEnd w:id="11"/>
+  <w:bookmarkEnd w:id="1"/>
+  <w:bookmarkEnd w:id="2"/>
+  <w:bookmarkEnd w:id="3"/>
+  <w:bookmarkEnd w:id="4"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5D7C1789" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="181352D6" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -3142,70 +2409,70 @@
                       <w:t xml:space="preserve">מדור רישום וקבלה                  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t>Registration and Admission Office</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FE5C31" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="70BB91E8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="3A23BF3F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>12321</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-451897</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1855881260" name="Picture 2"/>
+          <wp:docPr id="1855881260" name="Picture 2" descr="Registration and Admiision Office logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="1855881260" name="Picture 2" descr="Registration and Admiision Office logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -3327,50 +2594,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23A81069"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92B0DE44"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29793594"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40BE1E0A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3439,51 +2819,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D0D04FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="893A0CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3579,51 +2959,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE07D54"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C99C02CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3719,51 +3099,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="358E55A2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C98CB9C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3861,51 +3241,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CD66D84"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77FA404E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4001,51 +3381,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="513B1190"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA325FE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="270" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="702" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -4090,51 +3470,141 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3150" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3654" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4230" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56206489"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86F4A56E"/>
+    <w:lvl w:ilvl="0" w:tplc="DF566774">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7715F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E68AF0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4230,51 +3700,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B379A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71C4E62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4370,51 +3840,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68846906"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9412DC88"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4456,51 +3926,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B281E47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A4E91C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4596,51 +4066,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76085384"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="830CF9CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4736,51 +4206,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CA061F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8716C91E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4825,51 +4295,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DFA2660"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD00E0C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4966,209 +4436,224 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="626661182">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="90199880">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="506214082">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1695301428">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="90199880">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="5" w16cid:durableId="805203858">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1247614052">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1498808492">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2128230497">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="785848138">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2091806882">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1355964266">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="54IX+ZLO8ApMAK0o3hIP6++tetX1H5jETwaxwyk6XX+1UE9EfbLegshcby3Zt38HaTwX/mWKxkZP8ztJRG2juw==" w:salt="8WaS3y4kb/7GiUkumuc2mQ=="/>
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3ON9ttEub7oexbkOi3y5+ONcboId6uDFO4MyFA5S9hy5WaRILjYhSRj7Vy7tWJmlJzvNw9EhvLKizfa78MIUhQ==" w:salt="G9Q/hLtjd/HlTKOhObf5gg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
+    <w:rsid w:val="00037C80"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="0007227C"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="0010183F"/>
     <w:rsid w:val="00103E9A"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
+    <w:rsid w:val="001872C2"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001C0ACD"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001F5188"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="002A28DB"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="00306AE9"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00327B8C"/>
     <w:rsid w:val="00347581"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="003846C2"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
+    <w:rsid w:val="003A30BF"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00404F12"/>
     <w:rsid w:val="004306B9"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="00573AE5"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
+    <w:rsid w:val="005D3CED"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00783279"/>
     <w:rsid w:val="008065EC"/>
+    <w:rsid w:val="0081488E"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00854FF1"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00957B81"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009A6E28"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AE2464"/>
     <w:rsid w:val="00AF0B21"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
+    <w:rsid w:val="00C23C3F"/>
     <w:rsid w:val="00C23E5F"/>
+    <w:rsid w:val="00C260F2"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
+    <w:rsid w:val="00C8062A"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CD5E7C"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D57F45"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00D85006"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FB1947"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
@@ -5902,71 +5387,396 @@
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/prospective-students/application-to-a-master-or-phd-degree/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="990E0C7ECCC3409496FA708F210353CA"/>
+        <w:name w:val="28FBDF7AD8C541209DBBAEC44498C697"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{85BBECC0-2B72-4BA9-9EB4-C0646151C423}"/>
+        <w:guid w:val="{F09D5B79-5A4E-4EE6-B99A-A64EDB745290}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007A30AC" w:rsidRDefault="00254481" w:rsidP="00254481">
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
           <w:pPr>
-            <w:pStyle w:val="990E0C7ECCC3409496FA708F210353CA"/>
+            <w:pStyle w:val="28FBDF7AD8C541209DBBAEC44498C6975"/>
           </w:pPr>
-          <w:r w:rsidRPr="00F21A62">
+          <w:r w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1479A6DF-5250-4A68-968F-AE02A996A3A8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="78892B7F8C104E43A458F78BEBFCE33D5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7C9765CF2FF6414DA008EA4322503139"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A7EF447C-52A5-46BA-84A2-8972FDA54A73}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="7C9765CF2FF6414DA008EA43225031395"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E01D8B34EFB0475AA3BB4B010A7C1556"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6E88A48C-610C-4332-99E2-ADDEBCC448A1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="E01D8B34EFB0475AA3BB4B010A7C15564"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="68FE9C833E11414392B7538079FD0734"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1C9B4065-62AF-4CB0-BAB7-26A870352D8B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="68FE9C833E11414392B7538079FD07344"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1234CC0C2558432D8BF745496FACD21D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{85C4EB20-EB42-46B5-9890-BFDE6D5763A7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="1234CC0C2558432D8BF745496FACD21D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C93F6603E3CC4AFB84B49AB3082ECF22"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7E4D9CC2-68BF-4D88-851C-FE8963074048}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="C93F6603E3CC4AFB84B49AB3082ECF223"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A3AE3CBD2694C42856BCC787CDF30B6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{51970F7C-D5D3-45C7-8E52-2170EA0A1E67}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="9A3AE3CBD2694C42856BCC787CDF30B63"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0B124694-F9B0-4F47-86D5-2D9F8B7B8C88}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D3BC3EADE54940889AB3C1D1331DCD39"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{486A1FDF-74D7-4660-A768-AE519C70C5FF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="D3BC3EADE54940889AB3C1D1331DCD393"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0081488E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2E9B0228AA464BDEB865CD795B8E3182"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{044BF4ED-80D7-423A-B6C0-D9FDD1F28BFF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009559EB" w:rsidRDefault="009559EB" w:rsidP="009559EB">
+          <w:pPr>
+            <w:pStyle w:val="2E9B0228AA464BDEB865CD795B8E31823"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00037C80">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
@@ -6038,56 +5848,60 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00254481"/>
+    <w:rsid w:val="001872C2"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="00254481"/>
+    <w:rsid w:val="002A28DB"/>
     <w:rsid w:val="00306AE9"/>
     <w:rsid w:val="003846C2"/>
+    <w:rsid w:val="005D3CED"/>
     <w:rsid w:val="007A30AC"/>
     <w:rsid w:val="008C74E7"/>
+    <w:rsid w:val="009559EB"/>
     <w:rsid w:val="00AE2464"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -6503,61 +6317,805 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00254481"/>
+    <w:rsid w:val="009559EB"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="990E0C7ECCC3409496FA708F210353CA">
     <w:name w:val="990E0C7ECCC3409496FA708F210353CA"/>
     <w:rsid w:val="00254481"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C697">
+    <w:name w:val="28FBDF7AD8C541209DBBAEC44498C697"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="990E0C7ECCC3409496FA708F210353CA1">
+    <w:name w:val="990E0C7ECCC3409496FA708F210353CA1"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D">
+    <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C9765CF2FF6414DA008EA4322503139">
+    <w:name w:val="7C9765CF2FF6414DA008EA4322503139"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C6971">
+    <w:name w:val="28FBDF7AD8C541209DBBAEC44498C6971"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D1">
+    <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D1"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C9765CF2FF6414DA008EA43225031391">
+    <w:name w:val="7C9765CF2FF6414DA008EA43225031391"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="990E0C7ECCC3409496FA708F210353CA2">
+    <w:name w:val="990E0C7ECCC3409496FA708F210353CA2"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E01D8B34EFB0475AA3BB4B010A7C1556">
+    <w:name w:val="E01D8B34EFB0475AA3BB4B010A7C1556"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68FE9C833E11414392B7538079FD0734">
+    <w:name w:val="68FE9C833E11414392B7538079FD0734"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1234CC0C2558432D8BF745496FACD21D">
+    <w:name w:val="1234CC0C2558432D8BF745496FACD21D"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C6972">
+    <w:name w:val="28FBDF7AD8C541209DBBAEC44498C6972"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D2">
+    <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D2"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C9765CF2FF6414DA008EA43225031392">
+    <w:name w:val="7C9765CF2FF6414DA008EA43225031392"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E01D8B34EFB0475AA3BB4B010A7C15561">
+    <w:name w:val="E01D8B34EFB0475AA3BB4B010A7C15561"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68FE9C833E11414392B7538079FD07341">
+    <w:name w:val="68FE9C833E11414392B7538079FD07341"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1234CC0C2558432D8BF745496FACD21D1">
+    <w:name w:val="1234CC0C2558432D8BF745496FACD21D1"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C93F6603E3CC4AFB84B49AB3082ECF22">
+    <w:name w:val="C93F6603E3CC4AFB84B49AB3082ECF22"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A3AE3CBD2694C42856BCC787CDF30B6">
+    <w:name w:val="9A3AE3CBD2694C42856BCC787CDF30B6"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0437D0E56F684A3580097EAE1F0FC6A5">
+    <w:name w:val="0437D0E56F684A3580097EAE1F0FC6A5"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC281EBBB33F4AFB9B2BBB1495C8F9AB">
+    <w:name w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3BC3EADE54940889AB3C1D1331DCD39">
+    <w:name w:val="D3BC3EADE54940889AB3C1D1331DCD39"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E9B0228AA464BDEB865CD795B8E3182">
+    <w:name w:val="2E9B0228AA464BDEB865CD795B8E3182"/>
+    <w:rsid w:val="009559EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C6973">
+    <w:name w:val="28FBDF7AD8C541209DBBAEC44498C6973"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D3">
+    <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D3"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C9765CF2FF6414DA008EA43225031393">
+    <w:name w:val="7C9765CF2FF6414DA008EA43225031393"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E01D8B34EFB0475AA3BB4B010A7C15562">
+    <w:name w:val="E01D8B34EFB0475AA3BB4B010A7C15562"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68FE9C833E11414392B7538079FD07342">
+    <w:name w:val="68FE9C833E11414392B7538079FD07342"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1234CC0C2558432D8BF745496FACD21D2">
+    <w:name w:val="1234CC0C2558432D8BF745496FACD21D2"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C93F6603E3CC4AFB84B49AB3082ECF221">
+    <w:name w:val="C93F6603E3CC4AFB84B49AB3082ECF221"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A3AE3CBD2694C42856BCC787CDF30B61">
+    <w:name w:val="9A3AE3CBD2694C42856BCC787CDF30B61"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3BC3EADE54940889AB3C1D1331DCD391">
+    <w:name w:val="D3BC3EADE54940889AB3C1D1331DCD391"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC281EBBB33F4AFB9B2BBB1495C8F9AB1">
+    <w:name w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB1"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E9B0228AA464BDEB865CD795B8E31821">
+    <w:name w:val="2E9B0228AA464BDEB865CD795B8E31821"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C6974">
+    <w:name w:val="28FBDF7AD8C541209DBBAEC44498C6974"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D4">
+    <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D4"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C9765CF2FF6414DA008EA43225031394">
+    <w:name w:val="7C9765CF2FF6414DA008EA43225031394"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E01D8B34EFB0475AA3BB4B010A7C15563">
+    <w:name w:val="E01D8B34EFB0475AA3BB4B010A7C15563"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68FE9C833E11414392B7538079FD07343">
+    <w:name w:val="68FE9C833E11414392B7538079FD07343"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1234CC0C2558432D8BF745496FACD21D3">
+    <w:name w:val="1234CC0C2558432D8BF745496FACD21D3"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C93F6603E3CC4AFB84B49AB3082ECF222">
+    <w:name w:val="C93F6603E3CC4AFB84B49AB3082ECF222"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A3AE3CBD2694C42856BCC787CDF30B62">
+    <w:name w:val="9A3AE3CBD2694C42856BCC787CDF30B62"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3BC3EADE54940889AB3C1D1331DCD392">
+    <w:name w:val="D3BC3EADE54940889AB3C1D1331DCD392"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC281EBBB33F4AFB9B2BBB1495C8F9AB2">
+    <w:name w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB2"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E9B0228AA464BDEB865CD795B8E31822">
+    <w:name w:val="2E9B0228AA464BDEB865CD795B8E31822"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C6975">
+    <w:name w:val="28FBDF7AD8C541209DBBAEC44498C6975"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D5">
+    <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D5"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C9765CF2FF6414DA008EA43225031395">
+    <w:name w:val="7C9765CF2FF6414DA008EA43225031395"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E01D8B34EFB0475AA3BB4B010A7C15564">
+    <w:name w:val="E01D8B34EFB0475AA3BB4B010A7C15564"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68FE9C833E11414392B7538079FD07344">
+    <w:name w:val="68FE9C833E11414392B7538079FD07344"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1234CC0C2558432D8BF745496FACD21D4">
+    <w:name w:val="1234CC0C2558432D8BF745496FACD21D4"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C93F6603E3CC4AFB84B49AB3082ECF223">
+    <w:name w:val="C93F6603E3CC4AFB84B49AB3082ECF223"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="David"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A3AE3CBD2694C42856BCC787CDF30B63">
+    <w:name w:val="9A3AE3CBD2694C42856BCC787CDF30B63"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3BC3EADE54940889AB3C1D1331DCD393">
+    <w:name w:val="D3BC3EADE54940889AB3C1D1331DCD393"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC281EBBB33F4AFB9B2BBB1495C8F9AB3">
+    <w:name w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB3"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E9B0228AA464BDEB865CD795B8E31823">
+    <w:name w:val="2E9B0228AA464BDEB865CD795B8E31823"/>
+    <w:rsid w:val="009559EB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6825,70 +7383,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>264</Words>
-  <Characters>1322</Characters>
+  <Words>256</Words>
+  <Characters>1463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1583</CharactersWithSpaces>
+  <CharactersWithSpaces>1716</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>