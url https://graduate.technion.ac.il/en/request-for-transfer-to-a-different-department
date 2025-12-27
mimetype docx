--- v1 (2025-12-07)
+++ v2 (2025-12-27)
@@ -43,53 +43,54 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk200376850"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="507F7B93" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CE2F71E" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C7E0AF" w14:textId="45B49C74" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
+    <w:p w14:paraId="72C7E0AF" w14:textId="45B49C74" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00447C8E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Request for Transfer to a Different Department/Track</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79038073" w14:textId="77777777" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
@@ -515,188 +516,217 @@
           <w:color w:val="2F5496"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8693F8" w14:textId="4B67E323" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00037C80" w:rsidP="00037C80">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Last name:</w:t>
       </w:r>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="208085753"/>
           <w:placeholder>
             <w:docPart w:val="28FBDF7AD8C541209DBBAEC44498C697"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">First name: </w:t>
+        <w:t>First name:</w:t>
+      </w:r>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1754776948"/>
           <w:placeholder>
             <w:docPart w:val="78892B7F8C104E43A458F78BEBFCE33D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="44E73F2D" w14:textId="03915DAF" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Student I.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D.#</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="777072048"/>
           <w:placeholder>
             <w:docPart w:val="7C9765CF2FF6414DA008EA4322503139"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4332932E" w14:textId="77777777" w:rsidR="00037C80" w:rsidRDefault="00037C80" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -723,363 +753,413 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Request details </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C296561" w14:textId="3CBB6AD5" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00037C80" w:rsidP="00037C80">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Present Academic Unit: </w:t>
+        <w:t>Present Academic Unit:</w:t>
+      </w:r>
+      <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="868801838"/>
           <w:placeholder>
             <w:docPart w:val="E01D8B34EFB0475AA3BB4B010A7C1556"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4B2313ED" w14:textId="4B4E7EFA" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Academic unit you wish to transfer to: </w:t>
+        <w:t>Academic unit you wish to transfer to:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1160691572"/>
           <w:placeholder>
             <w:docPart w:val="68FE9C833E11414392B7538079FD0734"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3C9140CC" w14:textId="1959BB4B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Starting semester: </w:t>
+        <w:t>Starting semester:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1815560521"/>
           <w:placeholder>
             <w:docPart w:val="1234CC0C2558432D8BF745496FACD21D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="744A1049" w14:textId="03035297" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00C23C3F">
+    <w:p w14:paraId="744A1049" w14:textId="4C9C2552" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00C23C3F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Date: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="367033141"/>
           <w:placeholder>
             <w:docPart w:val="C93F6603E3CC4AFB84B49AB3082ECF22"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C23C3F" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Signature: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1063989142"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00404F12" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77FD189E" wp14:editId="41DDFBE6">
-                <wp:extent cx="971550" cy="352425"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77FD189E" wp14:editId="41776DC5">
+                <wp:extent cx="704850" cy="352425"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:docPr id="1220193198" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1220193198" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="971550" cy="352425"/>
+                          <a:ext cx="704850" cy="352425"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="585FB5B5" w14:textId="74915C3B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="001C0ACD" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078C33C1" wp14:editId="2C15CF82">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078C33C1" wp14:editId="23931CDB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-266700</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>306070</wp:posOffset>
+                  <wp:posOffset>236220</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7210425" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="611975166" name="Straight Connector 5">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7210425" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="19050">
@@ -1090,202 +1170,220 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="766B6F89" id="Straight Connector 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-21pt,24.1pt" to="546.75pt,24.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq7f/SsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x5KMpotgOYcY7SVI&#10;gy4fwFBDiyg3cFhL/vsOKVsuugBFkAtFcua9eW842txO1rADRNTedbxZ1ZyBk77Xbt/xb18/XL/j&#10;DJNwvTDeQcePgPx2e/VqM4YW1n7wpofIiMRhO4aODymFtqpQDmAFrnwAR0HloxWJjnFf9VGMxG5N&#10;ta7rN9XoYx+il4BIt7s5yLeFXymQ6ZNSCImZjpO2VNZY1qe8VtuNaPdRhEHLkwzxDBVWaEdFF6qd&#10;SIL9iPoPKqtl9OhVWklvK6+UllA8kJum/s3Nl0EEKF6oORiWNuHL0cqHw517jNSGMWCL4TFmF5OK&#10;Nn9JH5tKs45Ls2BKTNLl23VTv17fcCbPseoCDBHTR/CW5U3HjXbZh2jF4R4TFaPUc0q+No6NND3v&#10;65u6pOXYTuDADoLeraddfigCGUefi9KyS0cDM8lnUEz3pK0pLGWI4M7EE833ZmGhzAxR2pgFNJf+&#10;J+iUm2FQBut/gUt2qehdWoBWOx//JjVNZ6lqzj+7nr1m20++P5Z3K+2g6Sj9OU1yHr9fzwV++d+2&#10;PwEAAP//AwBQSwMEFAAGAAgAAAAhAN3o9lngAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd8F/0O4gm9bapwya9MxRBkiE9YJ8zFrrm0xualJutV/b4YP+njuOZz7nWIxWsMO6EPnSMLV&#10;NAOGVDvdUSPhbfs0mQMLUZFWxhFK+MYAi/L8rFC5dkfa4KGKDUslFHIloY2xzzkPdYtWhanrkZL3&#10;4bxVMUnfcO3VMZVbw0WW3XKrOkofWtXjQ4v1ZzVYCb4S4msY3nm3ftmZx2dcva6WOykvL8blPbCI&#10;Y/wLwwk/oUOZmPZuIB2YkTCZibQlSpjNBbBTILu7vgG2/73wsuD/J5Q/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGrt/9KwAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAN3o9lngAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+              <v:line w14:anchorId="7620B7DE" id="Straight Connector 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-21pt,18.6pt" to="546.75pt,18.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq7f/SsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x5KMpotgOYcY7SVI&#10;gy4fwFBDiyg3cFhL/vsOKVsuugBFkAtFcua9eW842txO1rADRNTedbxZ1ZyBk77Xbt/xb18/XL/j&#10;DJNwvTDeQcePgPx2e/VqM4YW1n7wpofIiMRhO4aODymFtqpQDmAFrnwAR0HloxWJjnFf9VGMxG5N&#10;ta7rN9XoYx+il4BIt7s5yLeFXymQ6ZNSCImZjpO2VNZY1qe8VtuNaPdRhEHLkwzxDBVWaEdFF6qd&#10;SIL9iPoPKqtl9OhVWklvK6+UllA8kJum/s3Nl0EEKF6oORiWNuHL0cqHw517jNSGMWCL4TFmF5OK&#10;Nn9JH5tKs45Ls2BKTNLl23VTv17fcCbPseoCDBHTR/CW5U3HjXbZh2jF4R4TFaPUc0q+No6NND3v&#10;65u6pOXYTuDADoLeraddfigCGUefi9KyS0cDM8lnUEz3pK0pLGWI4M7EE833ZmGhzAxR2pgFNJf+&#10;J+iUm2FQBut/gUt2qehdWoBWOx//JjVNZ6lqzj+7nr1m20++P5Z3K+2g6Sj9OU1yHr9fzwV++d+2&#10;PwEAAP//AwBQSwMEFAAGAAgAAAAhAAAted/gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd8F/0O4gm9baqZOa9MxRBkyFFaF+Zg117aY3NQk3eq/N8MHfTz3HM79TrEYrWF79KFzJOFi&#10;mgFDqp3uqJHw9vo4uQEWoiKtjCOU8I0BFuXpSaFy7Q60wX0VG5ZKKORKQhtjn3Me6hatClPXIyXv&#10;w3mrYpK+4dqrQyq3hossu+ZWdZQ+tKrH+xbrz2qwEnwlxNcwvPPueb01D0+4elktt1Ken43LO2AR&#10;x/gXhiN+QocyMe3cQDowI2FyKdKWKGE2F8COgex2dgVs93vhZcH/Tyh/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGrt/9KwAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAAted/gAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
                 <v:stroke dashstyle="dash" joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCD25D0" w14:textId="314AFA9E" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="001F5188" w:rsidP="00957B81">
-[...1 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w14:paraId="57792D19" w14:textId="77777777" w:rsidR="00AF0637" w:rsidRDefault="001F5188" w:rsidP="00AF0637">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCD25D0" w14:textId="31F6787D" w:rsidR="00957B81" w:rsidRPr="00AF0637" w:rsidRDefault="00957B81" w:rsidP="00AF0637">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0637">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+        <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="001C0ACD" w:rsidRPr="0081488E">
+      <w:r w:rsidRPr="00AF0637">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+        <w:t>: Admission Office, Graduate School</w:t>
       </w:r>
-      <w:r w:rsidR="00957B81" w:rsidRPr="0081488E">
+    </w:p>
+    <w:p w14:paraId="1230482D" w14:textId="0240D407" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+      <w:pPr>
+        <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>To: Admission Office, Graduate School</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>From:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">From: Chair/Coordinator of the graduate program </w:t>
+        <w:t xml:space="preserve"> Chair/Coordinator of the graduate program </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1761402056"/>
           <w:placeholder>
             <w:docPart w:val="9A3AE3CBD2694C42856BCC787CDF30B6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00AF0637">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="614D8EE2" w14:textId="77777777" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+    <w:p w14:paraId="776F5834" w14:textId="534E69E2" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00AF0637">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>RE: Academic Unit Transfer</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="28415732" w14:textId="512423B7" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="001F5188">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">We agree that the student </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="2011559256"/>
           <w:placeholder>
             <w:docPart w:val="D3BC3EADE54940889AB3C1D1331DCD39"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> will leave the present academic unit and will </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
@@ -1302,228 +1400,259 @@
         </w:rPr>
         <w:t xml:space="preserve"> at the academic unit</w:t>
       </w:r>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="14750597"/>
           <w:placeholder>
             <w:docPart w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00854FF1" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DBAD4F4" w14:textId="251EA844" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
+    <w:p w14:paraId="6DBAD4F4" w14:textId="0C5EF5BE" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081488E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="710074724"/>
           <w:placeholder>
             <w:docPart w:val="2E9B0228AA464BDEB865CD795B8E3182"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0081488E" w:rsidRPr="00037C80">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Signature: </w:t>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447C8E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081488E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-170713759"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0081488E">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="338892E5" wp14:editId="043E51E3">
-                <wp:extent cx="1149350" cy="344766"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="338892E5" wp14:editId="50CF72E4">
+                <wp:extent cx="711200" cy="344170"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="3" name="Picture 2" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="3" name="Picture 2" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId8">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1204315" cy="361254"/>
+                          <a:ext cx="746503" cy="361254"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6ACABDE3" w14:textId="17A29860" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00783279">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidSect="00327B8C">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7AC48C90" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="08A1B462" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
@@ -2011,51 +2140,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="03B76122" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="51D0BE70" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -4490,51 +4619,51 @@
   <w:num w:numId="11" w16cid:durableId="1498808492">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2128230497">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="785848138">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2091806882">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1355964266">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3ON9ttEub7oexbkOi3y5+ONcboId6uDFO4MyFA5S9hy5WaRILjYhSRj7Vy7tWJmlJzvNw9EhvLKizfa78MIUhQ==" w:salt="G9Q/hLtjd/HlTKOhObf5gg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Il1Vo7ouIdwvpa8UN2FMhAmT3W+qsoyVOTFIufTvpM0ZpmU2GE6alTw6Y5Uzi4ekPLKbDyst1Ii0xcZ8VrYgjg==" w:salt="ZzwWYXNyRh6/e1ZXFTnMOA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -4556,89 +4685,92 @@
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001F5188"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A28DB"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="00306AE9"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00327B8C"/>
     <w:rsid w:val="00347581"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="003846C2"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003A30BF"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00404F12"/>
     <w:rsid w:val="004306B9"/>
+    <w:rsid w:val="00447C8E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="00573AE5"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005D3CED"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00783279"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="0081488E"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00854FF1"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00957B81"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009A6E28"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AE2464"/>
+    <w:rsid w:val="00AF0637"/>
     <w:rsid w:val="00AF0B21"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C23C3F"/>
     <w:rsid w:val="00C23E5F"/>
     <w:rsid w:val="00C260F2"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C8062A"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CD5E7C"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D57F45"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00D85006"/>
     <w:rsid w:val="00DA7686"/>
@@ -5367,59 +5499,59 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="00327B8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="David"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/prospective-students/application-to-a-master-or-phd-degree/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graduate.technion.ac.il/en/prospective-students/application-to-a-master-or-phd-degree/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musrishum@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="28FBDF7AD8C541209DBBAEC44498C697"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F09D5B79-5A4E-4EE6-B99A-A64EDB745290}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5858,50 +5990,51 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00254481"/>
     <w:rsid w:val="001872C2"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="00254481"/>
     <w:rsid w:val="002A28DB"/>
     <w:rsid w:val="00306AE9"/>
     <w:rsid w:val="003846C2"/>
     <w:rsid w:val="005D3CED"/>
     <w:rsid w:val="007A30AC"/>
     <w:rsid w:val="008C74E7"/>
     <w:rsid w:val="009559EB"/>
+    <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00AE2464"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -6320,634 +6453,50 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009559EB"/>
     <w:rPr>
       <w:color w:val="666666"/>
-    </w:rPr>
-[...582 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="28FBDF7AD8C541209DBBAEC44498C6975">
     <w:name w:val="28FBDF7AD8C541209DBBAEC44498C6975"/>
     <w:rsid w:val="009559EB"/>
     <w:pPr>
       <w:bidi/>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="78892B7F8C104E43A458F78BEBFCE33D5">
     <w:name w:val="78892B7F8C104E43A458F78BEBFCE33D5"/>
     <w:rsid w:val="009559EB"/>
     <w:pPr>
       <w:bidi/>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -7383,77 +6932,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>256</Words>
-  <Characters>1463</Characters>
+  <Words>280</Words>
+  <Characters>1438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1716</CharactersWithSpaces>
+  <CharactersWithSpaces>1686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>