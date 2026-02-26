--- v2 (2025-12-27)
+++ v3 (2026-02-26)
@@ -550,107 +550,109 @@
       </w:r>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="208085753"/>
           <w:placeholder>
             <w:docPart w:val="28FBDF7AD8C541209DBBAEC44498C697"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00327B8C" w:rsidRPr="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>First name:</w:t>
       </w:r>
       <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1754776948"/>
           <w:placeholder>
             <w:docPart w:val="78892B7F8C104E43A458F78BEBFCE33D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="44E73F2D" w14:textId="03915DAF" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -684,54 +686,55 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="777072048"/>
           <w:placeholder>
             <w:docPart w:val="7C9765CF2FF6414DA008EA4322503139"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4332932E" w14:textId="77777777" w:rsidR="00037C80" w:rsidRDefault="00037C80" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766F7005" w14:textId="7CFE4F3B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00327B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
@@ -787,54 +790,55 @@
       </w:r>
       <w:r w:rsidR="00327B8C" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="868801838"/>
           <w:placeholder>
             <w:docPart w:val="E01D8B34EFB0475AA3BB4B010A7C1556"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4B2313ED" w14:textId="4B4E7EFA" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
@@ -845,54 +849,55 @@
       </w:r>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1160691572"/>
           <w:placeholder>
             <w:docPart w:val="68FE9C833E11414392B7538079FD0734"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3C9140CC" w14:textId="1959BB4B" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="0081488E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
@@ -903,54 +908,55 @@
       </w:r>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1815560521"/>
           <w:placeholder>
             <w:docPart w:val="1234CC0C2558432D8BF745496FACD21D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="744A1049" w14:textId="4C9C2552" w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidRDefault="00327B8C" w:rsidP="00C23C3F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
@@ -969,56 +975,57 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="367033141"/>
           <w:placeholder>
             <w:docPart w:val="C93F6603E3CC4AFB84B49AB3082ECF22"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C23C3F" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Signature:</w:t>
       </w:r>
@@ -1170,51 +1177,51 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7620B7DE" id="Straight Connector 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-21pt,18.6pt" to="546.75pt,18.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq7f/SsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x5KMpotgOYcY7SVI&#10;gy4fwFBDiyg3cFhL/vsOKVsuugBFkAtFcua9eW842txO1rADRNTedbxZ1ZyBk77Xbt/xb18/XL/j&#10;DJNwvTDeQcePgPx2e/VqM4YW1n7wpofIiMRhO4aODymFtqpQDmAFrnwAR0HloxWJjnFf9VGMxG5N&#10;ta7rN9XoYx+il4BIt7s5yLeFXymQ6ZNSCImZjpO2VNZY1qe8VtuNaPdRhEHLkwzxDBVWaEdFF6qd&#10;SIL9iPoPKqtl9OhVWklvK6+UllA8kJum/s3Nl0EEKF6oORiWNuHL0cqHw517jNSGMWCL4TFmF5OK&#10;Nn9JH5tKs45Ls2BKTNLl23VTv17fcCbPseoCDBHTR/CW5U3HjXbZh2jF4R4TFaPUc0q+No6NND3v&#10;65u6pOXYTuDADoLeraddfigCGUefi9KyS0cDM8lnUEz3pK0pLGWI4M7EE833ZmGhzAxR2pgFNJf+&#10;J+iUm2FQBut/gUt2qehdWoBWOx//JjVNZ6lqzj+7nr1m20++P5Z3K+2g6Sj9OU1yHr9fzwV++d+2&#10;PwEAAP//AwBQSwMEFAAGAAgAAAAhAAAted/gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd8F/0O4gm9baqZOa9MxRBkyFFaF+Zg117aY3NQk3eq/N8MHfTz3HM79TrEYrWF79KFzJOFi&#10;mgFDqp3uqJHw9vo4uQEWoiKtjCOU8I0BFuXpSaFy7Q60wX0VG5ZKKORKQhtjn3Me6hatClPXIyXv&#10;w3mrYpK+4dqrQyq3hossu+ZWdZQ+tKrH+xbrz2qwEnwlxNcwvPPueb01D0+4elktt1Ken43LO2AR&#10;x/gXhiN+QocyMe3cQDowI2FyKdKWKGE2F8COgex2dgVs93vhZcH/Tyh/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGrt/9KwAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAAted/gAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+              <v:line w14:anchorId="2098C0A0" id="Straight Connector 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-21pt,18.6pt" to="546.75pt,18.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq7f/SsAEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x5KMpotgOYcY7SVI&#10;gy4fwFBDiyg3cFhL/vsOKVsuugBFkAtFcua9eW842txO1rADRNTedbxZ1ZyBk77Xbt/xb18/XL/j&#10;DJNwvTDeQcePgPx2e/VqM4YW1n7wpofIiMRhO4aODymFtqpQDmAFrnwAR0HloxWJjnFf9VGMxG5N&#10;ta7rN9XoYx+il4BIt7s5yLeFXymQ6ZNSCImZjpO2VNZY1qe8VtuNaPdRhEHLkwzxDBVWaEdFF6qd&#10;SIL9iPoPKqtl9OhVWklvK6+UllA8kJum/s3Nl0EEKF6oORiWNuHL0cqHw517jNSGMWCL4TFmF5OK&#10;Nn9JH5tKs45Ls2BKTNLl23VTv17fcCbPseoCDBHTR/CW5U3HjXbZh2jF4R4TFaPUc0q+No6NND3v&#10;65u6pOXYTuDADoLeraddfigCGUefi9KyS0cDM8lnUEz3pK0pLGWI4M7EE833ZmGhzAxR2pgFNJf+&#10;J+iUm2FQBut/gUt2qehdWoBWOx//JjVNZ6lqzj+7nr1m20++P5Z3K+2g6Sj9OU1yHr9fzwV++d+2&#10;PwEAAP//AwBQSwMEFAAGAAgAAAAhAAAted/gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj1FL&#10;wzAUhd8F/0O4gm9baqZOa9MxRBkyFFaF+Zg117aY3NQk3eq/N8MHfTz3HM79TrEYrWF79KFzJOFi&#10;mgFDqp3uqJHw9vo4uQEWoiKtjCOU8I0BFuXpSaFy7Q60wX0VG5ZKKORKQhtjn3Me6hatClPXIyXv&#10;w3mrYpK+4dqrQyq3hossu+ZWdZQ+tKrH+xbrz2qwEnwlxNcwvPPueb01D0+4elktt1Ken43LO2AR&#10;x/gXhiN+QocyMe3cQDowI2FyKdKWKGE2F8COgex2dgVs93vhZcH/Tyh/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGrt/9KwAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAAted/gAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
                 <v:stroke dashstyle="dash" joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="57792D19" w14:textId="77777777" w:rsidR="00AF0637" w:rsidRDefault="001F5188" w:rsidP="00AF0637">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCD25D0" w14:textId="31F6787D" w:rsidR="00957B81" w:rsidRPr="00AF0637" w:rsidRDefault="00957B81" w:rsidP="00AF0637">
       <w:pPr>
@@ -1263,54 +1270,55 @@
       </w:r>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chair/Coordinator of the graduate program </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1761402056"/>
           <w:placeholder>
             <w:docPart w:val="9A3AE3CBD2694C42856BCC787CDF30B6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AF0637">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="776F5834" w14:textId="534E69E2" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00AF0637">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
@@ -1341,54 +1349,55 @@
       </w:pPr>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">We agree that the student </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="2011559256"/>
           <w:placeholder>
             <w:docPart w:val="D3BC3EADE54940889AB3C1D1331DCD39"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> will leave the present academic unit and will </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>submit an application</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -1402,54 +1411,55 @@
       </w:r>
       <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="14750597"/>
           <w:placeholder>
             <w:docPart w:val="FC281EBBB33F4AFB9B2BBB1495C8F9AB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="0081488E">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00854FF1" w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBAD4F4" w14:textId="0C5EF5BE" w:rsidR="00957B81" w:rsidRPr="0081488E" w:rsidRDefault="00957B81" w:rsidP="00957B81">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -1473,54 +1483,55 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="710074724"/>
           <w:placeholder>
             <w:docPart w:val="2E9B0228AA464BDEB865CD795B8E3182"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0081488E" w:rsidRPr="00037C80">
+          <w:r w:rsidR="0081488E" w:rsidRPr="00B65A86">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0081488E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00447C8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00447C8E">
@@ -1623,61 +1634,61 @@
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00327B8C" w:rsidRPr="0081488E" w:rsidSect="00327B8C">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AC48C90" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
+    <w:p w14:paraId="08681737" w14:textId="77777777" w:rsidR="006946A2" w:rsidRDefault="006946A2" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08A1B462" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
+    <w:p w14:paraId="26F6100B" w14:textId="77777777" w:rsidR="006946A2" w:rsidRDefault="006946A2" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2140,51 +2151,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="51D0BE70" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="62AAE652" id="Straight Connector 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-5.5pt" to="0,58.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQBy7Z/J2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhbyD2EJviaxAQ+JaDiU0UNpC8/cAirWx&#10;Ta2VsZRYfftuT+1l2WWG2W+KdXKduOEQWk8a1CwDgVR521Kt4XTcTpcgQjRkTecJNXxjgHU5uStM&#10;bv1Ie7wdYi04hEJuNDQx9rmUoWrQmTDzPRJrFz84E/kcamkHM3K46+Q8yxbSmZb4Q2N63DRYfR2u&#10;TsPus1290vKyfU/7t3k4pY+XUQWtH+7T8xOIiCn+meEXn9GhZKazv5INotPARaKGqVK8sMzzzCa1&#10;eARZFvI/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfVBRG8wBAAD/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcu2fydsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7531894B" wp14:editId="3C7C8C81">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>3632200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-31750</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2374,61 +2385,61 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
   <w:bookmarkEnd w:id="4"/>
   <w:p w14:paraId="79628336" w14:textId="081F2A78" w:rsidR="0059468B" w:rsidRDefault="0059468B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D7C1789" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
+    <w:p w14:paraId="021F546C" w14:textId="77777777" w:rsidR="006946A2" w:rsidRDefault="006946A2" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="181352D6" w14:textId="77777777" w:rsidR="00103E9A" w:rsidRDefault="00103E9A" w:rsidP="0055655F">
+    <w:p w14:paraId="35AF8737" w14:textId="77777777" w:rsidR="006946A2" w:rsidRDefault="006946A2" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4AE9E64D" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="0059468B" w:rsidP="00284391">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -4617,53 +4628,53 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1498808492">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="59403542">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2128230497">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="785848138">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2091806882">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1355964266">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Il1Vo7ouIdwvpa8UN2FMhAmT3W+qsoyVOTFIufTvpM0ZpmU2GE6alTw6Y5Uzi4ekPLKbDyst1Ii0xcZ8VrYgjg==" w:salt="ZzwWYXNyRh6/e1ZXFTnMOA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TwHxPwm4yXeH3nwjAvwyS8L0uq1Rv7QwExVjduv14LSsUBSZbzTeewZq/sM5k+YMOXTimCPiq5xCUW1KQuh83g==" w:salt="9KWWiR/jvhiTtAEngp/sCg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -4696,85 +4707,89 @@
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00327B8C"/>
     <w:rsid w:val="00347581"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="003846C2"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003A30BF"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00404F12"/>
     <w:rsid w:val="004306B9"/>
     <w:rsid w:val="00447C8E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00454674"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="00573AE5"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="0059468B"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005D3CED"/>
+    <w:rsid w:val="005E2737"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="00685A57"/>
+    <w:rsid w:val="006946A2"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A723D"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00783279"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="0081488E"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="00854FF1"/>
+    <w:rsid w:val="00875BB3"/>
     <w:rsid w:val="00881BA5"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00957B81"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009A6E28"/>
     <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AE2464"/>
     <w:rsid w:val="00AF0637"/>
     <w:rsid w:val="00AF0B21"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
+    <w:rsid w:val="00B65A86"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C23C3F"/>
     <w:rsid w:val="00C23E5F"/>
     <w:rsid w:val="00C260F2"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C8062A"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CD5E7C"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D57F45"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00D85006"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
@@ -5988,50 +6003,52 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00254481"/>
     <w:rsid w:val="001872C2"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="00254481"/>
     <w:rsid w:val="002A28DB"/>
     <w:rsid w:val="00306AE9"/>
     <w:rsid w:val="003846C2"/>
     <w:rsid w:val="005D3CED"/>
     <w:rsid w:val="007A30AC"/>
+    <w:rsid w:val="00875BB3"/>
+    <w:rsid w:val="00882E91"/>
     <w:rsid w:val="008C74E7"/>
     <w:rsid w:val="009559EB"/>
     <w:rsid w:val="009D0362"/>
     <w:rsid w:val="00AE2464"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -6932,77 +6949,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>280</Words>
-  <Characters>1438</Characters>
+  <Words>254</Words>
+  <Characters>1464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1686</CharactersWithSpaces>
+  <CharactersWithSpaces>1678</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>