--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -11,4531 +11,3231 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2E0D5F07" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2E0D5F07" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00D14309">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Study course changes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52035B72" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="52035B72" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D7FE53" w14:textId="6F359D5E" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="65D7FE53" w14:textId="10F5D8DC" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Semester</w:t>
       </w:r>
-      <w:r w:rsidR="00CE6155" w:rsidRPr="00683414">
+      <w:r w:rsidR="00CE6155" w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B475DC" w:rsidRPr="00683414">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="988219377"/>
+          <w:placeholder>
+            <w:docPart w:val="24CDF4FFC02A412BA9F1BA08CDD0C7A1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B475DC" w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...124 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic year </w:t>
       </w:r>
-      <w:r w:rsidR="00B475DC" w:rsidRPr="00683414">
-[...121 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="-829745658"/>
+          <w:placeholder>
+            <w:docPart w:val="A4AFC455621F41AD880710DD48D89353"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="2A44B528" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="2A44B528" w14:textId="685472EC" w:rsidR="00016D3B" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">This form </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidR="00D14309" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>has to</w:t>
+        <w:t>must</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> be authorized and signed by the advisor and the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidR="00D14309" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Faculty</w:t>
+        <w:t>faculty</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> chairman/head of the graduate studies committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E694CD" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="28E694CD" w14:textId="3B76DC9B" w:rsidR="00016D3B" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline for changes - four weeks after the beginning of the semester. A student requesting changes later than the deadline </w:t>
       </w:r>
+      <w:r w:rsidR="00D14309" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> add the course's </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>has to</w:t>
+        <w:t>teacher</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> add the course's teacher signature explaining the reason for the requested change. </w:t>
+        <w:t xml:space="preserve"> signature explaining the reason for the requested change. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E74B13" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="30E74B13" w14:textId="17437518" w:rsidR="00016D3B" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">This form </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidR="00D14309" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>has to</w:t>
+        <w:t>must</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> be submitted to the faculty graduate secretary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3437E022" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00683414" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="3437E022" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please check your record of studies to verify these changes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9E5616" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="5E9E5616" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...397 lines deleted...]
-    <w:p w14:paraId="2F9A01CC" w14:textId="3EB14C67" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00683414" w:rsidP="00CE6155">
+    <w:p w14:paraId="7E993A3E" w14:textId="0B15B55B" w:rsidR="00D14309" w:rsidRPr="00660A44" w:rsidRDefault="00D14309" w:rsidP="00D14309">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Full Name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2063392172"/>
+          <w:placeholder>
+            <w:docPart w:val="938F27DF87CE4BA1BEA05CB399A699F3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ID: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1141881400"/>
+          <w:placeholder>
+            <w:docPart w:val="781EA86B73BC47F8B7241EF056BFD76C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Degree:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216091722"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2136857368"/>
+          <w:placeholder>
+            <w:docPart w:val="D848E24C10D140BBAB0D1A2F4F43092D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="Msc" w:value="Msc"/>
+            <w:listItem w:displayText="PhD" w:value="PhD"/>
+            <w:listItem w:displayText="Non-degree" w:value="Non-degree"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6F5C97E2" w14:textId="6DB5534B" w:rsidR="00660A44" w:rsidRPr="00660A44" w:rsidRDefault="00660A44" w:rsidP="00660A44">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Faculty/Track: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-16163059"/>
+          <w:placeholder>
+            <w:docPart w:val="2535279AE985404AA4F054BAA57F6A65"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7B2151FD" w14:textId="1759EB50" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00683414" w:rsidP="00D14309">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14309">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00016D3B">
+      <w:r w:rsidR="00016D3B" w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cancellation of courses</w:t>
-[...5 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Cancellation of courses:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2955"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1351"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2832"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="7E02018E" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00016D3B" w:rsidRPr="00D14309" w14:paraId="7E02018E" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="537"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3330B668" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+          <w:p w14:paraId="6C62EB7E" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00016D3B">
+            <w:r w:rsidRPr="00D14309">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Signature of course teacher [after deadline]</w:t>
+              <w:t>Signature of course teacher</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3330B668" w14:textId="29F126D4" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00D14309">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[after deadline]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4014" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED2920A" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+          <w:p w14:paraId="6ED2920A" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00016D3B">
+            <w:r w:rsidRPr="00D14309">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F398DCF" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+          <w:p w14:paraId="1F398DCF" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00016D3B">
+            <w:r w:rsidRPr="00D14309">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course no.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="660665F1" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="660665F1" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="787936549"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2955" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2E02B01B" w14:textId="757FFD24" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="2E02B01B" w14:textId="757FFD24" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00D14309">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CA28402" wp14:editId="17A524D1">
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CA28402" wp14:editId="775D4E32">
                       <wp:extent cx="800100" cy="222250"/>
                       <wp:effectExtent l="0" t="0" r="0" b="6350"/>
-                      <wp:docPr id="58423256" name="Picture 1"/>
+                      <wp:docPr id="58423256" name="Picture 1" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 1"/>
+                              <pic:cNvPr id="58423256" name="Picture 1" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4014" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382AB7AD" w14:textId="6422F558" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="382AB7AD" w14:textId="14BC8EC6" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="6"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1992977431"/>
+                <w:placeholder>
+                  <w:docPart w:val="80C1C6DE0E0744C592715C5B2E460B02"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59D546B5" w14:textId="3CA24B17" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="59D546B5" w14:textId="26FB5E7D" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="7"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1970583448"/>
+                <w:placeholder>
+                  <w:docPart w:val="BBB3BD7A3475473AABF584897B8E89B5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="6C6A87D2" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="6C6A87D2" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="410"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-736784920"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2955" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1E81C6BD" w14:textId="1F6074E1" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="1E81C6BD" w14:textId="1F6074E1" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00D14309">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11022139" wp14:editId="4ECFDEDA">
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11022139" wp14:editId="03A929F5">
                       <wp:extent cx="800100" cy="222250"/>
                       <wp:effectExtent l="0" t="0" r="0" b="6350"/>
-                      <wp:docPr id="1096324122" name="Picture 3"/>
+                      <wp:docPr id="1096324122" name="Picture 3" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 3"/>
+                              <pic:cNvPr id="1096324122" name="Picture 3" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4014" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B2019F" w14:textId="0D20D54E" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="73B2019F" w14:textId="30BD83B1" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="8"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="2029521952"/>
+                <w:placeholder>
+                  <w:docPart w:val="46F5E631671F4657A8B972A2A63A5C58"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EF51D1D" w14:textId="2FC63C4A" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="0EF51D1D" w14:textId="33F8DFD8" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="171851068"/>
+                <w:placeholder>
+                  <w:docPart w:val="C41DD87C432B48EF8AFFB428ED7221FD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="3D24EDFC" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="3D24EDFC" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-2019606521"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2955" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4DE97C86" w14:textId="0F04604D" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="4DE97C86" w14:textId="0F04604D" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00D14309">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A9404CD" wp14:editId="57DCDB24">
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A9404CD" wp14:editId="0F50C68F">
                       <wp:extent cx="825500" cy="222250"/>
                       <wp:effectExtent l="0" t="0" r="0" b="6350"/>
-                      <wp:docPr id="1665434886" name="Picture 4"/>
+                      <wp:docPr id="1665434886" name="Picture 4" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 4"/>
+                              <pic:cNvPr id="1665434886" name="Picture 4" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId8" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="825500" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4014" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115AF6A0" w14:textId="67740683" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="115AF6A0" w14:textId="146921F5" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="10"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1289356834"/>
+                <w:placeholder>
+                  <w:docPart w:val="91E2ECA2BCD44DA98AE67CEE0B57DE20"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69B418B6" w14:textId="3F4DA901" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="69B418B6" w14:textId="75AF805F" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="11"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1958482625"/>
+                <w:placeholder>
+                  <w:docPart w:val="03D04A0F3AC74747AF3DBB2674555396"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="6C238733" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="6C238733" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-369612449"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2955" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4CCABDA7" w14:textId="35E74508" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="4CCABDA7" w14:textId="35E74508" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00D14309">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="075B67CE" wp14:editId="63C0006A">
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="075B67CE" wp14:editId="6B3E79A2">
                       <wp:extent cx="812800" cy="222250"/>
                       <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-                      <wp:docPr id="5" name="Picture 6"/>
+                      <wp:docPr id="5" name="Picture 6" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 5"/>
+                              <pic:cNvPr id="5" name="Picture 6" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId9" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="812800" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4014" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DA9918" w14:textId="6CD15C9E" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="18DA9918" w14:textId="290CBC23" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="12"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1622150876"/>
+                <w:placeholder>
+                  <w:docPart w:val="D5856274437C49698996C4E17038B167"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="152FF700" w14:textId="06DA2AD8" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="152FF700" w14:textId="06518480" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="167373296"/>
+                <w:placeholder>
+                  <w:docPart w:val="28C8DED5F5C149EB8587678EE0821EF2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EA6B56D" w14:textId="73483985" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00683414" w:rsidP="00CE6155">
-[...2 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7EA6B56D" w14:textId="73483985" w:rsidR="00016D3B" w:rsidRDefault="00683414" w:rsidP="00D14309">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00016D3B">
+      <w:r w:rsidR="00016D3B" w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Registration </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00016D3B">
+      <w:r w:rsidR="00016D3B" w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00016D3B">
+      <w:r w:rsidR="00016D3B" w:rsidRPr="00D14309">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> new courses:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2860"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1307"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2832"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="2C7D3E01" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="4C14308A" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
-          <w:trHeight w:val="519"/>
+          <w:trHeight w:val="537"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2860" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22EB9047" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+          <w:p w14:paraId="35A8AAB8" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00016D3B">
+            <w:r w:rsidRPr="00D14309">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Signature of course teacher [after deadline]</w:t>
+              <w:t>Signature of course teacher</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22AA1848" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[after deadline]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3884" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420AC624" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+          <w:p w14:paraId="727247E9" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00016D3B">
+            <w:r w:rsidRPr="00D14309">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32601E75" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+          <w:p w14:paraId="253DB9F8" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00016D3B">
+            <w:r w:rsidRPr="00D14309">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course no.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="3F03AD9F" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="76C0B97D" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
-          <w:trHeight w:val="368"/>
+          <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="-1365282149"/>
+            <w:id w:val="1032928749"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2860" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5BC07B7C" w14:textId="0D02AC12" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="3D9708FB" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A0089F3" wp14:editId="513E2B26">
-[...2 lines deleted...]
-                      <wp:docPr id="6" name="Picture 7"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2989685D" wp14:editId="17757FA5">
+                      <wp:extent cx="800100" cy="222250"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:docPr id="1989046332" name="Picture 1" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 6"/>
+                              <pic:cNvPr id="58423256" name="Picture 1" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId10">
+                              <a:blip r:embed="rId7" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="939800" cy="215900"/>
+                                <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3884" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="024E3D0F" w14:textId="5D6031BB" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="66405FC5" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="14"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="214547067"/>
+                <w:placeholder>
+                  <w:docPart w:val="0525E6BC3E1E44BD9E90DFA46C94FAEC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E892957" w14:textId="4BE71145" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="4EA6F98F" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="15"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1793330922"/>
+                <w:placeholder>
+                  <w:docPart w:val="5FE0AA57618445B1AD3FCE1CD032F98D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="3EE7D1EB" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="46CB8528" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
-          <w:trHeight w:val="396"/>
+          <w:trHeight w:val="410"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="-967204045"/>
+            <w:id w:val="1687858839"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2860" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0B289464" w14:textId="5F2BA665" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="5A98E8BE" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CB60C51" wp14:editId="49AF3AC8">
-[...2 lines deleted...]
-                      <wp:docPr id="7" name="Picture 8"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11AE97D7" wp14:editId="7203BDBD">
+                      <wp:extent cx="800100" cy="222250"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:docPr id="1944601940" name="Picture 3" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 7"/>
+                              <pic:cNvPr id="1096324122" name="Picture 3" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId10">
+                              <a:blip r:embed="rId7" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="908050" cy="228600"/>
+                                <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3884" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED17BD3" w14:textId="31659899" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="3725B670" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="16"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1197120226"/>
+                <w:placeholder>
+                  <w:docPart w:val="626C8D0B972C4DC382DE3CB368EB7370"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="358809AC" w14:textId="103AF49D" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="3CD4B25E" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="17"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="756029946"/>
+                <w:placeholder>
+                  <w:docPart w:val="98B58E15E3FC41B1A3DC489B70873C3F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="301107E4" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="1AF7F0AC" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
-          <w:trHeight w:val="387"/>
+          <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="1746611020"/>
+            <w:id w:val="-490102988"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2860" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5E6CF451" w14:textId="1D1B04D6" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="08C0348A" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="564370BB" wp14:editId="302254FC">
-[...2 lines deleted...]
-                      <wp:docPr id="8" name="Picture 9"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1492E310" wp14:editId="621DA9C3">
+                      <wp:extent cx="825500" cy="222250"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                      <wp:docPr id="253711026" name="Picture 4" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 8"/>
+                              <pic:cNvPr id="1665434886" name="Picture 4" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId10">
+                              <a:blip r:embed="rId8" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="908050" cy="222250"/>
+                                <a:ext cx="825500" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3884" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14E5C05D" w14:textId="56513407" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="50AC3FEA" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="18"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-193397556"/>
+                <w:placeholder>
+                  <w:docPart w:val="36BFD39C28504E7BA1D582690EF70672"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1169B4" w14:textId="201DD68C" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="7B1CCD2B" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="19"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1682197720"/>
+                <w:placeholder>
+                  <w:docPart w:val="13203D1313E1448C8860E1D1A1C5B98A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016D3B" w:rsidRPr="00016D3B" w14:paraId="483E8810" w14:textId="77777777" w:rsidTr="00683414">
+      <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="7863D904" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
-          <w:trHeight w:val="387"/>
+          <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="-354729706"/>
+            <w:id w:val="1755319179"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2860" w:type="dxa"/>
+                <w:tcW w:w="3402" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="18688614" w14:textId="05968156" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00AB09C8" w:rsidP="00CE6155">
+              <w:p w14:paraId="34D8A850" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00D14309" w:rsidP="00E127CA">
                 <w:pPr>
                   <w:bidi w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00D14309">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="334D010D" wp14:editId="3925371C">
-                      <wp:extent cx="908050" cy="222250"/>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27068C96" wp14:editId="414C1BCD">
+                      <wp:extent cx="812800" cy="222250"/>
                       <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-                      <wp:docPr id="9" name="Picture 10"/>
+                      <wp:docPr id="470235292" name="Picture 6" descr="Add a signature file"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="Picture 9"/>
+                              <pic:cNvPr id="5" name="Picture 6" descr="Add a signature file"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId10">
+                              <a:blip r:embed="rId9" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="908050" cy="222250"/>
+                                <a:ext cx="812800" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3884" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEC7558" w14:textId="79FBF544" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="76BDD6E2" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="20"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="542410185"/>
+                <w:placeholder>
+                  <w:docPart w:val="01DF3714EF8E4771950C09D4DB36A052"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="165EA722" w14:textId="74023157" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00B475DC" w:rsidP="00CE6155">
+          <w:p w14:paraId="6BE9836D" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="21"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-686369759"/>
+                <w:placeholder>
+                  <w:docPart w:val="84F89858FA0E4D7288E2BD1FD69BF0DD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36B6D251" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="36B6D251" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EAF47DE" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00016D3B" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
+    <w:p w14:paraId="2A39D86C" w14:textId="3358A763" w:rsidR="00747D06" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00660A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...20 lines deleted...]
-      <w:r w:rsidR="00AD2117">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Request reason</w:t>
       </w:r>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Student signature</w:t>
+        <w:t xml:space="preserve"> [required after deadline]:</w:t>
       </w:r>
-      <w:r w:rsidR="000C5066" w:rsidRPr="00683414">
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="35553319"/>
+          <w:id w:val="-1726760167"/>
+          <w:placeholder>
+            <w:docPart w:val="D70A7F4EC64848E1B05AB9D7E794EDD5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2117" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E35F9D" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00683414" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Student signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1620726497"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001866AE" w:rsidRPr="00683414">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="329A6ED8" wp14:editId="4D6E6965">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 5"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="210F1B8E" wp14:editId="0CCA8D11">
+                <wp:extent cx="743585" cy="238064"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="605537860" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="605537860" name="Picture 1" descr="Add a signature file"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId10" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="756623" cy="242238"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="364798360"/>
+          <w:placeholder>
+            <w:docPart w:val="5EB0A18FC4C2453297AF93CE775E10BF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00683414" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Advisor signature: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1446197306"/>
+          <w:placeholder>
+            <w:docPart w:val="2CA026A73F4C4B52BC012C6548DD910E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Advisor signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6155" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-980840247"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BFC50A4" wp14:editId="36EF7AE9">
+                <wp:extent cx="625895" cy="318052"/>
+                <wp:effectExtent l="0" t="0" r="3175" b="6350"/>
+                <wp:docPr id="482991585" name="Picture 2" descr="Add a signature file"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="482991585" name="Picture 2" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId11" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
-                        <a:xfrm flipH="1">
+                        <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="831850" cy="206375"/>
+                          <a:ext cx="641419" cy="325941"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00683414">
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Date </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="000C5066" w:rsidRPr="00683414">
+      <w:r w:rsidR="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...6 lines deleted...]
-        </w:fldChar>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Text31"/>
-      <w:r w:rsidR="000C5066" w:rsidRPr="00683414">
+      <w:r w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+        <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidR="000C5066" w:rsidRPr="00683414">
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="000C5066" w:rsidRPr="00683414">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-937357309"/>
+          <w:placeholder>
+            <w:docPart w:val="59E839CFFAFC4B68A7F2E13F8D5500A9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D72F96" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...61 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00683414">
+      <w:r w:rsidR="00683414" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00683414">
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Advisor's signature</w:t>
+        <w:br/>
+        <w:t xml:space="preserve">Chairman/head of the graduate studies committee name: </w:t>
       </w:r>
-      <w:r w:rsidR="00CE6155" w:rsidRPr="00683414">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-558325337"/>
+          <w:placeholder>
+            <w:docPart w:val="2AE2245CD89D4ADB963F548F74C74079"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chairman/head</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1756051775"/>
+          <w:id w:val="-1140571124"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00CE6155" w:rsidRPr="00683414">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C47AD1F" wp14:editId="71DD614E">
-[...2 lines deleted...]
-                <wp:docPr id="3" name="Picture 6"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03CB5D3D" wp14:editId="0AA80731">
+                <wp:extent cx="525439" cy="245110"/>
+                <wp:effectExtent l="0" t="0" r="8255" b="2540"/>
+                <wp:docPr id="1492463281" name="Picture 3" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="1492463281" name="Picture 3" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId12" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
-                        <a:xfrm flipH="1">
+                        <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="831850" cy="215900"/>
+                          <a:ext cx="533860" cy="249038"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00CE6155" w:rsidRPr="00683414">
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00683414">
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00683414" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00016D3B" w:rsidRPr="00683414">
-[...123 lines deleted...]
-      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="-1780938094"/>
+          <w:id w:val="501854151"/>
+          <w:placeholder>
+            <w:docPart w:val="6FEDB22EA6024443B96D14EACAD668C2"/>
+          </w:placeholder>
           <w:showingPlcHdr/>
-          <w:picture/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D72F96" w:rsidRPr="00683414">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:drawing>
-[...46 lines deleted...]
-            </w:drawing>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00683414" w:rsidRPr="00683414">
-[...115 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00683414" w:rsidSect="00747D06">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="00660A44" w:rsidSect="00747D06">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47BC9FD9" w14:textId="77777777" w:rsidR="00BE4E18" w:rsidRDefault="00BE4E18" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6BAA19CF" w14:textId="77777777" w:rsidR="00BE4E18" w:rsidRDefault="00BE4E18" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4642,51 +3342,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="69D2A73E" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="1DE4422D" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -5414,70 +4114,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="6BA33261">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="289185298" name="Picture 2"/>
+          <wp:docPr id="289185298" name="Picture 2" descr="Jacobs Graduate School Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="289185298" name="Picture 2" descr="Jacobs Graduate School Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -7168,229 +5868,240 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1936474493">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CnrrPNWzxEPyTXFYdNNWda9M9uW7v4LAghxUNjItagZU1mBgGzX/ht3AsSqcLqKnq4AFwHtJ0ErwWsQ1FcIs2A==" w:salt="HjOapYPdMk6MzygZjjaixA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/DALWik4SNmUfem26WYlsvNvfk2ol8/SXb9IPx83eF0pdtAddyD9hQDfZZMgAZGfPbCj9VVWqzrqHS2MjHUsRA==" w:salt="z30x0sNI5J6wFIF1GqI0bA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00016D3B"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="000C5066"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="00185968"/>
     <w:rsid w:val="001866AE"/>
+    <w:rsid w:val="001908E0"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00217A79"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="00294C5E"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002C4003"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
+    <w:rsid w:val="0033533A"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005A1414"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00653280"/>
+    <w:rsid w:val="00660A44"/>
     <w:rsid w:val="00683414"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="007C60F6"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="0081336A"/>
     <w:rsid w:val="00824DB6"/>
+    <w:rsid w:val="008323A6"/>
     <w:rsid w:val="00877018"/>
     <w:rsid w:val="008851FF"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
+    <w:rsid w:val="008F3C4B"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009A243E"/>
     <w:rsid w:val="009A3F3F"/>
+    <w:rsid w:val="009C0A4A"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AB09C8"/>
     <w:rsid w:val="00AD0DE7"/>
     <w:rsid w:val="00AD2117"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
+    <w:rsid w:val="00B23644"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B475DC"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE4E18"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE6155"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
+    <w:rsid w:val="00D14309"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D725C8"/>
     <w:rsid w:val="00D72F96"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E35F9D"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15963213"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F0D6DBF4-6C93-4A6F-B80E-B9D44AFBC5EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -7757,50 +6468,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D14309"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00747D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -8077,109 +6789,974 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="24CDF4FFC02A412BA9F1BA08CDD0C7A1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3BF45EE7-BA04-4030-BCF1-730B0AEBA0E1}"/>
+        <w:guid w:val="{24F7396D-438C-4981-B51E-90EEA9D8FFD9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003372F2" w:rsidRDefault="003372F2">
-          <w:r w:rsidRPr="002C305C">
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="24CDF4FFC02A412BA9F1BA08CDD0C7A14"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A4AFC455621F41AD880710DD48D89353"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{71053C92-83BD-4432-9CDD-F6C5443F88E5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="A4AFC455621F41AD880710DD48D893534"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80C1C6DE0E0744C592715C5B2E460B02"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F41A1E89-C6B3-4BFA-8509-4D82CBD8E0DF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="80C1C6DE0E0744C592715C5B2E460B024"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BBB3BD7A3475473AABF584897B8E89B5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CCF7563D-B61D-4100-AD18-D7F8AB5546E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="BBB3BD7A3475473AABF584897B8E89B54"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="46F5E631671F4657A8B972A2A63A5C58"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3C337397-C1DD-4021-BA2C-2D01E6C7924C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="46F5E631671F4657A8B972A2A63A5C584"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C41DD87C432B48EF8AFFB428ED7221FD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0F273DB5-CD76-4F17-980D-2922D977DABF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="C41DD87C432B48EF8AFFB428ED7221FD4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="91E2ECA2BCD44DA98AE67CEE0B57DE20"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6A90D740-15C6-467E-B3A0-883971DA7810}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="91E2ECA2BCD44DA98AE67CEE0B57DE204"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="03D04A0F3AC74747AF3DBB2674555396"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7ABC524D-07A0-472B-BBCC-8C8B707025BC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="03D04A0F3AC74747AF3DBB26745553964"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D5856274437C49698996C4E17038B167"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4304B2F7-08E9-4F96-94AB-7AA1B0173A84}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="D5856274437C49698996C4E17038B1674"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="28C8DED5F5C149EB8587678EE0821EF2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F3A723F4-0124-47DB-8F1B-44D88A03222A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="28C8DED5F5C149EB8587678EE0821EF24"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0525E6BC3E1E44BD9E90DFA46C94FAEC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7B1247DA-9B15-40AA-ADD8-91D92DEB7533}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="0525E6BC3E1E44BD9E90DFA46C94FAEC4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5FE0AA57618445B1AD3FCE1CD032F98D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0BEDA1CD-DD7F-472F-96F8-9B5388884BC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="5FE0AA57618445B1AD3FCE1CD032F98D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="626C8D0B972C4DC382DE3CB368EB7370"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD63CB42-93C4-419A-84A2-0B233D89E8B7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="626C8D0B972C4DC382DE3CB368EB73704"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="98B58E15E3FC41B1A3DC489B70873C3F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A643A85A-3077-4032-BFD7-7296308074C8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="98B58E15E3FC41B1A3DC489B70873C3F4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="36BFD39C28504E7BA1D582690EF70672"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BE3FE429-8CDC-45AB-855D-EBB35F9D45BF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="36BFD39C28504E7BA1D582690EF706724"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="13203D1313E1448C8860E1D1A1C5B98A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E428CFE7-A268-49A2-864E-6C9AB1DA247D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="13203D1313E1448C8860E1D1A1C5B98A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="01DF3714EF8E4771950C09D4DB36A052"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DAF0A85F-5990-4A0A-83D7-19A9B3AD01C2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="01DF3714EF8E4771950C09D4DB36A0524"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="84F89858FA0E4D7288E2BD1FD69BF0DD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EE51A8D4-5686-485C-BB03-4C182AC5466B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="84F89858FA0E4D7288E2BD1FD69BF0DD4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D14309">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="938F27DF87CE4BA1BEA05CB399A699F3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8582F405-99D1-4BC1-8F2B-14A8579DC001}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="938F27DF87CE4BA1BEA05CB399A699F34"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="781EA86B73BC47F8B7241EF056BFD76C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E53A744-22C6-48C8-9F8D-550F938048D0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="781EA86B73BC47F8B7241EF056BFD76C4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D848E24C10D140BBAB0D1A2F4F43092D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4E84F9FA-E4C2-45D4-8948-ECA3E245B339}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="D848E24C10D140BBAB0D1A2F4F43092D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2535279AE985404AA4F054BAA57F6A65"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3198518D-B995-44B9-A65C-A83E1CC68349}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="2535279AE985404AA4F054BAA57F6A654"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D70A7F4EC64848E1B05AB9D7E794EDD5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{44929FF6-6567-4316-88D0-03339E3181D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="D70A7F4EC64848E1B05AB9D7E794EDD52"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2CA026A73F4C4B52BC012C6548DD910E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{136CC00C-621C-4AA6-8878-761F013AFB22}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="2CA026A73F4C4B52BC012C6548DD910E2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2AE2245CD89D4ADB963F548F74C74079"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{92A1ADEA-BACB-476F-BECE-8FF68A8A1CCD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="2AE2245CD89D4ADB963F548F74C740792"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5EB0A18FC4C2453297AF93CE775E10BF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A23184E4-97B1-45BB-B52A-58D46BBBCDE1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="5EB0A18FC4C2453297AF93CE775E10BF1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="59E839CFFAFC4B68A7F2E13F8D5500A9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2F3F73B0-C7AB-4EFB-9D02-0104E6B8D96B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="59E839CFFAFC4B68A7F2E13F8D5500A91"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6FEDB22EA6024443B96D14EACAD668C2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2ADD0B00-E394-4CC7-BF33-2950EF23DFAB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A27BB" w:rsidRDefault="002A27BB" w:rsidP="002A27BB">
+          <w:pPr>
+            <w:pStyle w:val="6FEDB22EA6024443B96D14EACAD668C21"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00660A44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8232,50 +7809,53 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003372F2"/>
     <w:rsid w:val="00185968"/>
+    <w:rsid w:val="001E7FE7"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:rsid w:val="0033533A"/>
     <w:rsid w:val="003372F2"/>
     <w:rsid w:val="007C60F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8692,53 +8272,473 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003372F2"/>
+    <w:rsid w:val="002A27BB"/>
     <w:rPr>
       <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="24CDF4FFC02A412BA9F1BA08CDD0C7A14">
+    <w:name w:val="24CDF4FFC02A412BA9F1BA08CDD0C7A14"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4AFC455621F41AD880710DD48D893534">
+    <w:name w:val="A4AFC455621F41AD880710DD48D893534"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="938F27DF87CE4BA1BEA05CB399A699F34">
+    <w:name w:val="938F27DF87CE4BA1BEA05CB399A699F34"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="781EA86B73BC47F8B7241EF056BFD76C4">
+    <w:name w:val="781EA86B73BC47F8B7241EF056BFD76C4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D848E24C10D140BBAB0D1A2F4F43092D4">
+    <w:name w:val="D848E24C10D140BBAB0D1A2F4F43092D4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2535279AE985404AA4F054BAA57F6A654">
+    <w:name w:val="2535279AE985404AA4F054BAA57F6A654"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80C1C6DE0E0744C592715C5B2E460B024">
+    <w:name w:val="80C1C6DE0E0744C592715C5B2E460B024"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBB3BD7A3475473AABF584897B8E89B54">
+    <w:name w:val="BBB3BD7A3475473AABF584897B8E89B54"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46F5E631671F4657A8B972A2A63A5C584">
+    <w:name w:val="46F5E631671F4657A8B972A2A63A5C584"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C41DD87C432B48EF8AFFB428ED7221FD4">
+    <w:name w:val="C41DD87C432B48EF8AFFB428ED7221FD4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91E2ECA2BCD44DA98AE67CEE0B57DE204">
+    <w:name w:val="91E2ECA2BCD44DA98AE67CEE0B57DE204"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03D04A0F3AC74747AF3DBB26745553964">
+    <w:name w:val="03D04A0F3AC74747AF3DBB26745553964"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5856274437C49698996C4E17038B1674">
+    <w:name w:val="D5856274437C49698996C4E17038B1674"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28C8DED5F5C149EB8587678EE0821EF24">
+    <w:name w:val="28C8DED5F5C149EB8587678EE0821EF24"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0525E6BC3E1E44BD9E90DFA46C94FAEC4">
+    <w:name w:val="0525E6BC3E1E44BD9E90DFA46C94FAEC4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FE0AA57618445B1AD3FCE1CD032F98D4">
+    <w:name w:val="5FE0AA57618445B1AD3FCE1CD032F98D4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="626C8D0B972C4DC382DE3CB368EB73704">
+    <w:name w:val="626C8D0B972C4DC382DE3CB368EB73704"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="98B58E15E3FC41B1A3DC489B70873C3F4">
+    <w:name w:val="98B58E15E3FC41B1A3DC489B70873C3F4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36BFD39C28504E7BA1D582690EF706724">
+    <w:name w:val="36BFD39C28504E7BA1D582690EF706724"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13203D1313E1448C8860E1D1A1C5B98A4">
+    <w:name w:val="13203D1313E1448C8860E1D1A1C5B98A4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01DF3714EF8E4771950C09D4DB36A0524">
+    <w:name w:val="01DF3714EF8E4771950C09D4DB36A0524"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84F89858FA0E4D7288E2BD1FD69BF0DD4">
+    <w:name w:val="84F89858FA0E4D7288E2BD1FD69BF0DD4"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D70A7F4EC64848E1B05AB9D7E794EDD52">
+    <w:name w:val="D70A7F4EC64848E1B05AB9D7E794EDD52"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EB0A18FC4C2453297AF93CE775E10BF1">
+    <w:name w:val="5EB0A18FC4C2453297AF93CE775E10BF1"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CA026A73F4C4B52BC012C6548DD910E2">
+    <w:name w:val="2CA026A73F4C4B52BC012C6548DD910E2"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="59E839CFFAFC4B68A7F2E13F8D5500A91">
+    <w:name w:val="59E839CFFAFC4B68A7F2E13F8D5500A91"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AE2245CD89D4ADB963F548F74C740792">
+    <w:name w:val="2AE2245CD89D4ADB963F548F74C740792"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FEDB22EA6024443B96D14EACAD668C21">
+    <w:name w:val="6FEDB22EA6024443B96D14EACAD668C21"/>
+    <w:rsid w:val="002A27BB"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -9007,70 +9007,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>250</Words>
-  <Characters>1250</Characters>
+  <Words>352</Words>
+  <Characters>1609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1498</CharactersWithSpaces>
+  <CharactersWithSpaces>1915</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>