--- v1 (2025-12-27)
+++ v2 (2026-02-26)
@@ -101,95 +101,97 @@
       </w:r>
       <w:r w:rsidR="00CE6155" w:rsidRPr="00D14309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="988219377"/>
           <w:placeholder>
             <w:docPart w:val="24CDF4FFC02A412BA9F1BA08CDD0C7A1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+          <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B475DC" w:rsidRPr="00D14309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D14309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Academic year </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-829745658"/>
           <w:placeholder>
             <w:docPart w:val="A4AFC455621F41AD880710DD48D89353"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+          <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2A44B528" w14:textId="685472EC" w:rsidR="00016D3B" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
@@ -377,93 +379,95 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Full Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2063392172"/>
           <w:placeholder>
             <w:docPart w:val="938F27DF87CE4BA1BEA05CB399A699F3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00660A44">
+          <w:r w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  ID: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1141881400"/>
           <w:placeholder>
             <w:docPart w:val="781EA86B73BC47F8B7241EF056BFD76C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00660A44">
+          <w:r w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   Degree:</w:t>
       </w:r>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -472,107 +476,109 @@
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2136857368"/>
           <w:placeholder>
             <w:docPart w:val="D848E24C10D140BBAB0D1A2F4F43092D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Msc" w:value="Msc"/>
             <w:listItem w:displayText="PhD" w:value="PhD"/>
             <w:listItem w:displayText="Non-degree" w:value="Non-degree"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00660A44">
+          <w:r w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6F5C97E2" w14:textId="6DB5534B" w:rsidR="00660A44" w:rsidRPr="00660A44" w:rsidRDefault="00660A44" w:rsidP="00660A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty/Track: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-16163059"/>
           <w:placeholder>
             <w:docPart w:val="2535279AE985404AA4F054BAA57F6A65"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00660A44">
+          <w:r w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7B2151FD" w14:textId="1759EB50" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="00683414" w:rsidP="00D14309">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14309">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00016D3B" w:rsidRPr="00D14309">
@@ -791,127 +797,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382AB7AD" w14:textId="14BC8EC6" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="382AB7AD" w14:textId="14BC8EC6" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1992977431"/>
                 <w:placeholder>
                   <w:docPart w:val="80C1C6DE0E0744C592715C5B2E460B02"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59D546B5" w14:textId="26FB5E7D" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="59D546B5" w14:textId="26FB5E7D" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1970583448"/>
                 <w:placeholder>
                   <w:docPart w:val="BBB3BD7A3475473AABF584897B8E89B5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="6C6A87D2" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="410"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-736784920"/>
             <w:showingPlcHdr/>
             <w:picture/>
@@ -974,127 +982,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B2019F" w14:textId="30BD83B1" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="73B2019F" w14:textId="30BD83B1" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="2029521952"/>
                 <w:placeholder>
                   <w:docPart w:val="46F5E631671F4657A8B972A2A63A5C58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EF51D1D" w14:textId="33F8DFD8" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="0EF51D1D" w14:textId="33F8DFD8" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="171851068"/>
                 <w:placeholder>
                   <w:docPart w:val="C41DD87C432B48EF8AFFB428ED7221FD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="3D24EDFC" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-2019606521"/>
             <w:showingPlcHdr/>
             <w:picture/>
@@ -1157,127 +1167,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="825500" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115AF6A0" w14:textId="146921F5" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="115AF6A0" w14:textId="146921F5" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1289356834"/>
                 <w:placeholder>
                   <w:docPart w:val="91E2ECA2BCD44DA98AE67CEE0B57DE20"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69B418B6" w14:textId="75AF805F" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="69B418B6" w14:textId="75AF805F" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1958482625"/>
                 <w:placeholder>
                   <w:docPart w:val="03D04A0F3AC74747AF3DBB2674555396"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="6C238733" w14:textId="77777777" w:rsidTr="00D14309">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-369612449"/>
             <w:showingPlcHdr/>
             <w:picture/>
@@ -1340,127 +1352,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="812800" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DA9918" w14:textId="290CBC23" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="18DA9918" w14:textId="290CBC23" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1622150876"/>
                 <w:placeholder>
                   <w:docPart w:val="D5856274437C49698996C4E17038B167"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="152FF700" w14:textId="06518480" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00D14309">
+          <w:p w14:paraId="152FF700" w14:textId="06518480" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00D14309">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="167373296"/>
                 <w:placeholder>
                   <w:docPart w:val="28C8DED5F5C149EB8587678EE0821EF2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EA6B56D" w14:textId="73483985" w:rsidR="00016D3B" w:rsidRDefault="00683414" w:rsidP="00D14309">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14309">
         <w:rPr>
@@ -1709,127 +1723,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66405FC5" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="66405FC5" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="214547067"/>
                 <w:placeholder>
                   <w:docPart w:val="0525E6BC3E1E44BD9E90DFA46C94FAEC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA6F98F" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="4EA6F98F" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1793330922"/>
                 <w:placeholder>
                   <w:docPart w:val="5FE0AA57618445B1AD3FCE1CD032F98D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="46CB8528" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
           <w:trHeight w:val="410"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1687858839"/>
             <w:showingPlcHdr/>
             <w:picture/>
@@ -1892,127 +1908,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="800100" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3725B670" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="3725B670" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1197120226"/>
                 <w:placeholder>
                   <w:docPart w:val="626C8D0B972C4DC382DE3CB368EB7370"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD4B25E" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="3CD4B25E" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="756029946"/>
                 <w:placeholder>
                   <w:docPart w:val="98B58E15E3FC41B1A3DC489B70873C3F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="1AF7F0AC" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-490102988"/>
             <w:showingPlcHdr/>
             <w:picture/>
@@ -2075,127 +2093,129 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="825500" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50AC3FEA" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="50AC3FEA" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-193397556"/>
                 <w:placeholder>
                   <w:docPart w:val="36BFD39C28504E7BA1D582690EF70672"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1CCD2B" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="7B1CCD2B" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1682197720"/>
                 <w:placeholder>
                   <w:docPart w:val="13203D1313E1448C8860E1D1A1C5B98A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D14309" w:rsidRPr="00D14309" w14:paraId="7863D904" w14:textId="77777777" w:rsidTr="00E127CA">
         <w:trPr>
           <w:trHeight w:val="400"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1755319179"/>
             <w:showingPlcHdr/>
             <w:picture/>
@@ -2258,148 +2278,150 @@
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="812800" cy="222250"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76BDD6E2" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="76BDD6E2" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="542410185"/>
                 <w:placeholder>
                   <w:docPart w:val="01DF3714EF8E4771950C09D4DB36A052"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE9836D" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="009A243E" w:rsidP="00E127CA">
+          <w:p w14:paraId="6BE9836D" w14:textId="77777777" w:rsidR="00D14309" w:rsidRPr="00D14309" w:rsidRDefault="008047FD" w:rsidP="00E127CA">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-686369759"/>
                 <w:placeholder>
                   <w:docPart w:val="84F89858FA0E4D7288E2BD1FD69BF0DD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D14309" w:rsidRPr="00D14309">
+                <w:r w:rsidR="00D14309" w:rsidRPr="00844C57">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36B6D251" w14:textId="77777777" w:rsidR="00016D3B" w:rsidRPr="00D14309" w:rsidRDefault="00016D3B" w:rsidP="00CE6155">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A39D86C" w14:textId="3358A763" w:rsidR="00747D06" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00660A44">
+    <w:p w14:paraId="2A39D86C" w14:textId="13D57C48" w:rsidR="00747D06" w:rsidRPr="00660A44" w:rsidRDefault="00016D3B" w:rsidP="00660A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Request reason</w:t>
       </w:r>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
@@ -2408,54 +2430,55 @@
         <w:t xml:space="preserve"> [required after deadline]:</w:t>
       </w:r>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1726760167"/>
           <w:placeholder>
             <w:docPart w:val="D70A7F4EC64848E1B05AB9D7E794EDD5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD2117" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E35F9D" w:rsidRPr="00660A44">
         <w:rPr>
@@ -2615,110 +2638,132 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="364798360"/>
           <w:placeholder>
             <w:docPart w:val="5EB0A18FC4C2453297AF93CE775E10BF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00683414" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Advisor signature: </w:t>
+        <w:t xml:space="preserve">Advisor </w:t>
+      </w:r>
+      <w:r w:rsidR="00143FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1446197306"/>
           <w:placeholder>
             <w:docPart w:val="2CA026A73F4C4B52BC012C6548DD910E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Advisor signature</w:t>
       </w:r>
@@ -2854,54 +2899,55 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-937357309"/>
           <w:placeholder>
             <w:docPart w:val="59E839CFFAFC4B68A7F2E13F8D5500A9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D72F96" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00683414" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
@@ -2910,54 +2956,55 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Chairman/head of the graduate studies committee name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-558325337"/>
           <w:placeholder>
             <w:docPart w:val="2AE2245CD89D4ADB963F548F74C74079"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
         <w:rPr>
@@ -3131,90 +3178,91 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="501854151"/>
           <w:placeholder>
             <w:docPart w:val="6FEDB22EA6024443B96D14EACAD668C2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00660A44" w:rsidRPr="00660A44">
+          <w:r w:rsidR="00660A44" w:rsidRPr="00844C57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00747D06" w:rsidRPr="00660A44" w:rsidSect="00747D06">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47BC9FD9" w14:textId="77777777" w:rsidR="00BE4E18" w:rsidRDefault="00BE4E18" w:rsidP="0055655F">
+    <w:p w14:paraId="274026B4" w14:textId="77777777" w:rsidR="008047FD" w:rsidRDefault="008047FD" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BAA19CF" w14:textId="77777777" w:rsidR="00BE4E18" w:rsidRDefault="00BE4E18" w:rsidP="0055655F">
+    <w:p w14:paraId="68BE4C71" w14:textId="77777777" w:rsidR="008047FD" w:rsidRDefault="008047FD" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3342,51 +3390,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="1DE4422D" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="74A08BDF" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3891,61 +3939,61 @@
                       </w:rPr>
                       <w:t>+972-4-8292652, 2737, 2574</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57">
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="347E77F1" w14:textId="77777777" w:rsidR="00BE4E18" w:rsidRDefault="00BE4E18" w:rsidP="0055655F">
+    <w:p w14:paraId="7C9A99D2" w14:textId="77777777" w:rsidR="008047FD" w:rsidRDefault="008047FD" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1ABF45A8" w14:textId="77777777" w:rsidR="00BE4E18" w:rsidRDefault="00BE4E18" w:rsidP="0055655F">
+    <w:p w14:paraId="326BB829" w14:textId="77777777" w:rsidR="008047FD" w:rsidRDefault="008047FD" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="795"/>
       </w:tabs>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -5868,85 +5916,86 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1936474493">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/DALWik4SNmUfem26WYlsvNvfk2ol8/SXb9IPx83eF0pdtAddyD9hQDfZZMgAZGfPbCj9VVWqzrqHS2MjHUsRA==" w:salt="z30x0sNI5J6wFIF1GqI0bA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jfa7ljdfHFJlsY+4Nl/w2d3Rk7iKhRhmRLBiR7MHxoerOl93FA/kWgMi6DUv3wmLskp5GpX2kYO7l6OSqIy+sA==" w:salt="P0CGj91Wr2SOzs+ghA4/vQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00016D3B"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="000C5066"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
+    <w:rsid w:val="00143FFD"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="00185968"/>
     <w:rsid w:val="001866AE"/>
     <w:rsid w:val="001908E0"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00217A79"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="00294C5E"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002C4003"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
@@ -5963,96 +6012,101 @@
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005A1414"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00653280"/>
     <w:rsid w:val="00660A44"/>
     <w:rsid w:val="00683414"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="007C60F6"/>
+    <w:rsid w:val="008047FD"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="0081336A"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008323A6"/>
+    <w:rsid w:val="00844C57"/>
     <w:rsid w:val="00877018"/>
     <w:rsid w:val="008851FF"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="008F3C4B"/>
+    <w:rsid w:val="00921665"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009A243E"/>
     <w:rsid w:val="009A3F3F"/>
     <w:rsid w:val="009C0A4A"/>
+    <w:rsid w:val="009D04DE"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AB09C8"/>
     <w:rsid w:val="00AD0DE7"/>
     <w:rsid w:val="00AD2117"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B23644"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B475DC"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE4E18"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
+    <w:rsid w:val="00C4004C"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE6155"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D14309"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D725C8"/>
     <w:rsid w:val="00D72F96"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E35F9D"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
@@ -7813,51 +7867,55 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003372F2"/>
     <w:rsid w:val="00185968"/>
     <w:rsid w:val="001E7FE7"/>
     <w:rsid w:val="002A27BB"/>
     <w:rsid w:val="0033533A"/>
     <w:rsid w:val="003372F2"/>
+    <w:rsid w:val="003A0087"/>
+    <w:rsid w:val="004E559F"/>
     <w:rsid w:val="007C60F6"/>
+    <w:rsid w:val="00921665"/>
+    <w:rsid w:val="009D04DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -9007,70 +9065,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>352</Words>
-  <Characters>1609</Characters>
+  <Words>291</Words>
+  <Characters>1665</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1915</CharactersWithSpaces>
+  <CharactersWithSpaces>1953</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>