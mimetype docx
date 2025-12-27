--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -11,2698 +11,2045 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4A9DC413" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="4A9DC413" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BCE41BB" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00AA5E20">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2409F371" w14:textId="52BC50DD" w:rsidR="00A21D07" w:rsidRPr="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="67F745EB" w14:textId="77777777" w:rsidR="00700B89" w:rsidRPr="005A2F57" w:rsidRDefault="00700B89" w:rsidP="00AA5E20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CB02377" w14:textId="7D904A63" w:rsidR="00700B89" w:rsidRPr="00700B89" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-        <w:t>grade</w:t>
+        </w:rPr>
+        <w:t>A special request to extend an "incomplete" grade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0A0224" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="00116BEC" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
-      <w:pPr>
+    <w:p w14:paraId="0F0A0224" w14:textId="07A60276" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00ED722E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116BEC">
-[...1 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Semester of </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Semester of request</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED722E" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>request</w:t>
-[...118 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1423646727"/>
+          <w:placeholder>
+            <w:docPart w:val="26DF78C1F91049A5A496E28D0C08E582"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00ED722E" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A21D07" w14:paraId="6CB3AAAC" w14:textId="77777777" w:rsidTr="00A21D07">
+      <w:tr w:rsidR="00A21D07" w:rsidRPr="005A2F57" w14:paraId="6CB3AAAC" w14:textId="77777777" w:rsidTr="00A21D07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E00CC0A" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+          <w:p w14:paraId="0E00CC0A" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FA04E82" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+          <w:p w14:paraId="4FA04E82" w14:textId="7E1EC9A1" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A76C06">
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Explanation</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve">: A subject with </w:t>
+              <w:t>: A subject with a</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidR="005B20C3" w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
-              <w:t>a</w:t>
+              <w:t>n</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0081301E">
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>"incomplete"</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grade can be completed by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the end of the following</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> semester.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53F0B7E1" w14:textId="06179BF0" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the student did not complete it on the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>aforementioned</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> date</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – a request may be submitted (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">on this form) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t>to extend the "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>incomplete</w:t>
             </w:r>
-            <w:r w:rsidRPr="0081301E">
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t>" grade</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t xml:space="preserve"> until and no later</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> grade can be completed by</w:t>
+              <w:t xml:space="preserve"> than another semester beyond the following semester.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0081301E">
+          </w:p>
+          <w:p w14:paraId="54CB06BB" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+            <w:pPr>
+              <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extension of the "Not Completed" grade can be granted </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> the end of the following</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> semester.</w:t>
+              <w:t>only once.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F0B7E1" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+          <w:p w14:paraId="2A2B624D" w14:textId="77777777" w:rsidR="00700B89" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
               <w:bidi w:val="0"/>
               <w:rPr>
-                <w:rtl/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the student did not complete it on the </w:t>
+              <w:t xml:space="preserve">A student who has completed the duration of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00470CDC" w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F57">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> approved </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0081301E">
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...158 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="005A2F57">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> him at the time of admission - cannot submit this request.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E826D9A" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+          <w:p w14:paraId="7E826D9A" w14:textId="2B584382" w:rsidR="00700B89" w:rsidRPr="00700B89" w:rsidRDefault="00700B89" w:rsidP="00700B89">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
               <w:bidi w:val="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43A780E5" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="43A780E5" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C08A723" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="0C08A723" w14:textId="338C3EFD" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-[...556 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+        </w:rPr>
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215994864"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="127828811"/>
+          <w:placeholder>
+            <w:docPart w:val="C08145D706BB4C98AFF0810B51EEAF8B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+        </w:rPr>
+        <w:t>First Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00811022" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-235857170"/>
+          <w:placeholder>
+            <w:docPart w:val="ABAB43F0277C4D5EA7A8AD2D955D4720"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>ID</w:t>
+      </w:r>
+      <w:r w:rsidR="00811022" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-      </w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="255799661"/>
+          <w:placeholder>
+            <w:docPart w:val="12F2165F1AA941C982834BE0F6F0918D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="040E8837" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="4300AA4E" w14:textId="68095549" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-[...370 lines deleted...]
-          <w:rFonts w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...94 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">Studying for a </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>degree:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215994961"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="30FF497748A94FB58CD9DAF84A08968E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="MSc" w:value="MSc"/>
+            <w:listItem w:displayText="ME" w:value="ME"/>
+            <w:listItem w:displayText="PhD" w:value="PhD"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>academic unit (department)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1637301997"/>
+          <w:placeholder>
+            <w:docPart w:val="8F2410D10C7049AE9F4D1915E389E7FA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="040E8837" w14:textId="7186C6D7" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I would like to be approved for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>an extension of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">"incomplete" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>grade (please list only one subject per form)</w:t>
+      </w:r>
+      <w:r w:rsidR="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>In course number:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-693699610"/>
+          <w:placeholder>
+            <w:docPart w:val="02476944575B4558ACA73CE6F424060C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>course name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-497578985"/>
+          <w:placeholder>
+            <w:docPart w:val="4EBC23FC43714B13B5F611D916D1DE10"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3C8C690B" w14:textId="12E8A625" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Taught in semester</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="386157421"/>
+          <w:placeholder>
+            <w:docPart w:val="576825C0D7CA4760930DFAC5D6C3D4CC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="71A69446" w14:textId="21306479" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00AA5E20">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reason for request</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(must be filled)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215994911"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="C575141712FB4092843D1C3BA7930211"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1E9333FF" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00AA5E20">
-[...5 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+    <w:p w14:paraId="06E0BC5D" w14:textId="5AC76D37" w:rsidR="005A2F57" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1069999059"/>
+          <w:placeholder>
+            <w:docPart w:val="04B432212722479B91A893B150629ACE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...253 lines deleted...]
-        <w:t xml:space="preserve">teacher's signature: </w:t>
+        </w:rPr>
+        <w:t>Student signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1901866741"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1208912066"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="005A2F57">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DD78125" wp14:editId="77660A1C">
-[...2 lines deleted...]
-                <wp:docPr id="1178248632" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76A6F088" wp14:editId="454FD03A">
+                <wp:extent cx="786974" cy="277977"/>
+                <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                <wp:docPr id="2" name="Picture 5" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="2" name="Picture 5" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2514600" cy="400050"/>
+                          <a:ext cx="798826" cy="282163"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="58284500" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="00010C14" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="20DE2FE9" w14:textId="77777777" w:rsidR="005A2F57" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E9333FF" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Approval of the course teacher:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103E8D24" w14:textId="572E1BFF" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00700B89" w:rsidP="00700B89">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A21D07" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Name of the course teacher:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="837894662"/>
+          <w:placeholder>
+            <w:docPart w:val="59F79786F8894796971317EDC686AD96"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4AB946D7" w14:textId="37BAAF76" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I approve the extension of the "incomplete" grade for the above student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Comments:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:id w:val="-1474440459"/>
+          <w:placeholder>
+            <w:docPart w:val="468A7C098FE840F591B6882EC60AFB58"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="1BEBF661" w14:textId="060F88A4" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="40DF78C0" w14:textId="652F81C7" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">Student's signature: </w:t>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1208912066"/>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1198857956"/>
+          <w:placeholder>
+            <w:docPart w:val="3DA84F3ED7A14807832F02DA51909DB7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>eacher signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1901866741"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="005A2F57">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47455120" wp14:editId="523A549D">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 5"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DD78125" wp14:editId="07CCE77F">
+                <wp:extent cx="755834" cy="241300"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+                <wp:docPr id="1178248632" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="1178248632" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2466975" cy="333375"/>
+                          <a:ext cx="766194" cy="244607"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4657B7DC" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="4657B7DC" w14:textId="44D0B0C4" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E355DD9" w14:textId="29F1BB2E" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advisor's Recommendation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505E0906" w14:textId="59C6EA65" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00010C14">
-[...22 lines deleted...]
-      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:u w:val="single"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:id w:val="-1908374640"/>
+          <w:id w:val="456459384"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="1ECCEA3EC27B4F32BA644FF112631FAE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00AA5E20">
+          <w:r w:rsidRPr="005A2F57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00AA5E20" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428D180D" w14:textId="4C162C26" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="428D180D" w14:textId="6B8AA83D" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">advisor's signature: </w:t>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2109158295"/>
+          <w:placeholder>
+            <w:docPart w:val="2B8BA611AFA44F7D9FAB70C5D00A38C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Advisor name:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-983077345"/>
+          <w:placeholder>
+            <w:docPart w:val="39FBA5DE64A4436D8FF011D4A6CDEC67"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>dvisor signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
           <w:id w:val="-167793439"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="005A2F57">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03354A79" wp14:editId="561D5E07">
-[...2 lines deleted...]
-                <wp:docPr id="3" name="Picture 6"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03354A79" wp14:editId="2907CDB9">
+                <wp:extent cx="717813" cy="299923"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="5080"/>
+                <wp:docPr id="3" name="Picture 6" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 3"/>
+                        <pic:cNvPr id="3" name="Picture 6" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2495550" cy="400050"/>
+                          <a:ext cx="728744" cy="304490"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="39E081A4" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="39E081A4" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74DA3F06" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="00010C14" w:rsidRDefault="00A21D07" w:rsidP="00AA5E20">
+    <w:p w14:paraId="74DA3F06" w14:textId="5AC3F097" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dept. Graduate Studies Vice Dean's recommendation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B0D033" w14:textId="624D7795" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00010C14">
-[...22 lines deleted...]
-      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:u w:val="single"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:id w:val="-1350644470"/>
+          <w:id w:val="833796547"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="24B8DD970FB247AC86F5700C44CFD17F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00BC6946">
+          <w:r w:rsidRPr="005A2F57">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00AA5E20" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61301AA7" w14:textId="665D2A26" w:rsidR="00A21D07" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="61301AA7" w14:textId="7DC516BD" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">Vice Dean's signature: </w:t>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-400056637"/>
+          <w:placeholder>
+            <w:docPart w:val="06C60F0808C84AA2BAE5FBC4A31213CE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vice Dean</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="919755672"/>
+          <w:placeholder>
+            <w:docPart w:val="F0DAD118CEFB49D5A54A28E97D9DF05A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00700B89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vice Dean signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2F57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
           <w:id w:val="-978451984"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="005A2F57">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EB91677" wp14:editId="4345EDC9">
-[...2 lines deleted...]
-                <wp:docPr id="2106713059" name="Picture 4"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EB91677" wp14:editId="74F7E620">
+                <wp:extent cx="596900" cy="269770"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2106713059" name="Picture 4" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 4"/>
+                        <pic:cNvPr id="2106713059" name="Picture 4" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId10" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2486025" cy="381000"/>
+                          <a:ext cx="602826" cy="272448"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="002A52FD" w:rsidRDefault="00747D06" w:rsidP="00A21D07">
+    <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="005A2F57" w:rsidRDefault="00747D06" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00747D06" w:rsidRPr="002A52FD" w:rsidSect="00A21D07">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00747D06" w:rsidRPr="005A2F57" w:rsidSect="00A21D07">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2B85C361" w14:textId="77777777" w:rsidR="008D176B" w:rsidRDefault="008D176B" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6B8D0725" w14:textId="77777777" w:rsidR="008D176B" w:rsidRDefault="008D176B" w:rsidP="0055655F">
@@ -2855,51 +2202,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6C7E6DC2" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="7E07D51E" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3627,70 +2974,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="23CDCB95">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="Graduate School Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="Graduate School Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -5292,189 +4639,205 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="QRM1icJw54jH4uB7vE8muqr1uUukCoJOK++2sEphfaaUpp9MfL7305cS8A7oDuCQy+2BLGL5SfbURSf/1Zak7g==" w:salt="xv3f1RagF3mQkq/+NfU0YA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="31PeikZ8e9IM2R0JWNyzm0NYOi+YUZsYSnnnWdF1X7BVCvXOiDUium99vew+gmHrXYYn7KLFkpUkX1bZee/xKw==" w:salt="ofclyxjuwNqQPZ4F+QOq8w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
+    <w:rsid w:val="000E01AC"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002443B9"/>
+    <w:rsid w:val="00244E5C"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A52FD"/>
+    <w:rsid w:val="002C125F"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00352421"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
+    <w:rsid w:val="004606B3"/>
+    <w:rsid w:val="00470CDC"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004E792F"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
+    <w:rsid w:val="005A2F57"/>
+    <w:rsid w:val="005A383C"/>
+    <w:rsid w:val="005B20C3"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
+    <w:rsid w:val="005F5A3B"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
+    <w:rsid w:val="006A7939"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
+    <w:rsid w:val="00700B89"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
+    <w:rsid w:val="00737C8F"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="00790DFA"/>
     <w:rsid w:val="008065EC"/>
+    <w:rsid w:val="00811022"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008D176B"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009B613A"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A06794"/>
     <w:rsid w:val="00A21D07"/>
     <w:rsid w:val="00A36324"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AA5E20"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
+    <w:rsid w:val="00CB088C"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E72A5A"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00ED722E"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F43A10"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
@@ -6189,88 +5552,702 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="26DF78C1F91049A5A496E28D0C08E582"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D86F7E02-D036-489E-AD49-1AEAAADA6869}"/>
+        <w:guid w:val="{AFA9E2BE-C2B2-4A30-A0B5-60877A37A0E4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006E426F" w:rsidRDefault="006E426F">
-          <w:r w:rsidRPr="00BC6946">
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="26DF78C1F91049A5A496E28D0C08E582"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C08145D706BB4C98AFF0810B51EEAF8B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EE8CE450-AB02-4AB2-BE0D-0537060CE03D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="C08145D706BB4C98AFF0810B51EEAF8B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ABAB43F0277C4D5EA7A8AD2D955D4720"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3BB79B04-ED6D-45DB-923A-F7D58FF70A7F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="ABAB43F0277C4D5EA7A8AD2D955D4720"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="12F2165F1AA941C982834BE0F6F0918D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A0639DE2-E35A-48E5-8845-2B5D99A9D081}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="12F2165F1AA941C982834BE0F6F0918D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="30FF497748A94FB58CD9DAF84A08968E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0E94BE40-A605-43D9-AB04-C06619033283}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="30FF497748A94FB58CD9DAF84A08968E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8F2410D10C7049AE9F4D1915E389E7FA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5AD8211F-FC06-468A-8FC6-CBDEB00FA8D7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="8F2410D10C7049AE9F4D1915E389E7FA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="02476944575B4558ACA73CE6F424060C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{83FB8DD9-4394-4E93-B81C-9390F935FE90}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="02476944575B4558ACA73CE6F424060C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4EBC23FC43714B13B5F611D916D1DE10"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{61E4E650-0638-450E-8204-624CE86C3B14}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="4EBC23FC43714B13B5F611D916D1DE10"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="576825C0D7CA4760930DFAC5D6C3D4CC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{363E64C3-35A4-49D0-96E3-9808CD16AE2F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="576825C0D7CA4760930DFAC5D6C3D4CC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C575141712FB4092843D1C3BA7930211"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FA232274-6FED-4E6D-9C48-9B3FCCBF1083}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="C575141712FB4092843D1C3BA7930211"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="59F79786F8894796971317EDC686AD96"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{25F47554-B81B-4227-827B-8ECB5FDDD0B3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="59F79786F8894796971317EDC686AD96"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="04B432212722479B91A893B150629ACE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{69469DB5-309A-4936-8D78-9DC509FB9141}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="04B432212722479B91A893B150629ACE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="468A7C098FE840F591B6882EC60AFB58"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1CAB559A-6569-4872-B8C3-7262508F51EB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="468A7C098FE840F591B6882EC60AFB58"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3DA84F3ED7A14807832F02DA51909DB7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E919B94-B020-4A69-83B0-62C50B46D208}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="3DA84F3ED7A14807832F02DA51909DB7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1ECCEA3EC27B4F32BA644FF112631FAE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FCB59ED5-D4CA-4C94-96CD-CE36CF104197}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="1ECCEA3EC27B4F32BA644FF112631FAE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2B8BA611AFA44F7D9FAB70C5D00A38C9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4F3EDE85-DC27-4C1B-8FAE-DA9999E83C18}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="2B8BA611AFA44F7D9FAB70C5D00A38C9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="39FBA5DE64A4436D8FF011D4A6CDEC67"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B417DB9-0180-4C35-996D-DC39E7E75F83}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="39FBA5DE64A4436D8FF011D4A6CDEC67"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="24B8DD970FB247AC86F5700C44CFD17F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{562DCC68-09B0-4B3D-897D-5FDD1E58D4D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="24B8DD970FB247AC86F5700C44CFD17F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="06C60F0808C84AA2BAE5FBC4A31213CE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A74FC29F-64D5-402D-90E6-A981AD4C610E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="06C60F0808C84AA2BAE5FBC4A31213CE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F0DAD118CEFB49D5A54A28E97D9DF05A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{515A4392-F221-4E57-9F12-181CAD199EFF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE6E66" w:rsidRDefault="00BE6E66" w:rsidP="00BE6E66">
+          <w:pPr>
+            <w:pStyle w:val="F0DAD118CEFB49D5A54A28E97D9DF05A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
@@ -6343,51 +6320,53 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E426F"/>
     <w:rsid w:val="002443B9"/>
+    <w:rsid w:val="00244E5C"/>
     <w:rsid w:val="006E426F"/>
+    <w:rsid w:val="00BE6E66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -6802,54 +6781,138 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006E426F"/>
+    <w:rsid w:val="00BE6E66"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82094FB0CBC34C85AB3CFF736E34F7BC">
+    <w:name w:val="82094FB0CBC34C85AB3CFF736E34F7BC"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26DF78C1F91049A5A496E28D0C08E582">
+    <w:name w:val="26DF78C1F91049A5A496E28D0C08E582"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C08145D706BB4C98AFF0810B51EEAF8B">
+    <w:name w:val="C08145D706BB4C98AFF0810B51EEAF8B"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABAB43F0277C4D5EA7A8AD2D955D4720">
+    <w:name w:val="ABAB43F0277C4D5EA7A8AD2D955D4720"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12F2165F1AA941C982834BE0F6F0918D">
+    <w:name w:val="12F2165F1AA941C982834BE0F6F0918D"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30FF497748A94FB58CD9DAF84A08968E">
+    <w:name w:val="30FF497748A94FB58CD9DAF84A08968E"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F2410D10C7049AE9F4D1915E389E7FA">
+    <w:name w:val="8F2410D10C7049AE9F4D1915E389E7FA"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02476944575B4558ACA73CE6F424060C">
+    <w:name w:val="02476944575B4558ACA73CE6F424060C"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4EBC23FC43714B13B5F611D916D1DE10">
+    <w:name w:val="4EBC23FC43714B13B5F611D916D1DE10"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="576825C0D7CA4760930DFAC5D6C3D4CC">
+    <w:name w:val="576825C0D7CA4760930DFAC5D6C3D4CC"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C575141712FB4092843D1C3BA7930211">
+    <w:name w:val="C575141712FB4092843D1C3BA7930211"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="59F79786F8894796971317EDC686AD96">
+    <w:name w:val="59F79786F8894796971317EDC686AD96"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04B432212722479B91A893B150629ACE">
+    <w:name w:val="04B432212722479B91A893B150629ACE"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="468A7C098FE840F591B6882EC60AFB58">
+    <w:name w:val="468A7C098FE840F591B6882EC60AFB58"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3DA84F3ED7A14807832F02DA51909DB7">
+    <w:name w:val="3DA84F3ED7A14807832F02DA51909DB7"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ECCEA3EC27B4F32BA644FF112631FAE">
+    <w:name w:val="1ECCEA3EC27B4F32BA644FF112631FAE"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B8BA611AFA44F7D9FAB70C5D00A38C9">
+    <w:name w:val="2B8BA611AFA44F7D9FAB70C5D00A38C9"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39FBA5DE64A4436D8FF011D4A6CDEC67">
+    <w:name w:val="39FBA5DE64A4436D8FF011D4A6CDEC67"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="24B8DD970FB247AC86F5700C44CFD17F">
+    <w:name w:val="24B8DD970FB247AC86F5700C44CFD17F"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06C60F0808C84AA2BAE5FBC4A31213CE">
+    <w:name w:val="06C60F0808C84AA2BAE5FBC4A31213CE"/>
+    <w:rsid w:val="00BE6E66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0DAD118CEFB49D5A54A28E97D9DF05A">
+    <w:name w:val="F0DAD118CEFB49D5A54A28E97D9DF05A"/>
+    <w:rsid w:val="00BE6E66"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -7117,70 +7180,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>264</Words>
-  <Characters>1321</Characters>
+  <Words>295</Words>
+  <Characters>1618</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1582</CharactersWithSpaces>
+  <CharactersWithSpaces>1888</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>