--- v1 (2025-12-27)
+++ v2 (2026-02-26)
@@ -66,1045 +66,1245 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CB02377" w14:textId="7D904A63" w:rsidR="00700B89" w:rsidRPr="00700B89" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>A special request to extend an "incomplete" grade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0A0224" w14:textId="07A60276" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00ED722E">
+    <w:p w14:paraId="330B0D8C" w14:textId="77777777" w:rsidR="00DE7312" w:rsidRDefault="00DE7312" w:rsidP="00ED722E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F0A0224" w14:textId="36D56185" w:rsidR="00A21D07" w:rsidRPr="00DE7312" w:rsidRDefault="00A21D07" w:rsidP="00DE7312">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2F57">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00DE7312">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Semester of request</w:t>
       </w:r>
-      <w:r w:rsidR="00ED722E" w:rsidRPr="005A2F57">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidR="00ED722E" w:rsidRPr="00DE7312">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED722E" w:rsidRPr="00DE7312">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1423646727"/>
           <w:placeholder>
             <w:docPart w:val="26DF78C1F91049A5A496E28D0C08E582"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00ED722E" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="00ED722E" w:rsidRPr="00DE7312">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A21D07" w:rsidRPr="005A2F57" w14:paraId="6CB3AAAC" w14:textId="77777777" w:rsidTr="00A21D07">
+      <w:tr w:rsidR="00A21D07" w:rsidRPr="00DE7312" w14:paraId="6CB3AAAC" w14:textId="77777777" w:rsidTr="00A21D07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E00CC0A" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+          <w:p w14:paraId="0E00CC0A" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="00DE7312" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FA04E82" w14:textId="7E1EC9A1" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+          <w:p w14:paraId="4FA04E82" w14:textId="7E1EC9A1" w:rsidR="00A21D07" w:rsidRPr="00DE7312" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Explanation</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: A subject with a</w:t>
             </w:r>
-            <w:r w:rsidR="005B20C3" w:rsidRPr="005A2F57">
+            <w:r w:rsidR="005B20C3" w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"incomplete"</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> grade can be completed by</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the end of the following</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> semester.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F0B7E1" w14:textId="06179BF0" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+          <w:p w14:paraId="53F0B7E1" w14:textId="06179BF0" w:rsidR="00A21D07" w:rsidRPr="00DE7312" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If the student did not complete it on the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>aforementioned</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> date</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – a request may be submitted (</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">on this form) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>to extend the "</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>incomplete</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>" grade</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> until and no later</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> than another semester beyond the following semester.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54CB06BB" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+          <w:p w14:paraId="54CB06BB" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="00DE7312" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Extension of the "Not Completed" grade can be granted </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>only once.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A2B624D" w14:textId="77777777" w:rsidR="00700B89" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
+          <w:p w14:paraId="7E826D9A" w14:textId="72DA2BF6" w:rsidR="00700B89" w:rsidRPr="00DE7312" w:rsidRDefault="00A21D07" w:rsidP="00DE7312">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A student who has completed the duration of the </w:t>
             </w:r>
-            <w:r w:rsidR="00470CDC" w:rsidRPr="005A2F57">
+            <w:r w:rsidR="00470CDC" w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> approved </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="005A2F57">
+            <w:r w:rsidRPr="00DE7312">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> him at the time of admission - cannot submit this request.</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43A780E5" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C08A723" w14:textId="338C3EFD" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="0C08A723" w14:textId="338C3EFD" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A2F57">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Last Name</w:t>
       </w:r>
-      <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="004606B3" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk215994864"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="127828811"/>
           <w:placeholder>
             <w:docPart w:val="C08145D706BB4C98AFF0810B51EEAF8B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="004606B3" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>First Name</w:t>
       </w:r>
-      <w:r w:rsidR="00811022" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00811022" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-235857170"/>
           <w:placeholder>
             <w:docPart w:val="ABAB43F0277C4D5EA7A8AD2D955D4720"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="004606B3" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ID</w:t>
       </w:r>
-      <w:r w:rsidR="00811022" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="00811022" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="255799661"/>
           <w:placeholder>
             <w:docPart w:val="12F2165F1AA941C982834BE0F6F0918D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="004606B3" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="004606B3" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4300AA4E" w14:textId="68095549" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="4300AA4E" w14:textId="05F77270" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Studying for a </w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>degree:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk215994961"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="649712067"/>
           <w:placeholder>
             <w:docPart w:val="30FF497748A94FB58CD9DAF84A08968E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="MSc" w:value="MSc"/>
             <w:listItem w:displayText="ME" w:value="ME"/>
             <w:listItem w:displayText="PhD" w:value="PhD"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidR="00533153" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cademic unit (department)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1637301997"/>
           <w:placeholder>
             <w:docPart w:val="8F2410D10C7049AE9F4D1915E389E7FA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="040E8837" w14:textId="7186C6D7" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
+    <w:p w14:paraId="040E8837" w14:textId="40227C42" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00700B89">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">I would like to be approved for </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>an extension of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> my </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"incomplete" </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>grade (please list only one subject per form)</w:t>
       </w:r>
-      <w:r w:rsidR="00700B89">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00700B89" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>In course number:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-693699610"/>
           <w:placeholder>
             <w:docPart w:val="02476944575B4558ACA73CE6F424060C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidR="00533153" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ourse name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-497578985"/>
           <w:placeholder>
             <w:docPart w:val="4EBC23FC43714B13B5F611D916D1DE10"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3C8C690B" w14:textId="12E8A625" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="3C8C690B" w14:textId="12E8A625" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A2F57">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Taught in semester</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="386157421"/>
           <w:placeholder>
             <w:docPart w:val="576825C0D7CA4760930DFAC5D6C3D4CC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="71A69446" w14:textId="21306479" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00AA5E20">
+    <w:p w14:paraId="71A69446" w14:textId="21306479" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00AA5E20">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005A2F57">
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Reason for request</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(must be filled)</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk215994911"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="-142428634"/>
           <w:placeholder>
             <w:docPart w:val="C575141712FB4092843D1C3BA7930211"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="06E0BC5D" w14:textId="5AC76D37" w:rsidR="005A2F57" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="005A2F57">
+    <w:p w14:paraId="06E0BC5D" w14:textId="5AC76D37" w:rsidR="005A2F57" w:rsidRPr="00533153" w:rsidRDefault="005A2F57" w:rsidP="005A2F57">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00700B89">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1069999059"/>
           <w:placeholder>
             <w:docPart w:val="04B432212722479B91A893B150629ACE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00700B89">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Student signature:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1208912066"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidRPr="00533153">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76A6F088" wp14:editId="454FD03A">
                 <wp:extent cx="786974" cy="277977"/>
                 <wp:effectExtent l="0" t="0" r="0" b="8255"/>
                 <wp:docPr id="2" name="Picture 5" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="Picture 5" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
@@ -1151,280 +1351,344 @@
     <w:p w14:paraId="1E9333FF" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Approval of the course teacher:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103E8D24" w14:textId="572E1BFF" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00700B89" w:rsidP="00700B89">
+    <w:p w14:paraId="103E8D24" w14:textId="572E1BFF" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00700B89" w:rsidP="00700B89">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00A21D07" w:rsidRPr="005A2F57">
+      <w:r w:rsidR="00A21D07" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name of the course teacher:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="837894662"/>
           <w:placeholder>
             <w:docPart w:val="59F79786F8894796971317EDC686AD96"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4AB946D7" w14:textId="37BAAF76" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+    <w:p w14:paraId="03F2700D" w14:textId="77777777" w:rsidR="00533153" w:rsidRDefault="00A21D07" w:rsidP="00533153">
       <w:pPr>
         <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A2F57">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I approve the extension of the "incomplete" grade for the above student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB946D7" w14:textId="2249CAB6" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00533153">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005A2F57">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Comments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="-1474440459"/>
           <w:placeholder>
             <w:docPart w:val="468A7C098FE840F591B6882EC60AFB58"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:vanish/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="40DF78C0" w14:textId="652F81C7" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="40DF78C0" w14:textId="652F81C7" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00700B89">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1198857956"/>
           <w:placeholder>
             <w:docPart w:val="3DA84F3ED7A14807832F02DA51909DB7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00700B89">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eacher signature:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1901866741"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidRPr="00533153">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DD78125" wp14:editId="07CCE77F">
                 <wp:extent cx="755834" cy="241300"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
                 <wp:docPr id="1178248632" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1178248632" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
@@ -1448,265 +1712,306 @@
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4657B7DC" w14:textId="44D0B0C4" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E355DD9" w14:textId="29F1BB2E" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+    <w:p w14:paraId="2E355DD9" w14:textId="64214CEC" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Advisor's Recommendation</w:t>
       </w:r>
+      <w:r w:rsidR="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="505E0906" w14:textId="59C6EA65" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="00A21D07">
+    <w:p w14:paraId="505E0906" w14:textId="59C6EA65" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00454AE3" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="456459384"/>
           <w:placeholder>
             <w:docPart w:val="1ECCEA3EC27B4F32BA644FF112631FAE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00AA5E20" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00AA5E20" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428D180D" w14:textId="6B8AA83D" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="428D180D" w14:textId="6B8AA83D" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00700B89">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="2109158295"/>
           <w:placeholder>
             <w:docPart w:val="2B8BA611AFA44F7D9FAB70C5D00A38C9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Advisor name:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-983077345"/>
           <w:placeholder>
             <w:docPart w:val="39FBA5DE64A4436D8FF011D4A6CDEC67"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00700B89">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00700B89" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00700B89">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dvisor signature:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-167793439"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidRPr="00533153">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03354A79" wp14:editId="2907CDB9">
                 <wp:extent cx="717813" cy="299923"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="5080"/>
                 <wp:docPr id="3" name="Picture 6" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="3" name="Picture 6" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
@@ -1726,266 +2031,295 @@
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="39E081A4" w14:textId="77777777" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74DA3F06" w14:textId="5AC3F097" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
+    <w:p w14:paraId="74DA3F06" w14:textId="6C90E986" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="005A2F57">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dept. Graduate Studies Vice Dean's recommendation</w:t>
       </w:r>
+      <w:r w:rsidR="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73B0D033" w14:textId="624D7795" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="005A2F57" w:rsidP="00A21D07">
+    <w:p w14:paraId="73B0D033" w14:textId="624D7795" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00454AE3" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="833796547"/>
           <w:placeholder>
             <w:docPart w:val="24B8DD970FB247AC86F5700C44CFD17F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00AA5E20" w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00AA5E20" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61301AA7" w14:textId="7DC516BD" w:rsidR="00A21D07" w:rsidRPr="005A2F57" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
+    <w:p w14:paraId="61301AA7" w14:textId="7DC516BD" w:rsidR="00A21D07" w:rsidRPr="00533153" w:rsidRDefault="00A21D07" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00700B89">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-400056637"/>
           <w:placeholder>
             <w:docPart w:val="06C60F0808C84AA2BAE5FBC4A31213CE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005A2F57">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A2F57" w:rsidRPr="00700B89">
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vice Dean name:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="919755672"/>
           <w:placeholder>
             <w:docPart w:val="F0DAD118CEFB49D5A54A28E97D9DF05A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:sz w:val="14"/>
-            <w:szCs w:val="14"/>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005A2F57" w:rsidRPr="005A2F57">
+          <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:vanish/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="005A2F57" w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00700B89">
+      <w:r w:rsidRPr="00533153">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vice Dean signature:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2F57">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="00533153">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-978451984"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="005A2F57">
+          <w:r w:rsidRPr="00533153">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EB91677" wp14:editId="74F7E620">
                 <wp:extent cx="596900" cy="269770"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2106713059" name="Picture 4" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2106713059" name="Picture 4" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId10" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
@@ -2020,61 +2354,61 @@
     <w:p w14:paraId="2A39D86C" w14:textId="77777777" w:rsidR="00747D06" w:rsidRPr="005A2F57" w:rsidRDefault="00747D06" w:rsidP="00A21D07">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00747D06" w:rsidRPr="005A2F57" w:rsidSect="00A21D07">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B85C361" w14:textId="77777777" w:rsidR="008D176B" w:rsidRDefault="008D176B" w:rsidP="0055655F">
+    <w:p w14:paraId="6871BBCF" w14:textId="77777777" w:rsidR="00454AE3" w:rsidRDefault="00454AE3" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B8D0725" w14:textId="77777777" w:rsidR="008D176B" w:rsidRDefault="008D176B" w:rsidP="0055655F">
+    <w:p w14:paraId="0075021F" w14:textId="77777777" w:rsidR="00454AE3" w:rsidRDefault="00454AE3" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2202,51 +2536,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7E07D51E" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="5AE8BBA1" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -2751,61 +3085,61 @@
                       </w:rPr>
                       <w:t>+972-4-8292652, 2737, 2574</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57">
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12BC45BE" w14:textId="77777777" w:rsidR="008D176B" w:rsidRDefault="008D176B" w:rsidP="0055655F">
+    <w:p w14:paraId="29E86889" w14:textId="77777777" w:rsidR="00454AE3" w:rsidRDefault="00454AE3" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="467F9C3D" w14:textId="77777777" w:rsidR="008D176B" w:rsidRDefault="008D176B" w:rsidP="0055655F">
+    <w:p w14:paraId="7D28CBA5" w14:textId="77777777" w:rsidR="00454AE3" w:rsidRDefault="00454AE3" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="795"/>
       </w:tabs>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -4639,196 +4973,204 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496415111">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="31PeikZ8e9IM2R0JWNyzm0NYOi+YUZsYSnnnWdF1X7BVCvXOiDUium99vew+gmHrXYYn7KLFkpUkX1bZee/xKw==" w:salt="ofclyxjuwNqQPZ4F+QOq8w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WQ31cj2bFxR09xxNQtCND2x/OOBkKJMkCfIUVq8RObSCDa68SItOB7seCyfgU3ohSreG/x6CBnKkp0BFElEw2A==" w:salt="UucQWIJIN2tkOebq4FSt0g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="000E01AC"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002443B9"/>
     <w:rsid w:val="00244E5C"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="00287682"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002C125F"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00352421"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
+    <w:rsid w:val="00454AE3"/>
     <w:rsid w:val="004606B3"/>
     <w:rsid w:val="00470CDC"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="004E792F"/>
     <w:rsid w:val="0050458C"/>
+    <w:rsid w:val="00533153"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005A2F57"/>
     <w:rsid w:val="005A383C"/>
     <w:rsid w:val="005B20C3"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="005F5A3B"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006A7939"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="00700B89"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00737C8F"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="00790DFA"/>
+    <w:rsid w:val="007F1F4B"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00811022"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
+    <w:rsid w:val="008D0435"/>
     <w:rsid w:val="008D176B"/>
+    <w:rsid w:val="008F265B"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
+    <w:rsid w:val="009B051D"/>
     <w:rsid w:val="009B613A"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A06794"/>
     <w:rsid w:val="00A21D07"/>
     <w:rsid w:val="00A36324"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AA5E20"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB088C"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
+    <w:rsid w:val="00DE7312"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E72A5A"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00ED722E"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F43A10"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -6321,51 +6663,56 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E426F"/>
     <w:rsid w:val="002443B9"/>
     <w:rsid w:val="00244E5C"/>
+    <w:rsid w:val="00287682"/>
+    <w:rsid w:val="002F7F5B"/>
+    <w:rsid w:val="00395FFC"/>
     <w:rsid w:val="006E426F"/>
+    <w:rsid w:val="0074738D"/>
+    <w:rsid w:val="008D0435"/>
     <w:rsid w:val="00BE6E66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -6786,54 +7133,50 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE6E66"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82094FB0CBC34C85AB3CFF736E34F7BC">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26DF78C1F91049A5A496E28D0C08E582">
     <w:name w:val="26DF78C1F91049A5A496E28D0C08E582"/>
     <w:rsid w:val="00BE6E66"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C08145D706BB4C98AFF0810B51EEAF8B">
     <w:name w:val="C08145D706BB4C98AFF0810B51EEAF8B"/>
     <w:rsid w:val="00BE6E66"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABAB43F0277C4D5EA7A8AD2D955D4720">
     <w:name w:val="ABAB43F0277C4D5EA7A8AD2D955D4720"/>
     <w:rsid w:val="00BE6E66"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12F2165F1AA941C982834BE0F6F0918D">
     <w:name w:val="12F2165F1AA941C982834BE0F6F0918D"/>
     <w:rsid w:val="00BE6E66"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="30FF497748A94FB58CD9DAF84A08968E">
     <w:name w:val="30FF497748A94FB58CD9DAF84A08968E"/>
     <w:rsid w:val="00BE6E66"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F2410D10C7049AE9F4D1915E389E7FA">
     <w:name w:val="8F2410D10C7049AE9F4D1915E389E7FA"/>
     <w:rsid w:val="00BE6E66"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="02476944575B4558ACA73CE6F424060C">
@@ -7180,70 +7523,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>295</Words>
-  <Characters>1618</Characters>
+  <Words>305</Words>
+  <Characters>1611</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1888</CharactersWithSpaces>
+  <CharactersWithSpaces>1877</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>