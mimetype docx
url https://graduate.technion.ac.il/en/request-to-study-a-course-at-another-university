--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -1,112 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3AADDAA6" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="393890B7" w14:textId="12D2C3CA" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00EE3B75">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Request to study a course at another university</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A148130" w14:textId="4DB255D4" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393890B7" w14:textId="12D2C3CA" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="2381BCDE" w14:textId="4D938FE4" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...33 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="283B02C1" wp14:editId="37C7B8C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>175895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4445</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5467350" cy="933450"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="3" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
@@ -324,3025 +315,2692 @@
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>up to 25%</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> of the required credits for the degree.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1942D6F7" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD5AA71" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="3AD5AA71" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28A72AF9" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="28A72AF9" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="187960AC" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="187960AC" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E4A236C" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="7E4A236C" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47CBC957" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="47CBC957" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FACFDEF" w14:textId="3103EA8E" w:rsidR="00C8051A" w:rsidRPr="0051422E" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0FACFDEF" w14:textId="3103EA8E" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00EE3B75">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0051422E">
-[...1 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>C</w:t>
-[...6 lines deleted...]
-        <w:t>riteria for request:</w:t>
+        <w:t>Criteria for request:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A967816" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="7A967816" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">The course is relevant </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the research topic and </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>is not offered at the Technion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7989E205" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="7989E205" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Please attach a detailed syllabus which includes: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please attach a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>detailed syllabus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which includes: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B0C7BD" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="39B0C7BD" w14:textId="1E4E8024" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>University name</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> in which the course </w:t>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-        <w:t>offered</w:t>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which the course </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>is offered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>level of course</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> to which degree it is intended. </w:t>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to which degree it is intended</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Hours of study in which the course is offered, grading scale</w:t>
+        <w:t>h</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ours of study in which the course is offered</w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>grading scale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEB631E" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00843D5A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="4DEB631E" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F3C9E">
-        <w:rPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>For a course offered by a university abroad:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> it is </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>mandatory</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to translate the course name to Hebrew.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12080CD5" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="12080CD5" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A465E59" w14:textId="6FF7D735" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="2B03C731" w14:textId="5CE6FAEA" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3B75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Student details:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589E5E1D" w14:textId="638C2D0B" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Last name:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="121041781"/>
+          <w:placeholder>
+            <w:docPart w:val="BED751B0644E471FBD704F6E849EE9B3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>First name:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="322177069"/>
+          <w:placeholder>
+            <w:docPart w:val="4BEB1173A24A441BB39240DC7A663AA5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I.</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Student's</w:t>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D.</w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>#</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> details:</w:t>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1050068347"/>
+          <w:placeholder>
+            <w:docPart w:val="7B56C1D73D7048FD9B12D9AAFDFB97E6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="2B03C731" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="4E8D59F2" w14:textId="4496AD89" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Academic unit:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="929856565"/>
+          <w:placeholder>
+            <w:docPart w:val="7EBE0F4A5F4B4D9FB03B7A1491396FB2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Degree:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="649712067"/>
+          <w:placeholder>
+            <w:docPart w:val="53390559EB294FBCAD5BF36ED1E45532"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="Master" w:value="Master"/>
+            <w:listItem w:displayText="PhD" w:value="PhD"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Name of the university offering the course:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1493568951"/>
+          <w:placeholder>
+            <w:docPart w:val="92DC1F98E5F44A6AA9BC34CAB7CCAA73"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="589E5E1D" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="782DC20F" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:i/>
-[...451 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1871"/>
         <w:gridCol w:w="2066"/>
-        <w:gridCol w:w="1850"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1728"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C8051A" w14:paraId="707F328D" w14:textId="77777777" w:rsidTr="00C27285">
+      <w:tr w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w14:paraId="707F328D" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC089D5" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="1FC089D5" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00813FD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Course name in English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38747FF4" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="38747FF4" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00813FD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Curse name in Hebrew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685D89BB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="685D89BB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00813FD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">Course level </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6779BFD2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00FC5EFA" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="6779BFD2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC5EFA">
+            <w:r w:rsidRPr="00683004">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dept. recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44C0C2EA" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="44C0C2EA" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00813FD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>No. of credits</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32026CDE" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00FC5EFA" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="32026CDE" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC5EFA">
+            <w:r w:rsidRPr="00683004">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dept. recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22173CAB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00C73757" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="22173CAB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73757">
+            <w:r w:rsidRPr="00683004">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recommend including the grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8051A" w14:paraId="72892CA1" w14:textId="77777777" w:rsidTr="00C27285">
+      <w:tr w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w14:paraId="72892CA1" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC34188" w14:textId="6DE31E35" w:rsidR="00C8051A" w:rsidRPr="005D4E65" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="5AC34188" w14:textId="5E0C72C7" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...66 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1184205789"/>
+                <w:placeholder>
+                  <w:docPart w:val="F4292657B2EF4E6A953C23834E1A03BB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB5F76B" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="0FB5F76B" w14:textId="00B37F76" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2004856510"/>
+                <w:placeholder>
+                  <w:docPart w:val="C0E11719549A40ECB8D62A7027BD3CFC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E184C2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00A575A2" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="52E184C2" w14:textId="79EA7859" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="001E7494" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A575A2">
-[...57 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1397937963"/>
+                <w:placeholder>
+                  <w:docPart w:val="8705CCC04A024758941152D3F5FE03EA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Graduate" w:value="Graduate"/>
+                  <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
+                  <w:listItem w:displayText="Joint" w:value="Joint"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30AEEBDB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="30AEEBDB" w14:textId="5AC03BB8" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1831397646"/>
+                <w:placeholder>
+                  <w:docPart w:val="3B7B6DB4FA174853BA6080D84284A016"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00430D9F">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="419B012F" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="419B012F" w14:textId="020196EF" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...40 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-19631753"/>
+                <w:placeholder>
+                  <w:docPart w:val="53848419EE484EFEAE1DB1DA1243B541"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Yes" w:value="Yes"/>
+                  <w:listItem w:displayText="No" w:value="No"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8051A" w14:paraId="1D099345" w14:textId="77777777" w:rsidTr="00C27285">
+      <w:tr w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w14:paraId="1D099345" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13822469" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="13822469" w14:textId="0821CF20" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-902831412"/>
+                <w:placeholder>
+                  <w:docPart w:val="F3CCA384496D472298B394F1C49DC953"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BB96CE" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="02BB96CE" w14:textId="74068E63" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="145177992"/>
+                <w:placeholder>
+                  <w:docPart w:val="A4176A8CD18747ECA34F2FC166B3447C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71951B53" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="71951B53" w14:textId="79F4047A" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE757A">
-[...55 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2023540071"/>
+                <w:placeholder>
+                  <w:docPart w:val="F05DB4E967824D589498A0AAC3BBF315"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Graduate" w:value="Graduate"/>
+                  <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
+                  <w:listItem w:displayText="Joint" w:value="Joint"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="004359F6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00462BBB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="00462BBB" w14:textId="6CD651FA" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="460773676"/>
+                <w:placeholder>
+                  <w:docPart w:val="BC94021377A640B5B3DB2BAA8177395C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00430D9F">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F08509E" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="1F08509E" w14:textId="7E8290A5" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...38 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1496799989"/>
+                <w:placeholder>
+                  <w:docPart w:val="79D0E47ED136479DAAAAD4D746B22B26"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Yes" w:value="Yes"/>
+                  <w:listItem w:displayText="No" w:value="No"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8051A" w14:paraId="3B050CD1" w14:textId="77777777" w:rsidTr="00C27285">
+      <w:tr w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w14:paraId="3B050CD1" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13638613" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="13638613" w14:textId="2334A48C" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="651960122"/>
+                <w:placeholder>
+                  <w:docPart w:val="B9F10E7C6FA9422995A1A9292240B2AF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1B4FBB" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="6C1B4FBB" w14:textId="28184C1C" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="518975206"/>
+                <w:placeholder>
+                  <w:docPart w:val="5FA37D8629EE480E8C8122428C4DDC16"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECEA80D" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="6ECEA80D" w14:textId="524EE849" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE757A">
-[...55 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-874837206"/>
+                <w:placeholder>
+                  <w:docPart w:val="2FC2F3C11A87433C8CA3252DE7FD9A63"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Graduate" w:value="Graduate"/>
+                  <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
+                  <w:listItem w:displayText="Joint" w:value="Joint"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="004359F6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0911E2F4" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="0911E2F4" w14:textId="01684F21" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1739972649"/>
+                <w:placeholder>
+                  <w:docPart w:val="9818D57FEA5B43438BCB04B4F8909F11"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00430D9F">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3C513B" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="0E3C513B" w14:textId="3C8F5953" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...38 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="320777654"/>
+                <w:placeholder>
+                  <w:docPart w:val="3751C3EA9DAA41879A76C5DEC422CAEF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Yes" w:value="Yes"/>
+                  <w:listItem w:displayText="No" w:value="No"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8051A" w14:paraId="1466F919" w14:textId="77777777" w:rsidTr="00C27285">
+      <w:tr w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w14:paraId="1466F919" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC9733C" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="4BC9733C" w14:textId="45F7CDF1" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1656496119"/>
+                <w:placeholder>
+                  <w:docPart w:val="F3CD98C545FF41B68A30E4C2C0986897"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A569F50" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="0A569F50" w14:textId="3E72463F" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1449304643"/>
+                <w:placeholder>
+                  <w:docPart w:val="E34056DD38D64A179781023FBBBE4D9F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="009E7C91">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382A83B9" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="382A83B9" w14:textId="1646F67A" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE757A">
-[...55 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-810322119"/>
+                <w:placeholder>
+                  <w:docPart w:val="C24239CD23994690A3F6E5A34C7215D3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Graduate" w:value="Graduate"/>
+                  <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
+                  <w:listItem w:displayText="Joint" w:value="Joint"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="004359F6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="520C2ADF" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="520C2ADF" w14:textId="3B7B1EC2" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-973127534"/>
+                <w:placeholder>
+                  <w:docPart w:val="B2DF187475184929BD01794DE7C24813"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00430D9F">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D57E9C" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C27285">
+          <w:p w14:paraId="37D57E9C" w14:textId="6A2EEE56" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...38 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="316464765"/>
+                <w:placeholder>
+                  <w:docPart w:val="4EC388F68BC64681947B0695D84460B7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Yes" w:value="Yes"/>
+                  <w:listItem w:displayText="No" w:value="No"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00A824EF">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30C326EC" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="3196B78E" w14:textId="2434D187" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">Student's signature: </w:t>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1393772065"/>
+          <w:placeholder>
+            <w:docPart w:val="58F925E7324C4535A3A2F55EF69E00A4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Student signature: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="1718239528"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09ACE404" wp14:editId="2A547F28">
-[...2 lines deleted...]
-                <wp:docPr id="396519540" name="Picture 1"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09ACE404" wp14:editId="11E8B0FB">
+                <wp:extent cx="665922" cy="283845"/>
+                <wp:effectExtent l="0" t="0" r="1270" b="1905"/>
+                <wp:docPr id="396519540" name="Picture 1" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPr id="396519540" name="Picture 1" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId7" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1905000" cy="409575"/>
+                          <a:ext cx="669360" cy="285311"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7E0C9215" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="7E0C9215" w14:textId="5ABC10F7" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BE3B1D6" wp14:editId="33F380BE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-705018</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>112625</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7521191" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1709526148" name="Straight Connector 6">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7521191" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="12700"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="048BCD8D" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-55.5pt,8.85pt" to="536.7pt,8.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhYlZjowEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQva/Ef7B8p04qwbJR0x52BRcE&#10;Kz5+gNcZNxa2x7JNk/57xm6brgAhhLhMbM+8N/NmJpvd7Cw7QEwGfc/bVcMZeIWD8fuef/3y9uUb&#10;zlKWfpAWPfT8CInvti9uNlPoYI0j2gEiIxKfuin0fMw5dEIkNYKTaYUBPDk1RiczXeNeDFFOxO6s&#10;WDfNazFhHEJEBSnR68PJybeVX2tQ+aPWCTKzPafacrWx2qdixXYju32UYTTqXIb8hyqcNJ6SLlQP&#10;Mkv2PZpfqJxRERPqvFLoBGptFFQNpKZtflLzeZQBqhZqTgpLm9L/o1UfDvf+MVIbppC6FB5jUTHr&#10;6MqX6mNzbdZxaRbMmSl6vH21btu7ljN18YkrMMSU3wE6Vg49t8YXHbKTh/cpUzIKvYSUZ+vZRNuz&#10;vm3qRMS1lnrKRwunsE+gmRkoe1vp6prAvY3sIGnAw7e2DJTIrafIAtHG2gXU/Bl0ji0wqKvzt8Al&#10;umZEnxegMx7j77Lm+VKqPsVT2c+0luMTDsc6meqg+Vdl510tC/b8XuHXP2r7AwAA//8DAFBLAwQU&#10;AAYACAAAACEAkcWq6NwAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFBr&#10;hyKMQpwqQuoH0HLo0Y2XOKq9DrGbpn9fVxzguDOj2TfVevaOTTjGPpCCYimAIbXB9NQp+NptFm/A&#10;YtJktAuECi4YYV3f31W6NOFMnzhtU8dyCcVSK7ApDSXnsbXodVyGASl732H0OuVz7LgZ9TmXe8ef&#10;hXjlXveUP1g94IfF9rg9eQW7vURjn1wz6Z/GULc69hsplHp8mJt3YAnn9BeGG35GhzozHcKJTGRO&#10;waIoijwmZUdKYLeEkKsXYIdfhdcV/7+hvgIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDh&#10;YlZjowEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCRxaro3AAAAAsBAAAPAAAAAAAAAAAAAAAAAP0DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="black [3200]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="434D251E" w14:textId="6D0AE57F" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="07C84B32" w14:textId="5405DC7D" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00813FD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9FB6A4" w14:textId="48EB5929" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Advisor Recommendation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434D251E" w14:textId="3E6396DF" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00EE3B75" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...169 lines deleted...]
-        <w:t xml:space="preserve">advisor's signature: </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+          <w:id w:val="-142428634"/>
+          <w:placeholder>
+            <w:docPart w:val="68F40BC654554AEBAB2190857E832CFF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="695535BF" w14:textId="4D138645" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="1504159942"/>
+          <w:placeholder>
+            <w:docPart w:val="A6FC632258C543CCA4CABD053CCB2340"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Advisor</w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="766741208"/>
+          <w:placeholder>
+            <w:docPart w:val="D4C0D3807FB24552983C5736C0CFE5AF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dvisor signature: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="294494795"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="00813FD4">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="652FABC3" wp14:editId="34540D55">
-[...2 lines deleted...]
-                <wp:docPr id="2" name="Picture 5"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="652FABC3" wp14:editId="07563981">
+                <wp:extent cx="715618" cy="257810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:docPr id="2" name="Picture 5" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="2" name="Picture 5" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId8" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1990725" cy="428625"/>
+                          <a:ext cx="743852" cy="267982"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="04FBC5C5" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="397A3214" w14:textId="77777777" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="572FCB66" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="0ADC00C9" w14:textId="40BAE732" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00813FD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="572FCB66" w14:textId="0C71F54B" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
-        <w:spacing w:after="0"/>
-[...9 lines deleted...]
-          <w:u w:val="single"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dept. Graduate Studies Vice Dean's recommendation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9ADB39" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00C01AAA" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="05E1ECE4" w14:textId="77777777" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:u w:val="single"/>
-[...74 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+          <w:id w:val="833426135"/>
+          <w:placeholder>
+            <w:docPart w:val="53B7CCAFC0C54ADDAB01CF7AF48CAB31"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="52D90B5F" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+    <w:p w14:paraId="52D90B5F" w14:textId="161166E7" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">Vice Dean's signature: </w:t>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="209623858"/>
+          <w:placeholder>
+            <w:docPart w:val="B3BD341F0D2A494781EFA0D9DD02F764"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vice Dean</w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:id w:val="-732780201"/>
+          <w:placeholder>
+            <w:docPart w:val="C6392A23337F4956860868EB4C7273A9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:sz w:val="12"/>
+            <w:szCs w:val="12"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00813FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vice Dean signature: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:id w:val="634922547"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="00813FD4">
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AE5AB06" wp14:editId="3FFE95FC">
-[...2 lines deleted...]
-                <wp:docPr id="847669728" name="Picture 3" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AE5AB06" wp14:editId="2729BD77">
+                <wp:extent cx="427055" cy="300475"/>
+                <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+                <wp:docPr id="847669728" name="Picture 3" descr="Add a signature file"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="847669728" name="Picture 3" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                        <pic:cNvPr id="847669728" name="Picture 3" descr="Add a signature file"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId7">
+                        <a:blip r:embed="rId9" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2095500" cy="400050"/>
+                          <a:ext cx="441740" cy="310807"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00C8051A" w:rsidSect="00747D06">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidSect="00747D06">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="237DEB29" w14:textId="77777777" w:rsidR="003033CE" w:rsidRDefault="003033CE" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6845D353" w14:textId="77777777" w:rsidR="003033CE" w:rsidRDefault="003033CE" w:rsidP="0055655F">
@@ -3495,51 +3153,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="19EC7357" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="5E1870F4" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3579,59 +3237,71 @@
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Technion city, Haifa 3200003, Israel</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
                             <w:br/>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
-                            <w:t>קרית הטכניון, חיפה 3200003</w:t>
+                            <w:t>קרית</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r w:rsidRPr="00970A57">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
+                              <w:color w:val="002147"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:rtl/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:br/>
                             <w:t>Graduate.technion.ac.il</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                           <w:pPr>
                             <w:bidi w:val="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:rtl/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
@@ -3664,59 +3334,71 @@
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Technion city, Haifa 3200003, Israel</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:br/>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
-                      <w:t>קרית הטכניון, חיפה 3200003</w:t>
+                      <w:t>קרית</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00970A57">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
+                        <w:color w:val="002147"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:br/>
                       <w:t>Graduate.technion.ac.il</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                     <w:pPr>
                       <w:bidi w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
@@ -4267,70 +3949,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="1751A487">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="Graduate School Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="Graduate School Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -5614,61 +5296,63 @@
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF529B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F208BCC2"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="94E47CF2"/>
+    <w:lvl w:ilvl="0" w:tplc="CC6A7EB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -6024,187 +5708,195 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2030637370">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5tAT+aBg6z3JlKKIxYSjfJuqo6op0gXSc4UoJojd95BDeFtHRWS9UAZfvjd9yfDtxXhlnP4nfemAxID6wSCyGA==" w:salt="+9DGKAHB4FiT/C34zeQ55w=="/>
+  <w:zoom w:percent="96"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hyFP3YSjgbEDnf9CeiOZK6oNol1ktNei/l0iPVHDj1Y+K+tLv37Ym/Hc17OOs8xWgrVdvkMYkCSEmVV7/lfBfw==" w:salt="/AZUTk8QxOLODVX1PUOxhw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00044350"/>
+    <w:rsid w:val="00047E47"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="001436E8"/>
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
+    <w:rsid w:val="001E7494"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003033CE"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
+    <w:rsid w:val="00465B1D"/>
+    <w:rsid w:val="00477BF1"/>
     <w:rsid w:val="004808DE"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E45EB"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
+    <w:rsid w:val="00683004"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="008065EC"/>
+    <w:rsid w:val="00813FD4"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008559A1"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AA3F43"/>
+    <w:rsid w:val="00AA6C1D"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00BF58CA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C8051A"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
+    <w:rsid w:val="00EE3B75"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F71A0A"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
@@ -6919,59 +6611,1907 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F4292657B2EF4E6A953C23834E1A03BB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A01BEAB8-5DAE-4D7D-A2DD-C3C2F34CFFE2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="F4292657B2EF4E6A953C23834E1A03BB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C0E11719549A40ECB8D62A7027BD3CFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5DA45D37-98F7-47B8-AF8B-EEB3678810A7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="C0E11719549A40ECB8D62A7027BD3CFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B7B6DB4FA174853BA6080D84284A016"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E39134C1-2DE5-475A-86D0-A2981AE785D9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="3B7B6DB4FA174853BA6080D84284A016"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="53848419EE484EFEAE1DB1DA1243B541"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2379E068-2690-43B3-9C94-49CA62E274CA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="53848419EE484EFEAE1DB1DA1243B541"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BED751B0644E471FBD704F6E849EE9B3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{751CB5B3-B6EF-4902-AD05-DAA2391CDF8E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="BED751B0644E471FBD704F6E849EE9B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4BEB1173A24A441BB39240DC7A663AA5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B7506BE0-70D5-4CB7-8ECA-B1B2BB0936F2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="4BEB1173A24A441BB39240DC7A663AA5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7B56C1D73D7048FD9B12D9AAFDFB97E6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7A8F9B2F-DA2E-45A5-904D-1F117EBE27A3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="7B56C1D73D7048FD9B12D9AAFDFB97E6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7EBE0F4A5F4B4D9FB03B7A1491396FB2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD3CE7ED-9FB6-473C-8B4F-A296EAF34B56}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="7EBE0F4A5F4B4D9FB03B7A1491396FB2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="53390559EB294FBCAD5BF36ED1E45532"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2C85BE07-D0F3-41CC-B13C-0CAB94524D6C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="53390559EB294FBCAD5BF36ED1E45532"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00170A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="92DC1F98E5F44A6AA9BC34CAB7CCAA73"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FA688D0F-CB18-4CA9-8582-B14643E938F8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="92DC1F98E5F44A6AA9BC34CAB7CCAA73"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="58F925E7324C4535A3A2F55EF69E00A4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95F9272C-F731-46D5-B4CF-8BC9507BEB3B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="58F925E7324C4535A3A2F55EF69E00A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="68F40BC654554AEBAB2190857E832CFF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{70F32177-3598-4E44-91C5-C3DF7A53C4C9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="68F40BC654554AEBAB2190857E832CFF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A6FC632258C543CCA4CABD053CCB2340"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BF82FE87-5243-43B5-8760-234DB31766D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="A6FC632258C543CCA4CABD053CCB2340"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="53B7CCAFC0C54ADDAB01CF7AF48CAB31"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F594149A-7DFC-4132-8D58-A9CF006BB4DB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="53B7CCAFC0C54ADDAB01CF7AF48CAB31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B3BD341F0D2A494781EFA0D9DD02F764"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A71BB61C-1571-4CAF-8AB3-98CACB0D3362}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="B3BD341F0D2A494781EFA0D9DD02F764"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6392A23337F4956860868EB4C7273A9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D28938D-EEC4-4E84-A579-B894450C69B2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="C6392A23337F4956860868EB4C7273A9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D4C0D3807FB24552983C5736C0CFE5AF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CD2E48DE-C3A2-423D-A205-206689FFB194}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="D4C0D3807FB24552983C5736C0CFE5AF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8705CCC04A024758941152D3F5FE03EA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{89A97B07-D54E-4B48-8213-843923D0971C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="8705CCC04A024758941152D3F5FE03EA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3CCA384496D472298B394F1C49DC953"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2966729C-06FC-48BF-B4A0-23DE0D5E2202}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="F3CCA384496D472298B394F1C49DC953"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A4176A8CD18747ECA34F2FC166B3447C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CE2A023-94F0-4DF2-AD5A-5512023F0D1B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="A4176A8CD18747ECA34F2FC166B3447C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F05DB4E967824D589498A0AAC3BBF315"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2FC5228A-DB85-4C90-BCE3-F7EB73B73612}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="F05DB4E967824D589498A0AAC3BBF315"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BC94021377A640B5B3DB2BAA8177395C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E1D25E6-0097-4A67-A5A7-57950EEA13FC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="BC94021377A640B5B3DB2BAA8177395C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="79D0E47ED136479DAAAAD4D746B22B26"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{20ED30D2-302A-4EAC-96AB-5A0242CA34A9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="79D0E47ED136479DAAAAD4D746B22B26"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B9F10E7C6FA9422995A1A9292240B2AF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2DD21B78-9AFD-4B05-9242-049FA36B5B32}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="B9F10E7C6FA9422995A1A9292240B2AF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5FA37D8629EE480E8C8122428C4DDC16"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8FF65CC1-8E17-425C-9C2B-7A4E7802A659}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="5FA37D8629EE480E8C8122428C4DDC16"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2FC2F3C11A87433C8CA3252DE7FD9A63"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{08B8733B-952A-4233-99DE-A34CBF17B170}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="2FC2F3C11A87433C8CA3252DE7FD9A63"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9818D57FEA5B43438BCB04B4F8909F11"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{79F69C27-04E5-426E-8F17-3A21F7A85305}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="9818D57FEA5B43438BCB04B4F8909F11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3751C3EA9DAA41879A76C5DEC422CAEF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6457D813-22B4-43C7-A102-7DD8A129D162}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="3751C3EA9DAA41879A76C5DEC422CAEF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3CD98C545FF41B68A30E4C2C0986897"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8EA36E37-040C-4DBB-AC7E-F20BB0701C3C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="F3CD98C545FF41B68A30E4C2C0986897"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E34056DD38D64A179781023FBBBE4D9F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{137BFE74-0336-461E-9BE6-9B70E007F175}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="E34056DD38D64A179781023FBBBE4D9F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C24239CD23994690A3F6E5A34C7215D3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D76C4063-9A84-428A-8017-6EF2EFCF6E78}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="C24239CD23994690A3F6E5A34C7215D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B2DF187475184929BD01794DE7C24813"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AA541E0C-9E32-4A13-BC2D-BC4C4EE8638D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="B2DF187475184929BD01794DE7C24813"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00705DD4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4EC388F68BC64681947B0695D84460B7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{41A3A102-718E-4A7F-AB38-823425C074E3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E31DA" w:rsidRDefault="000E31DA" w:rsidP="000E31DA">
+          <w:pPr>
+            <w:pStyle w:val="4EC388F68BC64681947B0695D84460B7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A824EF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="000E31DA"/>
+    <w:rsid w:val="000E31DA"/>
+    <w:rsid w:val="00477BF1"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E31DA"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B6F567D3B98407F89C47D72478C173A">
+    <w:name w:val="9B6F567D3B98407F89C47D72478C173A"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCE351A8928E44A0B150E7AA40356F38">
+    <w:name w:val="DCE351A8928E44A0B150E7AA40356F38"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A34EBFF38514A6386C15C0EE17063FD">
+    <w:name w:val="2A34EBFF38514A6386C15C0EE17063FD"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6E73BAB6C6344A29C349DC000F4E60D">
+    <w:name w:val="A6E73BAB6C6344A29C349DC000F4E60D"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4292657B2EF4E6A953C23834E1A03BB">
+    <w:name w:val="F4292657B2EF4E6A953C23834E1A03BB"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0E11719549A40ECB8D62A7027BD3CFC">
+    <w:name w:val="C0E11719549A40ECB8D62A7027BD3CFC"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B7B6DB4FA174853BA6080D84284A016">
+    <w:name w:val="3B7B6DB4FA174853BA6080D84284A016"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81F94E04220E439CB559B729ADBB6C5D">
+    <w:name w:val="81F94E04220E439CB559B729ADBB6C5D"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E5312A7DD26046C78DED079B89F2CC16">
+    <w:name w:val="E5312A7DD26046C78DED079B89F2CC16"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E076C7AFA6A49C1BDEA1DCE22E71D7D">
+    <w:name w:val="1E076C7AFA6A49C1BDEA1DCE22E71D7D"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB6923648E7A4765B6C45049C5402C95">
+    <w:name w:val="DB6923648E7A4765B6C45049C5402C95"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4974EE6998F49879F244E324BFADBDB">
+    <w:name w:val="C4974EE6998F49879F244E324BFADBDB"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F855298F0F69457086903B140D1903AB">
+    <w:name w:val="F855298F0F69457086903B140D1903AB"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A8910C405F444BF9B3CB59ECA28DA0B">
+    <w:name w:val="0A8910C405F444BF9B3CB59ECA28DA0B"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9539E50E36D9455FB315A9B053F9C9D8">
+    <w:name w:val="9539E50E36D9455FB315A9B053F9C9D8"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB7CDAB07ABF4342B14B85F874E1949F">
+    <w:name w:val="FB7CDAB07ABF4342B14B85F874E1949F"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53848419EE484EFEAE1DB1DA1243B541">
+    <w:name w:val="53848419EE484EFEAE1DB1DA1243B541"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="786A5A9CA684441D9DF75579E89B59C8">
+    <w:name w:val="786A5A9CA684441D9DF75579E89B59C8"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5741D1F249324F9DAD017FC11EDC4D59">
+    <w:name w:val="5741D1F249324F9DAD017FC11EDC4D59"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3712DACB4D454813A736F4EA024F0AB1">
+    <w:name w:val="3712DACB4D454813A736F4EA024F0AB1"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BED751B0644E471FBD704F6E849EE9B3">
+    <w:name w:val="BED751B0644E471FBD704F6E849EE9B3"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BEB1173A24A441BB39240DC7A663AA5">
+    <w:name w:val="4BEB1173A24A441BB39240DC7A663AA5"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7B56C1D73D7048FD9B12D9AAFDFB97E6">
+    <w:name w:val="7B56C1D73D7048FD9B12D9AAFDFB97E6"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EBE0F4A5F4B4D9FB03B7A1491396FB2">
+    <w:name w:val="7EBE0F4A5F4B4D9FB03B7A1491396FB2"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53390559EB294FBCAD5BF36ED1E45532">
+    <w:name w:val="53390559EB294FBCAD5BF36ED1E45532"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92DC1F98E5F44A6AA9BC34CAB7CCAA73">
+    <w:name w:val="92DC1F98E5F44A6AA9BC34CAB7CCAA73"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58F925E7324C4535A3A2F55EF69E00A4">
+    <w:name w:val="58F925E7324C4535A3A2F55EF69E00A4"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68F40BC654554AEBAB2190857E832CFF">
+    <w:name w:val="68F40BC654554AEBAB2190857E832CFF"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6FC632258C543CCA4CABD053CCB2340">
+    <w:name w:val="A6FC632258C543CCA4CABD053CCB2340"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53B7CCAFC0C54ADDAB01CF7AF48CAB31">
+    <w:name w:val="53B7CCAFC0C54ADDAB01CF7AF48CAB31"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3BD341F0D2A494781EFA0D9DD02F764">
+    <w:name w:val="B3BD341F0D2A494781EFA0D9DD02F764"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6392A23337F4956860868EB4C7273A9">
+    <w:name w:val="C6392A23337F4956860868EB4C7273A9"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4C0D3807FB24552983C5736C0CFE5AF">
+    <w:name w:val="D4C0D3807FB24552983C5736C0CFE5AF"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FDEBB684A6B340718B1DE816182730F4">
+    <w:name w:val="FDEBB684A6B340718B1DE816182730F4"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="325EA579673146B08EDE010DFF2B8580">
+    <w:name w:val="325EA579673146B08EDE010DFF2B8580"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8705CCC04A024758941152D3F5FE03EA">
+    <w:name w:val="8705CCC04A024758941152D3F5FE03EA"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3CCA384496D472298B394F1C49DC953">
+    <w:name w:val="F3CCA384496D472298B394F1C49DC953"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4176A8CD18747ECA34F2FC166B3447C">
+    <w:name w:val="A4176A8CD18747ECA34F2FC166B3447C"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F05DB4E967824D589498A0AAC3BBF315">
+    <w:name w:val="F05DB4E967824D589498A0AAC3BBF315"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC94021377A640B5B3DB2BAA8177395C">
+    <w:name w:val="BC94021377A640B5B3DB2BAA8177395C"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79D0E47ED136479DAAAAD4D746B22B26">
+    <w:name w:val="79D0E47ED136479DAAAAD4D746B22B26"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9F10E7C6FA9422995A1A9292240B2AF">
+    <w:name w:val="B9F10E7C6FA9422995A1A9292240B2AF"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FA37D8629EE480E8C8122428C4DDC16">
+    <w:name w:val="5FA37D8629EE480E8C8122428C4DDC16"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FC2F3C11A87433C8CA3252DE7FD9A63">
+    <w:name w:val="2FC2F3C11A87433C8CA3252DE7FD9A63"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9818D57FEA5B43438BCB04B4F8909F11">
+    <w:name w:val="9818D57FEA5B43438BCB04B4F8909F11"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3751C3EA9DAA41879A76C5DEC422CAEF">
+    <w:name w:val="3751C3EA9DAA41879A76C5DEC422CAEF"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3CD98C545FF41B68A30E4C2C0986897">
+    <w:name w:val="F3CD98C545FF41B68A30E4C2C0986897"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E34056DD38D64A179781023FBBBE4D9F">
+    <w:name w:val="E34056DD38D64A179781023FBBBE4D9F"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C24239CD23994690A3F6E5A34C7215D3">
+    <w:name w:val="C24239CD23994690A3F6E5A34C7215D3"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DF187475184929BD01794DE7C24813">
+    <w:name w:val="B2DF187475184929BD01794DE7C24813"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4EC388F68BC64681947B0695D84460B7">
+    <w:name w:val="4EC388F68BC64681947B0695D84460B7"/>
+    <w:rsid w:val="000E31DA"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7230,70 +8770,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>255</Words>
-  <Characters>1278</Characters>
+  <Words>365</Words>
+  <Characters>1579</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1530</CharactersWithSpaces>
+  <CharactersWithSpaces>1880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>