--- v1 (2025-12-27)
+++ v2 (2026-02-26)
@@ -102,245 +102,297 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5467350" cy="933450"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="32DF43B0" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                          <w:p w14:paraId="32DF43B0" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00B506BB">
                               <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>Fees for universities in Israel (no colleges):</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3A348B75" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                          <w:p w14:paraId="3A348B75" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00F17B59">
+                            <w:r w:rsidRPr="00B506BB">
                               <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>For Master Students</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00B506BB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                               <w:t>: There's a 5% (of annua tuition) fee for each credit.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0CD6DD27" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                          <w:p w14:paraId="0CD6DD27" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00F17B59">
+                            <w:r w:rsidRPr="00B506BB">
                               <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>For PhD</w:t>
                             </w:r>
-                            <w:r>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> there is no fee.</w:t>
+                            <w:r w:rsidRPr="00B506BB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
+                              <w:t>: Up to 4 credits – there is no fee.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="29EEC5E2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                          <w:p w14:paraId="29EEC5E2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00B506BB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                               <w:t>Fees for universities abroad, per their specifications:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="482A4917" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                          <w:p w14:paraId="482A4917" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00B506BB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                               <w:t xml:space="preserve">Please note: Credits may be recognized </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00F17B59">
+                            <w:r w:rsidRPr="00B506BB">
                               <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>up to 25%</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00B506BB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              </w:rPr>
                               <w:t xml:space="preserve"> of the required credits for the degree.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1942D6F7" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                             <w:pPr>
                               <w:bidi w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="283B02C1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:13.85pt;margin-top:.35pt;width:430.5pt;height:73.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC12Od9DAIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjXXow4RZcuw4Du&#10;AnT7AFmWY2GyqFFK7O7rR8lumt1ehulBIEXqkDwk1zd9a9hRoddgCz6bTDlTVkKl7b7gXz7vXl1x&#10;5oOwlTBgVcEflec3m5cv1p3L1RwaMJVCRiDW550reBOCy7PMy0a1wk/AKUvGGrAVgVTcZxWKjtBb&#10;k82n04usA6wcglTe0+vdYOSbhF/XSoaPde1VYKbglFtIN6a7jHe2WYt8j8I1Wo5piH/IohXaUtAT&#10;1J0Igh1Q/wbVaongoQ4TCW0Gda2lSjVQNbPpL9U8NMKpVAuR492JJv//YOWH44P7hCz0r6GnBqYi&#10;vLsH+dUzC9tG2L26RYSuUaKiwLNIWdY5n49fI9U+9xGk7N5DRU0WhwAJqK+xjaxQnYzQqQGPJ9JV&#10;H5ikx9Xy4nKxIpMk2/VisSQ5hhD502+HPrxV0LIoFBypqQldHO99GFyfXGIwD0ZXO21MUnBfbg2y&#10;o6AB2KUzov/kZizrKPpqvhoI+CvENJ0/QbQ60CQb3Rb86uQk8kjbG1ulOQtCm0Gm6owdeYzUDSSG&#10;vuzJMfJZQvVIjCIME0sbRkID+J2zjqa14P7bQaDizLyz1JXr2XIZxzspy9XlnBQ8t5TnFmElQRU8&#10;cDaI25BWIhJm4Za6V+tE7HMmY640hak148bEMT/Xk9fzXm9+AAAA//8DAFBLAwQUAAYACAAAACEA&#10;V0bm8NwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOQU/DMAyF70j8h8hIXBBLGdMaStMJIYHg&#10;NsY0rlnjtRWNU5KsK/8ec4KLZfs9vfeVq8n1YsQQO08abmYZCKTa244aDdv3p2sFIiZD1vSeUMM3&#10;RlhV52elKaw/0RuOm9QIDqFYGA1tSkMhZaxbdCbO/IDE2sEHZxKfoZE2mBOHu17Os2wpnemIG1oz&#10;4GOL9efm6DSoxcv4EV9v17t6eejv0lU+Pn8FrS8vpod7EAmn9GeGX3xGh4qZ9v5INopewzzP2amB&#10;J6tKKV72bFvwX1al/M9f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC12Od9DAIAAB8E&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXRubw3AAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="32DF43B0" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                    <w:p w14:paraId="32DF43B0" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00B506BB">
                         <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>Fees for universities in Israel (no colleges):</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3A348B75" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                    <w:p w14:paraId="3A348B75" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00F17B59">
+                      <w:r w:rsidRPr="00B506BB">
                         <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>For Master Students</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00B506BB">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                         <w:t>: There's a 5% (of annua tuition) fee for each credit.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0CD6DD27" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                    <w:p w14:paraId="0CD6DD27" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00F17B59">
+                      <w:r w:rsidRPr="00B506BB">
                         <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>For PhD</w:t>
                       </w:r>
-                      <w:r>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> there is no fee.</w:t>
+                      <w:r w:rsidRPr="00B506BB">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
+                        <w:t>: Up to 4 credits – there is no fee.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="29EEC5E2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                    <w:p w14:paraId="29EEC5E2" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00B506BB">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                         <w:t>Fees for universities abroad, per their specifications:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="482A4917" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
+                    <w:p w14:paraId="482A4917" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00B506BB" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00B506BB">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                         <w:t xml:space="preserve">Please note: Credits may be recognized </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00F17B59">
+                      <w:r w:rsidRPr="00B506BB">
                         <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>up to 25%</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00B506BB">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        </w:rPr>
                         <w:t xml:space="preserve"> of the required credits for the degree.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1942D6F7" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
                       <w:pPr>
                         <w:bidi w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD5AA71" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
@@ -695,107 +747,111 @@
         </w:rPr>
         <w:t>Last name:</w:t>
       </w:r>
       <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="121041781"/>
           <w:placeholder>
             <w:docPart w:val="BED751B0644E471FBD704F6E849EE9B3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>First name:</w:t>
       </w:r>
       <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="322177069"/>
           <w:placeholder>
             <w:docPart w:val="4BEB1173A24A441BB39240DC7A663AA5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
@@ -831,110 +887,114 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1050068347"/>
           <w:placeholder>
             <w:docPart w:val="7B56C1D73D7048FD9B12D9AAFDFB97E6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4E8D59F2" w14:textId="4496AD89" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Academic unit:</w:t>
       </w:r>
       <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="929856565"/>
           <w:placeholder>
             <w:docPart w:val="7EBE0F4A5F4B4D9FB03B7A1491396FB2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Degree:</w:t>
       </w:r>
@@ -942,55 +1002,57 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="649712067"/>
           <w:placeholder>
             <w:docPart w:val="53390559EB294FBCAD5BF36ED1E45532"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Master" w:value="Master"/>
             <w:listItem w:displayText="PhD" w:value="PhD"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
@@ -1002,55 +1064,57 @@
         </w:rPr>
         <w:t>Name of the university offering the course:</w:t>
       </w:r>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1493568951"/>
           <w:placeholder>
             <w:docPart w:val="92DC1F98E5F44A6AA9BC34CAB7CCAA73"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="782DC20F" w14:textId="77777777" w:rsidR="00C8051A" w:rsidRPr="00EE3B75" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1871"/>
@@ -1213,1029 +1277,1072 @@
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683004">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recommend including the grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w14:paraId="72892CA1" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC34188" w14:textId="5E0C72C7" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
+          <w:p w14:paraId="5AC34188" w14:textId="5E0C72C7" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1184205789"/>
                 <w:placeholder>
                   <w:docPart w:val="F4292657B2EF4E6A953C23834E1A03BB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB5F76B" w14:textId="00B37F76" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
+          <w:p w14:paraId="0FB5F76B" w14:textId="00B37F76" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2004856510"/>
                 <w:placeholder>
                   <w:docPart w:val="C0E11719549A40ECB8D62A7027BD3CFC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E184C2" w14:textId="79EA7859" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="001E7494" w:rsidP="00EE3B75">
+          <w:p w14:paraId="52E184C2" w14:textId="79EA7859" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1397937963"/>
                 <w:placeholder>
                   <w:docPart w:val="8705CCC04A024758941152D3F5FE03EA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Graduate" w:value="Graduate"/>
                   <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
                   <w:listItem w:displayText="Joint" w:value="Joint"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A824EF">
+                <w:r w:rsidR="001E7494" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30AEEBDB" w14:textId="5AC03BB8" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
+          <w:p w14:paraId="30AEEBDB" w14:textId="5AC03BB8" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1831397646"/>
                 <w:placeholder>
                   <w:docPart w:val="3B7B6DB4FA174853BA6080D84284A016"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00430D9F">
+                <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="419B012F" w14:textId="020196EF" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00EE3B75" w:rsidP="00EE3B75">
+          <w:p w14:paraId="419B012F" w14:textId="020196EF" w:rsidR="00EE3B75" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00EE3B75">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-19631753"/>
                 <w:placeholder>
                   <w:docPart w:val="53848419EE484EFEAE1DB1DA1243B541"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Yes" w:value="Yes"/>
                   <w:listItem w:displayText="No" w:value="No"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w14:paraId="1D099345" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13822469" w14:textId="0821CF20" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="13822469" w14:textId="0821CF20" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-902831412"/>
                 <w:placeholder>
                   <w:docPart w:val="F3CCA384496D472298B394F1C49DC953"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BB96CE" w14:textId="74068E63" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="02BB96CE" w14:textId="74068E63" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="145177992"/>
                 <w:placeholder>
                   <w:docPart w:val="A4176A8CD18747ECA34F2FC166B3447C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71951B53" w14:textId="79F4047A" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="71951B53" w14:textId="79F4047A" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2023540071"/>
                 <w:placeholder>
                   <w:docPart w:val="F05DB4E967824D589498A0AAC3BBF315"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Graduate" w:value="Graduate"/>
                   <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
                   <w:listItem w:displayText="Joint" w:value="Joint"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="004359F6">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00462BBB" w14:textId="6CD651FA" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="00462BBB" w14:textId="6CD651FA" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="460773676"/>
                 <w:placeholder>
                   <w:docPart w:val="BC94021377A640B5B3DB2BAA8177395C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00430D9F">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F08509E" w14:textId="7E8290A5" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="1F08509E" w14:textId="7E8290A5" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1496799989"/>
                 <w:placeholder>
                   <w:docPart w:val="79D0E47ED136479DAAAAD4D746B22B26"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Yes" w:value="Yes"/>
                   <w:listItem w:displayText="No" w:value="No"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w14:paraId="3B050CD1" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13638613" w14:textId="2334A48C" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="13638613" w14:textId="2334A48C" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="651960122"/>
                 <w:placeholder>
                   <w:docPart w:val="B9F10E7C6FA9422995A1A9292240B2AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1B4FBB" w14:textId="28184C1C" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="6C1B4FBB" w14:textId="28184C1C" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="518975206"/>
                 <w:placeholder>
                   <w:docPart w:val="5FA37D8629EE480E8C8122428C4DDC16"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECEA80D" w14:textId="524EE849" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="6ECEA80D" w14:textId="524EE849" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-874837206"/>
                 <w:placeholder>
                   <w:docPart w:val="2FC2F3C11A87433C8CA3252DE7FD9A63"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Graduate" w:value="Graduate"/>
                   <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
                   <w:listItem w:displayText="Joint" w:value="Joint"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="004359F6">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0911E2F4" w14:textId="01684F21" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="0911E2F4" w14:textId="01684F21" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1739972649"/>
                 <w:placeholder>
                   <w:docPart w:val="9818D57FEA5B43438BCB04B4F8909F11"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00430D9F">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3C513B" w14:textId="3C8F5953" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="0E3C513B" w14:textId="3C8F5953" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="320777654"/>
                 <w:placeholder>
                   <w:docPart w:val="3751C3EA9DAA41879A76C5DEC422CAEF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Yes" w:value="Yes"/>
                   <w:listItem w:displayText="No" w:value="No"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w14:paraId="1466F919" w14:textId="77777777" w:rsidTr="001E7494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC9733C" w14:textId="45F7CDF1" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="4BC9733C" w14:textId="45F7CDF1" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1656496119"/>
                 <w:placeholder>
                   <w:docPart w:val="F3CD98C545FF41B68A30E4C2C0986897"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A569F50" w14:textId="3E72463F" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="0A569F50" w14:textId="3E72463F" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1449304643"/>
                 <w:placeholder>
                   <w:docPart w:val="E34056DD38D64A179781023FBBBE4D9F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="009E7C91">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382A83B9" w14:textId="1646F67A" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="382A83B9" w14:textId="1646F67A" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-810322119"/>
                 <w:placeholder>
                   <w:docPart w:val="C24239CD23994690A3F6E5A34C7215D3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Graduate" w:value="Graduate"/>
                   <w:listItem w:displayText="Undergraduate" w:value="Undergraduate"/>
                   <w:listItem w:displayText="Joint" w:value="Joint"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="004359F6">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="520C2ADF" w14:textId="3B7B1EC2" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="520C2ADF" w14:textId="3B7B1EC2" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-973127534"/>
                 <w:placeholder>
                   <w:docPart w:val="B2DF187475184929BD01794DE7C24813"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00430D9F">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D57E9C" w14:textId="6A2EEE56" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00AA6C1D" w:rsidP="00AA6C1D">
+          <w:p w14:paraId="37D57E9C" w14:textId="6A2EEE56" w:rsidR="00AA6C1D" w:rsidRPr="00EE3B75" w:rsidRDefault="00E71594" w:rsidP="00AA6C1D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="316464765"/>
                 <w:placeholder>
                   <w:docPart w:val="4EC388F68BC64681947B0695D84460B7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Yes" w:value="Yes"/>
                   <w:listItem w:displayText="No" w:value="No"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A824EF">
+                <w:r w:rsidR="00AA6C1D" w:rsidRPr="00B506BB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                    <w:vanish/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3196B78E" w14:textId="2434D187" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00C8051A" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1393772065"/>
           <w:placeholder>
             <w:docPart w:val="58F925E7324C4535A3A2F55EF69E00A4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C8051A" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Student signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1718239528"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C8051A" w:rsidRPr="00813FD4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09ACE404" wp14:editId="11E8B0FB">
                 <wp:extent cx="665922" cy="283845"/>
@@ -2342,51 +2449,51 @@
                         <a:ln w="12700"/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="048BCD8D" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-55.5pt,8.85pt" to="536.7pt,8.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhYlZjowEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQva/Ef7B8p04qwbJR0x52BRcE&#10;Kz5+gNcZNxa2x7JNk/57xm6brgAhhLhMbM+8N/NmJpvd7Cw7QEwGfc/bVcMZeIWD8fuef/3y9uUb&#10;zlKWfpAWPfT8CInvti9uNlPoYI0j2gEiIxKfuin0fMw5dEIkNYKTaYUBPDk1RiczXeNeDFFOxO6s&#10;WDfNazFhHEJEBSnR68PJybeVX2tQ+aPWCTKzPafacrWx2qdixXYju32UYTTqXIb8hyqcNJ6SLlQP&#10;Mkv2PZpfqJxRERPqvFLoBGptFFQNpKZtflLzeZQBqhZqTgpLm9L/o1UfDvf+MVIbppC6FB5jUTHr&#10;6MqX6mNzbdZxaRbMmSl6vH21btu7ljN18YkrMMSU3wE6Vg49t8YXHbKTh/cpUzIKvYSUZ+vZRNuz&#10;vm3qRMS1lnrKRwunsE+gmRkoe1vp6prAvY3sIGnAw7e2DJTIrafIAtHG2gXU/Bl0ji0wqKvzt8Al&#10;umZEnxegMx7j77Lm+VKqPsVT2c+0luMTDsc6meqg+Vdl510tC/b8XuHXP2r7AwAA//8DAFBLAwQU&#10;AAYACAAAACEAkcWq6NwAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFBr&#10;hyKMQpwqQuoH0HLo0Y2XOKq9DrGbpn9fVxzguDOj2TfVevaOTTjGPpCCYimAIbXB9NQp+NptFm/A&#10;YtJktAuECi4YYV3f31W6NOFMnzhtU8dyCcVSK7ApDSXnsbXodVyGASl732H0OuVz7LgZ9TmXe8ef&#10;hXjlXveUP1g94IfF9rg9eQW7vURjn1wz6Z/GULc69hsplHp8mJt3YAnn9BeGG35GhzozHcKJTGRO&#10;waIoijwmZUdKYLeEkKsXYIdfhdcV/7+hvgIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDh&#10;YlZjowEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCRxaro3AAAAAsBAAAPAAAAAAAAAAAAAAAAAP0DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="black [3200]" strokeweight="1pt">
+              <v:line w14:anchorId="392E8AE6" id="Straight Connector 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-55.5pt,8.85pt" to="536.7pt,8.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhYlZjowEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQva/Ef7B8p04qwbJR0x52BRcE&#10;Kz5+gNcZNxa2x7JNk/57xm6brgAhhLhMbM+8N/NmJpvd7Cw7QEwGfc/bVcMZeIWD8fuef/3y9uUb&#10;zlKWfpAWPfT8CInvti9uNlPoYI0j2gEiIxKfuin0fMw5dEIkNYKTaYUBPDk1RiczXeNeDFFOxO6s&#10;WDfNazFhHEJEBSnR68PJybeVX2tQ+aPWCTKzPafacrWx2qdixXYju32UYTTqXIb8hyqcNJ6SLlQP&#10;Mkv2PZpfqJxRERPqvFLoBGptFFQNpKZtflLzeZQBqhZqTgpLm9L/o1UfDvf+MVIbppC6FB5jUTHr&#10;6MqX6mNzbdZxaRbMmSl6vH21btu7ljN18YkrMMSU3wE6Vg49t8YXHbKTh/cpUzIKvYSUZ+vZRNuz&#10;vm3qRMS1lnrKRwunsE+gmRkoe1vp6prAvY3sIGnAw7e2DJTIrafIAtHG2gXU/Bl0ji0wqKvzt8Al&#10;umZEnxegMx7j77Lm+VKqPsVT2c+0luMTDsc6meqg+Vdl510tC/b8XuHXP2r7AwAA//8DAFBLAwQU&#10;AAYACAAAACEAkcWq6NwAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFBr&#10;hyKMQpwqQuoH0HLo0Y2XOKq9DrGbpn9fVxzguDOj2TfVevaOTTjGPpCCYimAIbXB9NQp+NptFm/A&#10;YtJktAuECi4YYV3f31W6NOFMnzhtU8dyCcVSK7ApDSXnsbXodVyGASl732H0OuVz7LgZ9TmXe8ef&#10;hXjlXveUP1g94IfF9rg9eQW7vURjn1wz6Z/GULc69hsplHp8mJt3YAnn9BeGG35GhzozHcKJTGRO&#10;waIoijwmZUdKYLeEkKsXYIdfhdcV/7+hvgIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDh&#10;YlZjowEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCRxaro3AAAAAsBAAAPAAAAAAAAAAAAAAAAAP0DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C84B32" w14:textId="5405DC7D" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00813FD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D9FB6A4" w14:textId="48EB5929" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
@@ -2416,211 +2523,218 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="-142428634"/>
           <w:placeholder>
             <w:docPart w:val="68F40BC654554AEBAB2190857E832CFF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00813FD4">
+          <w:r w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="695535BF" w14:textId="4D138645" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00C8051A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00EE3B75" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1504159942"/>
           <w:placeholder>
             <w:docPart w:val="A6FC632258C543CCA4CABD053CCB2340"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EE3B75" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00EE3B75" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Advisor</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> name: </w:t>
+        <w:t xml:space="preserve">Advisor name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="766741208"/>
           <w:placeholder>
             <w:docPart w:val="D4C0D3807FB24552983C5736C0CFE5AF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dvisor signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="294494795"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00813FD4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -2701,226 +2815,229 @@
     </w:p>
     <w:p w14:paraId="572FCB66" w14:textId="0C71F54B" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dept. Graduate Studies Vice Dean's recommendation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E1ECE4" w14:textId="77777777" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00813FD4" w:rsidP="00813FD4">
+    <w:p w14:paraId="05E1ECE4" w14:textId="77777777" w:rsidR="00813FD4" w:rsidRPr="00813FD4" w:rsidRDefault="00E71594" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:id w:val="833426135"/>
           <w:placeholder>
             <w:docPart w:val="53B7CCAFC0C54ADDAB01CF7AF48CAB31"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="52D90B5F" w14:textId="161166E7" w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidRDefault="00C8051A" w:rsidP="00813FD4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="209623858"/>
           <w:placeholder>
             <w:docPart w:val="B3BD341F0D2A494781EFA0D9DD02F764"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="he-IL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00813FD4" w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Vice Dean</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> name: </w:t>
+        <w:t xml:space="preserve">Vice Dean name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-732780201"/>
           <w:placeholder>
             <w:docPart w:val="C6392A23337F4956860868EB4C7273A9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
+          <w:r w:rsidR="00813FD4" w:rsidRPr="00B506BB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:vanish/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813FD4" w:rsidRPr="00813FD4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00813FD4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="004F27F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vice Dean signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="634922547"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00813FD4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -2971,61 +3088,61 @@
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00C8051A" w:rsidRPr="00813FD4" w:rsidSect="00747D06">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="237DEB29" w14:textId="77777777" w:rsidR="003033CE" w:rsidRDefault="003033CE" w:rsidP="0055655F">
+    <w:p w14:paraId="7F9D27A2" w14:textId="77777777" w:rsidR="00E71594" w:rsidRDefault="00E71594" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6845D353" w14:textId="77777777" w:rsidR="003033CE" w:rsidRDefault="003033CE" w:rsidP="0055655F">
+    <w:p w14:paraId="517A9305" w14:textId="77777777" w:rsidR="00E71594" w:rsidRDefault="00E71594" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3153,51 +3270,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5E1870F4" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="79C5D772" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -3237,71 +3354,59 @@
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Technion city, Haifa 3200003, Israel</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
                             <w:br/>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                             </w:rPr>
-                            <w:t>קרית</w:t>
-[...10 lines deleted...]
-                            <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
+                            <w:t>קרית הטכניון, חיפה 3200003</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00970A57">
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:br/>
                             <w:t>Graduate.technion.ac.il</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                           <w:pPr>
                             <w:bidi w:val="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                               <w:color w:val="002147"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:rtl/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
@@ -3334,71 +3439,59 @@
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Technion city, Haifa 3200003, Israel</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:br/>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="cs"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                       </w:rPr>
-                      <w:t>קרית</w:t>
-[...10 lines deleted...]
-                      <w:t xml:space="preserve"> הטכניון, חיפה 3200003</w:t>
+                      <w:t>קרית הטכניון, חיפה 3200003</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00970A57">
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:br/>
                       <w:t>Graduate.technion.ac.il</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="11A5ED50" w14:textId="093D57B0" w:rsidR="00970A57" w:rsidRPr="00970A57" w:rsidRDefault="00970A57" w:rsidP="00970A57">
                     <w:pPr>
                       <w:bidi w:val="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:color w:val="002147"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:rtl/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
@@ -3726,61 +3819,61 @@
                       </w:rPr>
                       <w:t>+972-4-8292652, 2737, 2574</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57">
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="198A4288" w14:textId="77777777" w:rsidR="003033CE" w:rsidRDefault="003033CE" w:rsidP="0055655F">
+    <w:p w14:paraId="7D28E05C" w14:textId="77777777" w:rsidR="00E71594" w:rsidRDefault="00E71594" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4146F9AC" w14:textId="77777777" w:rsidR="003033CE" w:rsidRDefault="003033CE" w:rsidP="0055655F">
+    <w:p w14:paraId="0183C190" w14:textId="77777777" w:rsidR="00E71594" w:rsidRDefault="00E71594" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B249C48" w14:textId="4B690FBF" w:rsidR="0055655F" w:rsidRPr="00E46AF6" w:rsidRDefault="00CE7144" w:rsidP="00FE2457">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="795"/>
       </w:tabs>
       <w:bidi w:val="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -5708,53 +5801,53 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2030637370">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hyFP3YSjgbEDnf9CeiOZK6oNol1ktNei/l0iPVHDj1Y+K+tLv37Ym/Hc17OOs8xWgrVdvkMYkCSEmVV7/lfBfw==" w:salt="/AZUTk8QxOLODVX1PUOxhw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6mwFpvCogy4fyRlAgpmVG5sIVS8IOjsAlQsyz1DCTPFjIGYu9cS8RfQu0O3SRFITU627q2YbkRoB8pVqiPWBgQ==" w:salt="ZWm+xYJZulv8BOlYDyMsaA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
@@ -5768,129 +5861,135 @@
     <w:rsid w:val="00180496"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="001E7494"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003033CE"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
+    <w:rsid w:val="003905BA"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="00465B1D"/>
     <w:rsid w:val="00477BF1"/>
     <w:rsid w:val="004808DE"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004F27F4"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="0055655F"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E45EB"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="00683004"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
+    <w:rsid w:val="0077768B"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00813FD4"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="008559A1"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AA3F43"/>
     <w:rsid w:val="00AA6C1D"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
+    <w:rsid w:val="00B506BB"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
+    <w:rsid w:val="00BC0BBA"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00BF58CA"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C8051A"/>
     <w:rsid w:val="00C86D4F"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
+    <w:rsid w:val="00E71594"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00EA3097"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE3B75"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
     <w:rsid w:val="00F71A0A"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -7795,51 +7894,55 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E31DA"/>
     <w:rsid w:val="000E31DA"/>
+    <w:rsid w:val="003905BA"/>
     <w:rsid w:val="00477BF1"/>
+    <w:rsid w:val="006B53E8"/>
+    <w:rsid w:val="00BC0BBA"/>
+    <w:rsid w:val="00D6169C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -8256,128 +8359,64 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E31DA"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B6F567D3B98407F89C47D72478C173A">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4292657B2EF4E6A953C23834E1A03BB">
     <w:name w:val="F4292657B2EF4E6A953C23834E1A03BB"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0E11719549A40ECB8D62A7027BD3CFC">
     <w:name w:val="C0E11719549A40ECB8D62A7027BD3CFC"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B7B6DB4FA174853BA6080D84284A016">
     <w:name w:val="3B7B6DB4FA174853BA6080D84284A016"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81F94E04220E439CB559B729ADBB6C5D">
-[...34 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="53848419EE484EFEAE1DB1DA1243B541">
     <w:name w:val="53848419EE484EFEAE1DB1DA1243B541"/>
-    <w:rsid w:val="000E31DA"/>
-[...10 lines deleted...]
-    <w:name w:val="3712DACB4D454813A736F4EA024F0AB1"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BED751B0644E471FBD704F6E849EE9B3">
     <w:name w:val="BED751B0644E471FBD704F6E849EE9B3"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BEB1173A24A441BB39240DC7A663AA5">
     <w:name w:val="4BEB1173A24A441BB39240DC7A663AA5"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7B56C1D73D7048FD9B12D9AAFDFB97E6">
     <w:name w:val="7B56C1D73D7048FD9B12D9AAFDFB97E6"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EBE0F4A5F4B4D9FB03B7A1491396FB2">
     <w:name w:val="7EBE0F4A5F4B4D9FB03B7A1491396FB2"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="53390559EB294FBCAD5BF36ED1E45532">
     <w:name w:val="53390559EB294FBCAD5BF36ED1E45532"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="92DC1F98E5F44A6AA9BC34CAB7CCAA73">
     <w:name w:val="92DC1F98E5F44A6AA9BC34CAB7CCAA73"/>
     <w:rsid w:val="000E31DA"/>
@@ -8386,58 +8425,50 @@
     <w:name w:val="58F925E7324C4535A3A2F55EF69E00A4"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="68F40BC654554AEBAB2190857E832CFF">
     <w:name w:val="68F40BC654554AEBAB2190857E832CFF"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6FC632258C543CCA4CABD053CCB2340">
     <w:name w:val="A6FC632258C543CCA4CABD053CCB2340"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="53B7CCAFC0C54ADDAB01CF7AF48CAB31">
     <w:name w:val="53B7CCAFC0C54ADDAB01CF7AF48CAB31"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3BD341F0D2A494781EFA0D9DD02F764">
     <w:name w:val="B3BD341F0D2A494781EFA0D9DD02F764"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6392A23337F4956860868EB4C7273A9">
     <w:name w:val="C6392A23337F4956860868EB4C7273A9"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4C0D3807FB24552983C5736C0CFE5AF">
     <w:name w:val="D4C0D3807FB24552983C5736C0CFE5AF"/>
-    <w:rsid w:val="000E31DA"/>
-[...6 lines deleted...]
-    <w:name w:val="325EA579673146B08EDE010DFF2B8580"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8705CCC04A024758941152D3F5FE03EA">
     <w:name w:val="8705CCC04A024758941152D3F5FE03EA"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3CCA384496D472298B394F1C49DC953">
     <w:name w:val="F3CCA384496D472298B394F1C49DC953"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4176A8CD18747ECA34F2FC166B3447C">
     <w:name w:val="A4176A8CD18747ECA34F2FC166B3447C"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F05DB4E967824D589498A0AAC3BBF315">
     <w:name w:val="F05DB4E967824D589498A0AAC3BBF315"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC94021377A640B5B3DB2BAA8177395C">
     <w:name w:val="BC94021377A640B5B3DB2BAA8177395C"/>
     <w:rsid w:val="000E31DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="79D0E47ED136479DAAAAD4D746B22B26">
     <w:name w:val="79D0E47ED136479DAAAAD4D746B22B26"/>
     <w:rsid w:val="000E31DA"/>
@@ -8770,70 +8801,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>365</Words>
-  <Characters>1579</Characters>
+  <Words>306</Words>
+  <Characters>1638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>148</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1880</CharactersWithSpaces>
+  <CharactersWithSpaces>1892</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>