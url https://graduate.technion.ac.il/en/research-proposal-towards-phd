--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -1,3474 +1,1966 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="62813DEF" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1331F4B6" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="0008407B" w:rsidRDefault="00282D34" w:rsidP="00282D34">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1331F4B6" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="00843BBC" w:rsidRDefault="00282D34" w:rsidP="00843BBC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0008407B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Research proposal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0008407B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>towards</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0008407B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> PhD studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E859965" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="00843BBC" w:rsidRDefault="00282D34" w:rsidP="00282D34">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0008407B">
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00843BBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> studies</w:t>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(To be submitted with research proposal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E859965" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
+    <w:p w14:paraId="665AA921" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="665AA921" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
+    <w:p w14:paraId="3F17577E" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F17577E" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="00505F4E" w:rsidRDefault="00282D34" w:rsidP="00282D34">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="097C9838" w14:textId="5C7A5F67" w:rsidR="00843BBC" w:rsidRPr="00AD6ACD" w:rsidRDefault="00843BBC" w:rsidP="00843BBC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student details: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE0F529" w14:textId="77777777" w:rsidR="004F7193" w:rsidRDefault="004F7193" w:rsidP="00843BBC">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216100182"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BBC" w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BBC" w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ame:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1921600637"/>
+          <w:placeholder>
+            <w:docPart w:val="53A5C62BEE7D4C4589B2FD7190EFE421"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00843BBC" w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-508445177"/>
+          <w:placeholder>
+            <w:docPart w:val="8E0B35A2DA024490A24D810967FE996A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...583 lines deleted...]
-    <w:p w14:paraId="5F21FE7C" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
+    <w:p w14:paraId="5DC24EC9" w14:textId="0609F789" w:rsidR="00843BBC" w:rsidRDefault="00843BBC" w:rsidP="004F7193">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D. #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1815300718"/>
+          <w:placeholder>
+            <w:docPart w:val="BA2ACA6167444FA9A574BC1AD7166938"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004F7193">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Department / Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1252472891"/>
+          <w:placeholder>
+            <w:docPart w:val="9CF91F1C47BE48488B964FCC524C90D6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="5F21FE7C" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="004F7193">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="362CCC57" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="00757536" w:rsidRDefault="00282D34" w:rsidP="00282D34">
+    <w:p w14:paraId="362CCC57" w14:textId="54850F27" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00843BBC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216100156"/>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">his section </w:t>
+      </w:r>
+      <w:r w:rsidR="00572040">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>is to</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7193">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7193">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the main supervisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843BBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="4458603E" w14:textId="77777777" w:rsidR="004F7193" w:rsidRDefault="004F7193" w:rsidP="004F7193">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ame:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-427047446"/>
+          <w:placeholder>
+            <w:docPart w:val="97AEB0F9FF4040A7B428B637EAD3D7A4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="83272137"/>
+          <w:placeholder>
+            <w:docPart w:val="F133A4B0AF744C5DB393FD14FCA3A389"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="004F7193">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1154C2E2" w14:textId="22F0C079" w:rsidR="004F7193" w:rsidRDefault="004F7193" w:rsidP="004F7193">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D. #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-745799355"/>
+          <w:placeholder>
+            <w:docPart w:val="D91E76C0FBD04629A392B58A2593A570"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Degree</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-709874012"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="Asst. Prof." w:value="Asst. Prof."/>
+            <w:listItem w:displayText="Assc. Prof." w:value="Assc. Prof."/>
+            <w:listItem w:displayText="Prof." w:value="Prof."/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002A3E61" w:rsidRPr="0046040C">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5E26D593" w14:textId="097CBAF2" w:rsidR="002A3E61" w:rsidRDefault="002A3E61" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Language of Thesis: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2025770793"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00572040">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00572040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hebrew </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1722587512"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00572040">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00572040">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D690A9" w14:textId="77777777" w:rsidR="002A3E61" w:rsidRDefault="002A3E61" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk216101031"/>
+    </w:p>
+    <w:p w14:paraId="6CB28485" w14:textId="461F9954" w:rsidR="002A3E61" w:rsidRPr="002A3E61" w:rsidRDefault="00AD6ACD" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1053195992"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00FA2097">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To my knowledge, the research I'm supervising </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>doesn't</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involve any use of animals or humans (as defined by the relevant guidelines). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C474FFA" w14:textId="77777777" w:rsidR="00572040" w:rsidRDefault="00AD6ACD" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-1045990"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002A3E61">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To my knowledge, the research I'm supervising </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">involves, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>involved</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use of animals or humans (as defined by the relevant guidelines). An application for conducting experiments will be submitted to the Ethics committee by my advisor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE78E22" w14:textId="40355FBA" w:rsidR="002A3E61" w:rsidRPr="00572040" w:rsidRDefault="002A3E61" w:rsidP="00572040">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I declare that I read the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="002A3E61">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00572040">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:id w:val="-1483160515"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00EA640F">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64299179" wp14:editId="0278E9B2">
+                <wp:extent cx="858740" cy="269875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1679388492" name="Picture 1" descr="Add a signature file"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1679388492" name="Picture 1" descr="Add a signature file"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId8">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="880936" cy="276850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="43865F1D" w14:textId="16E8D229" w:rsidR="002A3E61" w:rsidRPr="002A3E61" w:rsidRDefault="00AD6ACD" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="-391736842"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002A3E61">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To my knowledge, the research I'm supervising </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>doesn't</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involve any use of pathogens (as defined by the relevant guidelines). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D057B1" w14:textId="77777777" w:rsidR="00572040" w:rsidRDefault="00AD6ACD" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          </w:rPr>
+          <w:id w:val="1021447902"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002A3E61">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To my knowledge, the research I'm supervising </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>involve</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, or involved</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E61" w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pathogens (as defined by the relevant guidelines). An application for conducting experiments will be submitted to the Ethics committee by my advisor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7011B5" w14:textId="6F3CFF29" w:rsidR="002A3E61" w:rsidRPr="00572040" w:rsidRDefault="002A3E61" w:rsidP="00572040">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I declare that I read the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="002A3E61">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00572040">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:id w:val="-611281304"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00EA640F">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="486BAF6D" wp14:editId="45DE658E">
+                <wp:extent cx="858520" cy="278065"/>
+                <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                <wp:docPr id="367841988" name="Picture 5" descr="Add a signature file"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="367841988" name="Picture 5" descr="Add a signature file"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId8">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="898474" cy="291006"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="3EB54400" w14:textId="5BE3E4AD" w:rsidR="002A3E61" w:rsidRPr="002A3E61" w:rsidRDefault="00EA640F" w:rsidP="002A3E61">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50C8B1C4" wp14:editId="0E47BEA4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-600820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>303226</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7195930" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="312575865" name="Straight Connector 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7195930" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="19050"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="3C5D5BD8" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-47.3pt,23.9pt" to="519.3pt,23.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEyFKVpAEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vsju0G0x4vShxfYy&#10;bMUuH6DKVCxMN1Ba7Pz9KCVxim0YhqIvtCTyHPKQ9OZmdpbtAZMJvuftquEMvAqD8buef//2/tU7&#10;zlKWfpA2eOj5ARK/2b58sZliB1dhDHYAZETiUzfFno85x06IpEZwMq1CBE9OHdDJTFfciQHlROzO&#10;iqumeSOmgEPEoCAler07Ovm28msNKn/WOkFmtudUW64Wq30oVmw3stuhjKNRpzLkE6pw0nhKulDd&#10;ySzZTzR/UDmjMKSg80oFJ4LWRkHVQGra5jc1X0cZoWqh5qS4tCk9H636tL/190htmGLqUrzHomLW&#10;6MqX6mNzbdZhaRbMmSl6fNuur9evqafq7BMXYMSUP0BwrBx6bo0vOmQn9x9TpmQUeg4pz9azibZn&#10;3VzXiYhLLfWUDxaOYV9AMzNQ9rbS1TWBW4tsL2nAw4+2DJTIrafIAtHG2gXU/Bt0ii0wqKvzv8Al&#10;umYMPi9AZ3zAv2XN87lUfYynsh9pLceHMBzqZKqD5l+VnXa1LNjje4Vf/qjtLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAMFVQ+veAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwYu0&#10;GzVpa8ymiOAhgoKteJ4m0ySanQ3ZbRr/vVM86HHeeXg/svVkOzXS4FvHBq7nESji0lUt1wbet0+z&#10;FSgfkCvsHJOBb/Kwzs/PMkwrd+Q3GjehVmLCPkUDTQh9qrUvG7Lo564nlt/eDRaDnEOtqwGPYm47&#10;fRNFC22xZUlosKfHhsqvzcEa+Cw+ijq5Wrb71zh5xu2YvPBYGHN5MT3cgwo0hT8YTvWlOuTSaecO&#10;XHnVGZjdxQtBDcRLmXACotuVKLtfReeZ/j8h/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAEyFKVpAEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDBVUPr3gAAAAoBAAAPAAAAAAAAAAAAAAAAAP4DAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE62A95" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="007C3167" w:rsidRDefault="00282D34" w:rsidP="002A3E61">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2042 lines deleted...]
-        <w:ind w:left="-108"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07FC5B84" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-108"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="774F9212" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
+    <w:p w14:paraId="774F9212" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00AD6ACD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2701DA9B" w14:textId="1646EA43" w:rsidR="00EA640F" w:rsidRPr="00EA640F" w:rsidRDefault="00EA640F" w:rsidP="00EA640F">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA640F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Student Signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:id w:val="1342357185"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00EA640F">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D2C4301" wp14:editId="3C390930">
+                <wp:extent cx="858740" cy="269875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1161978428" name="Picture 1" descr="Add a signature file"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1161978428" name="Picture 1" descr="Add a signature file"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId8">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="880936" cy="276850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1135991961"/>
+          <w:placeholder>
+            <w:docPart w:val="B15573107FA2480E807BFAB85CE95542"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3FAA07A5" w14:textId="653442C6" w:rsidR="00EA640F" w:rsidRPr="00EA640F" w:rsidRDefault="00EA640F" w:rsidP="00EA640F">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA640F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Advisor Signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3E61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:id w:val="-1550056516"/>
+          <w:showingPlcHdr/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00EA640F">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78F427EC" wp14:editId="3DD958AD">
+                <wp:extent cx="858740" cy="269875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1708781481" name="Picture 1" descr="Add a signature file"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1708781481" name="Picture 1" descr="Add a signature file"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId8">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="880936" cy="276850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1983148661"/>
+          <w:placeholder>
+            <w:docPart w:val="EBBD3943F99549828DB5E13AC11429E6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="he-IL"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="42A3A271" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-108"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42A3A271" w14:textId="77777777" w:rsidR="00282D34" w:rsidRDefault="00282D34" w:rsidP="00282D34">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalIndent"/>
+    <w:p w14:paraId="11E6028F" w14:textId="2CA7951D" w:rsidR="00EA640F" w:rsidRPr="00EA640F" w:rsidRDefault="00EA640F" w:rsidP="00EA640F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3443"/>
+        </w:tabs>
         <w:bidi w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A9BA417" w14:textId="77777777" w:rsidR="00282D34" w:rsidRPr="00757536" w:rsidRDefault="00282D34" w:rsidP="00282D34">
-[...575 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00EA640F" w:rsidRPr="00EA640F" w:rsidSect="00747D06">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C7888C3" w14:textId="77777777" w:rsidR="00041476" w:rsidRDefault="00041476" w:rsidP="0055655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5BE34061" w14:textId="77777777" w:rsidR="00041476" w:rsidRDefault="00041476" w:rsidP="0055655F">
@@ -3528,50 +2020,58 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Hebrew">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BE11577" w14:textId="3B33BEC0" w:rsidR="00970A57" w:rsidRDefault="00747D06" w:rsidP="00970A57">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="3311"/>
       </w:tabs>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -3621,51 +2121,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="00D0F05E" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
+            <v:line w14:anchorId="7625DC31" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-26.5pt" to="0,37.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UFEbzAEAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM2IgFyznEcC5F&#10;GyTpB9DU0iLAF0jWkv8+S0qWg7Qo0KIXSlzu7M4Ml9v7QStyBh+kNQ2tFiUlYLhtpTk19Mfr4csd&#10;JSEy0zJlDTT0AoHe7z5/2vauhqXtrGrBEyxiQt27hnYxurooAu9As7CwDgweCus1i7j1p6L1rMfq&#10;WhXLslwXvfWt85ZDCBjdj4d0l+sLATx+FyJAJKqhyC3m1ef1mNZit2X1yTPXST7RYP/AQjNpsOlc&#10;as8iIz+9/KWUltzbYEVccKsLK4TkkDWgmqr8oOalYw6yFjQnuNmm8P/K8m/nB/Pk0YbehTq4J59U&#10;DMLr9EV+ZMhmXWazYIiEj0GO0btys16uko/FDed8iI9gNUk/DVXSJBmsZuevIY6p15QUVob0ODyb&#10;clXmtGCVbA9SqXQY/On4oDw5M7zC/WpzKA9jLeU6NkZXZbVZTxSm9EznXR0kpwwGbyrzX7woGBk8&#10;gyCyRV3VSCENIMx9GedgYjX1UAazE0wgxxk4cf8TcMpPUMjD+TfgGZE7WxNnsJbG+t/RjsOVshjz&#10;rw6MupMFR9te8v1na3DKsnPTi0hj/H6f4bd3u3sDAAD//wMAUEsDBBQABgAIAAAAIQD9wv0g3AAA&#10;AAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RTsMwDEXfkfiHyEi8bekGg1HqTggxCQESbOwDssZr&#10;KxqnarI1/D3mCV6sa13r3uNilVynTjSE1jPCbJqBIq68bblG2H2uJ0tQIRq2pvNMCN8UYFWenxUm&#10;t37kDZ22sVYSwiE3CE2Mfa51qBpyJkx9TyzewQ/ORFmHWtvBjBLuOj3PshvtTMvS0JieHhuqvrZH&#10;h/Dx3t498/Kwfk2bl3nYpbencRYQLy/Swz2oSCn+HcMvvqBDKUx7f2QbVIcgj0SEyeJKhNgy9wi3&#10;1wvQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH1QURvMAQAA/wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3C/SDcAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#d59f0f" strokeweight="1.5pt">
               <v:stroke opacity="32896f" joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00E75A46">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="002147"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A28C106" wp14:editId="50FDC885">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2505075" cy="646430"/>
@@ -4393,70 +2893,70 @@
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002147"/>
                       </w:rPr>
                       <w:t xml:space="preserve">                                    </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00970A57" w:rsidRPr="00FE5C31">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="517BAF3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E24CA54" wp14:editId="69DA2848">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-1270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-546735</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7548898" cy="1583456"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2"/>
+          <wp:docPr id="4" name="Picture 2" descr="Jacobs Graduate School Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4"/>
+                  <pic:cNvPr id="4" name="Picture 2" descr="Jacobs Graduate School Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="85333"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7548898" cy="1583456"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -6147,204 +4647,217 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="195242110">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2110615075">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785151925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="691733165">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="822626980">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1776364907">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yHUQYTm2BtNvimsXCBX8JtDti6ZBvwJwFFfXw/9Y8oP+iN3EseK8MEkXwgJRsUfWJHd/piCxAJVVDelPKeszlQ==" w:salt="VokmlMQ61VmNuS5EaPN2dQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9RYHTxAON0lT8dAlY+b3aVyFt9k1QsMZOR8H3RFjayAB74Fge6Z5WDyx6WOIdbFbojKjTAxNYnlgYnMyPbSeLw==" w:salt="7ESpPVkbBGVMTTsvYuFSWw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D1AB7"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="000069CE"/>
     <w:rsid w:val="00026758"/>
     <w:rsid w:val="00041476"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="000647D5"/>
     <w:rsid w:val="000742FA"/>
+    <w:rsid w:val="000C7914"/>
     <w:rsid w:val="00100F57"/>
     <w:rsid w:val="00137D69"/>
     <w:rsid w:val="00180496"/>
+    <w:rsid w:val="001818A4"/>
     <w:rsid w:val="0019314A"/>
     <w:rsid w:val="001B39A6"/>
     <w:rsid w:val="001C123C"/>
     <w:rsid w:val="001C7E0A"/>
     <w:rsid w:val="001D5356"/>
     <w:rsid w:val="001D5518"/>
     <w:rsid w:val="0020607E"/>
     <w:rsid w:val="00220136"/>
     <w:rsid w:val="00220DA7"/>
     <w:rsid w:val="002754DA"/>
     <w:rsid w:val="00280FEE"/>
     <w:rsid w:val="00282D34"/>
     <w:rsid w:val="00284391"/>
     <w:rsid w:val="0028618E"/>
+    <w:rsid w:val="002A3E61"/>
     <w:rsid w:val="002A52FD"/>
     <w:rsid w:val="002D4E36"/>
     <w:rsid w:val="002D5CEE"/>
     <w:rsid w:val="002E3961"/>
     <w:rsid w:val="002F1116"/>
     <w:rsid w:val="003141BD"/>
     <w:rsid w:val="003248E7"/>
+    <w:rsid w:val="0033533A"/>
     <w:rsid w:val="00357822"/>
     <w:rsid w:val="00380C9C"/>
     <w:rsid w:val="00385E33"/>
     <w:rsid w:val="0039307B"/>
     <w:rsid w:val="00397720"/>
     <w:rsid w:val="003D1AB7"/>
     <w:rsid w:val="003F523E"/>
+    <w:rsid w:val="00437F9D"/>
     <w:rsid w:val="00451CB6"/>
     <w:rsid w:val="004655F1"/>
     <w:rsid w:val="0048782F"/>
     <w:rsid w:val="00491336"/>
     <w:rsid w:val="004C0ED1"/>
+    <w:rsid w:val="004F7193"/>
     <w:rsid w:val="0050458C"/>
     <w:rsid w:val="00534391"/>
     <w:rsid w:val="0055655F"/>
+    <w:rsid w:val="00572040"/>
     <w:rsid w:val="005835A1"/>
     <w:rsid w:val="00593702"/>
     <w:rsid w:val="005D315E"/>
     <w:rsid w:val="005E0490"/>
     <w:rsid w:val="005E5886"/>
     <w:rsid w:val="005F4CD1"/>
     <w:rsid w:val="00624EFA"/>
     <w:rsid w:val="00625133"/>
     <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006A3713"/>
     <w:rsid w:val="006A4369"/>
     <w:rsid w:val="006B686A"/>
     <w:rsid w:val="006E0340"/>
     <w:rsid w:val="0070483A"/>
     <w:rsid w:val="00727B44"/>
     <w:rsid w:val="00747D06"/>
     <w:rsid w:val="008065EC"/>
     <w:rsid w:val="00814B24"/>
     <w:rsid w:val="00824DB6"/>
     <w:rsid w:val="0083033E"/>
+    <w:rsid w:val="00843BBC"/>
     <w:rsid w:val="008875F0"/>
     <w:rsid w:val="0089789E"/>
+    <w:rsid w:val="008A0A03"/>
     <w:rsid w:val="008B06F0"/>
     <w:rsid w:val="008F267F"/>
     <w:rsid w:val="00954889"/>
     <w:rsid w:val="00970A57"/>
     <w:rsid w:val="00974330"/>
     <w:rsid w:val="009804F1"/>
     <w:rsid w:val="009812C0"/>
     <w:rsid w:val="009D56C9"/>
     <w:rsid w:val="009E4029"/>
     <w:rsid w:val="009E68F2"/>
     <w:rsid w:val="00A00B20"/>
     <w:rsid w:val="00A06031"/>
     <w:rsid w:val="00A36550"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A73D63"/>
     <w:rsid w:val="00A77A1B"/>
     <w:rsid w:val="00A91826"/>
     <w:rsid w:val="00AB4D3A"/>
+    <w:rsid w:val="00AD6ACD"/>
     <w:rsid w:val="00AF3237"/>
     <w:rsid w:val="00B21405"/>
     <w:rsid w:val="00B26412"/>
     <w:rsid w:val="00B34F63"/>
     <w:rsid w:val="00B65190"/>
     <w:rsid w:val="00B729D8"/>
     <w:rsid w:val="00B75282"/>
     <w:rsid w:val="00BC0CA0"/>
     <w:rsid w:val="00BC1524"/>
     <w:rsid w:val="00BC223F"/>
     <w:rsid w:val="00BD1B2E"/>
     <w:rsid w:val="00BE72EA"/>
     <w:rsid w:val="00BF70AD"/>
     <w:rsid w:val="00C277AB"/>
     <w:rsid w:val="00C67BEF"/>
     <w:rsid w:val="00C86D4F"/>
+    <w:rsid w:val="00C92729"/>
     <w:rsid w:val="00CB54CF"/>
     <w:rsid w:val="00CE7144"/>
     <w:rsid w:val="00CF6215"/>
     <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D30FBE"/>
     <w:rsid w:val="00D31CA0"/>
     <w:rsid w:val="00D71B29"/>
     <w:rsid w:val="00D73496"/>
     <w:rsid w:val="00D8040B"/>
     <w:rsid w:val="00DA7686"/>
     <w:rsid w:val="00DD7A2C"/>
     <w:rsid w:val="00E27084"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E656FB"/>
     <w:rsid w:val="00E75A46"/>
     <w:rsid w:val="00E83429"/>
     <w:rsid w:val="00E87268"/>
     <w:rsid w:val="00E95986"/>
     <w:rsid w:val="00EA3097"/>
+    <w:rsid w:val="00EA640F"/>
     <w:rsid w:val="00EB358B"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EF5229"/>
     <w:rsid w:val="00F07025"/>
     <w:rsid w:val="00F116A3"/>
     <w:rsid w:val="00F13977"/>
     <w:rsid w:val="00F56C77"/>
+    <w:rsid w:val="00FA2097"/>
     <w:rsid w:val="00FC7D42"/>
     <w:rsid w:val="00FD683F"/>
     <w:rsid w:val="00FE2457"/>
     <w:rsid w:val="00FE5C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -6733,50 +5246,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EA640F"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00747D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -7053,59 +5567,1007 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E656FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.technion.ac.il/en/ethics_committees/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.technion.ac.il/en/ethics_committees/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GrStudies@technion.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="53A5C62BEE7D4C4589B2FD7190EFE421"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{57A9FEAC-81E3-4BF4-BCBF-046AFE722BF4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="53A5C62BEE7D4C4589B2FD7190EFE421"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BA2ACA6167444FA9A574BC1AD7166938"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ED8A4285-726B-46C5-AE70-ADCE9CBB2DBE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="BA2ACA6167444FA9A574BC1AD7166938"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9CF91F1C47BE48488B964FCC524C90D6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E252C558-EE67-4124-9DB3-6F9EE26FDC50}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="9CF91F1C47BE48488B964FCC524C90D6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="97AEB0F9FF4040A7B428B637EAD3D7A4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C5A79C6D-AA40-4AFE-BCA2-AF370381556E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="97AEB0F9FF4040A7B428B637EAD3D7A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F133A4B0AF744C5DB393FD14FCA3A389"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F14B7C82-3C43-4401-B2CC-3DA617445286}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="F133A4B0AF744C5DB393FD14FCA3A389"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D91E76C0FBD04629A392B58A2593A570"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60F5C016-0446-4F9D-9A0B-046EF5C2662E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="D91E76C0FBD04629A392B58A2593A570"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8E0B35A2DA024490A24D810967FE996A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32EDF5CF-39F6-4E66-A751-A7F5FA91367F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="8E0B35A2DA024490A24D810967FE996A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013438"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5572106A-B898-4092-BC00-944836AFF1C5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0">
+          <w:r w:rsidRPr="0046040C">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B15573107FA2480E807BFAB85CE95542"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{188C4A70-337C-458B-AFC0-8155EED4AF16}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="B15573107FA2480E807BFAB85CE95542"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EBBD3943F99549828DB5E13AC11429E6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E76943FC-A2C1-4F19-ABB4-C16AF608B204}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00337DB0" w:rsidRDefault="00337DB0" w:rsidP="00337DB0">
+          <w:pPr>
+            <w:pStyle w:val="EBBD3943F99549828DB5E13AC11429E6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F55F02">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="David">
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Hebrew">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000086F" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00337DB0"/>
+    <w:rsid w:val="001818A4"/>
+    <w:rsid w:val="0033533A"/>
+    <w:rsid w:val="00337DB0"/>
+    <w:rsid w:val="00437F9D"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00337DB0"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53A5C62BEE7D4C4589B2FD7190EFE421">
+    <w:name w:val="53A5C62BEE7D4C4589B2FD7190EFE421"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA2ACA6167444FA9A574BC1AD7166938">
+    <w:name w:val="BA2ACA6167444FA9A574BC1AD7166938"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9CF91F1C47BE48488B964FCC524C90D6">
+    <w:name w:val="9CF91F1C47BE48488B964FCC524C90D6"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97AEB0F9FF4040A7B428B637EAD3D7A4">
+    <w:name w:val="97AEB0F9FF4040A7B428B637EAD3D7A4"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F133A4B0AF744C5DB393FD14FCA3A389">
+    <w:name w:val="F133A4B0AF744C5DB393FD14FCA3A389"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D91E76C0FBD04629A392B58A2593A570">
+    <w:name w:val="D91E76C0FBD04629A392B58A2593A570"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E0B35A2DA024490A24D810967FE996A">
+    <w:name w:val="8E0B35A2DA024490A24D810967FE996A"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B15573107FA2480E807BFAB85CE95542">
+    <w:name w:val="B15573107FA2480E807BFAB85CE95542"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBBD3943F99549828DB5E13AC11429E6">
+    <w:name w:val="EBBD3943F99549828DB5E13AC11429E6"/>
+    <w:rsid w:val="00337DB0"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7364,70 +6826,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>267</Words>
-  <Characters>1338</Characters>
+  <Words>280</Words>
+  <Characters>1381</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1602</CharactersWithSpaces>
+  <CharactersWithSpaces>1638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>שילה ניר</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>