--- v0 (2025-10-06)
+++ v1 (2026-02-26)
@@ -117,51 +117,50 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07662">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00A07662">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:lang/>
         </w:rPr>
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="00A07662">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">details must be typed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00A07662">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -278,235 +277,247 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A97089">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Student Details:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616F8E28" w14:textId="77777777" w:rsidR="00EF5383" w:rsidRDefault="00EF5383" w:rsidP="003758C0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FAD7FFB" w14:textId="6923FF8A" w:rsidR="008372B3" w:rsidRDefault="003758C0" w:rsidP="00EF5383">
+    <w:p w14:paraId="0FAD7FFB" w14:textId="5515AE69" w:rsidR="008372B3" w:rsidRDefault="003758C0" w:rsidP="00EF5383">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ID/Passport No.</w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="06F668C3">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1157" type="#_x0000_t75" alt="ID or passport number" style="width:119.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1157" type="#_x0000_t75" alt="ID or passport number" style="width:119.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId8" o:title=""/>
           </v:shape>
           <w:control r:id="rId9" w:name="TextBox1" w:shapeid="_x0000_i1157"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="004E5B8C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Technion Student No. (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Foreign Students)</w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="361DA2DC">
-          <v:shape id="_x0000_i1093" type="#_x0000_t75" alt="Technion student number, for foreign students" style="width:87pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1158" type="#_x0000_t75" alt="Technion student number, for foreign students" style="width:87pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
-          <w:control r:id="rId11" w:name="TextBox12" w:shapeid="_x0000_i1093"/>
+          <w:control r:id="rId11" w:name="TextBox12" w:shapeid="_x0000_i1158"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1385CC" w14:textId="78DEF64A" w:rsidR="008372B3" w:rsidRDefault="004E5B8C" w:rsidP="004E5B8C">
+    <w:p w14:paraId="0E1385CC" w14:textId="557A98AB" w:rsidR="008372B3" w:rsidRDefault="008F4E51" w:rsidP="004E5B8C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Surname</w:t>
+        <w:t>Last N</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5B8C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ame</w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="29FD973B">
-          <v:shape id="_x0000_i1095" type="#_x0000_t75" alt="surname" style="width:221.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1095" type="#_x0000_t75" alt="surname" style="width:221.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
           <w:control r:id="rId13" w:name="TextBox11" w:shapeid="_x0000_i1095"/>
         </w:object>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">  Private</w:t>
+      <w:r w:rsidR="004E5B8C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>First</w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name: </w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="009F8CF3">
-          <v:shape id="_x0000_i1097" type="#_x0000_t75" alt="private name" style="width:137.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1159" type="#_x0000_t75" alt="private name" style="width:137.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId14" o:title=""/>
           </v:shape>
-          <w:control r:id="rId15" w:name="TextBox13" w:shapeid="_x0000_i1097"/>
+          <w:control r:id="rId15" w:name="TextBox13" w:shapeid="_x0000_i1159"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E008CC6" w14:textId="6AF57B7E" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
+    <w:p w14:paraId="1E008CC6" w14:textId="2B32CE86" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="03EF09F1">
           <v:shape id="_x0000_i1099" type="#_x0000_t75" alt="phone number" style="width:244.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId16" o:title=""/>
           </v:shape>
           <w:control r:id="rId17" w:name="TextBox14" w:shapeid="_x0000_i1099"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00DB44B1">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cell Phone: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="045D16DB">
-          <v:shape id="_x0000_i1101" type="#_x0000_t75" alt="cell phone number" style="width:137.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1160" type="#_x0000_t75" alt="cell phone number" style="width:137.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId18" o:title=""/>
           </v:shape>
-          <w:control r:id="rId19" w:name="TextBox111" w:shapeid="_x0000_i1101"/>
+          <w:control r:id="rId19" w:name="TextBox111" w:shapeid="_x0000_i1160"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16253B1C" w14:textId="641370BA" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
+    <w:p w14:paraId="16253B1C" w14:textId="6973B16E" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Email (</w:t>
       </w:r>
       <w:r w:rsidRPr="008B2E85">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Private-Non-Technion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -526,194 +537,194 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB706F">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ORCID number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4D269E53">
-          <v:shape id="_x0000_i1105" type="#_x0000_t75" alt="year of thesis submission" style="width:113.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1105" type="#_x0000_t75" alt="year of thesis submission" style="width:113.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId22" o:title=""/>
           </v:shape>
           <w:control r:id="rId23" w:name="TextBox110" w:shapeid="_x0000_i1105"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5956F9" w14:textId="2F37EB2D" w:rsidR="00563969" w:rsidRDefault="008372B3" w:rsidP="00563969">
+    <w:p w14:paraId="2D5956F9" w14:textId="7C4B2D72" w:rsidR="00563969" w:rsidRDefault="008372B3" w:rsidP="00563969">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5D94AB91">
-          <v:shape id="_x0000_i1107" type="#_x0000_t75" alt="faculty name" style="width:443.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1107" type="#_x0000_t75" alt="faculty name" style="width:443.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId24" o:title=""/>
           </v:shape>
           <w:control r:id="rId25" w:name="TextBox15" w:shapeid="_x0000_i1107"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576A51F7" w14:textId="59C7A4BB" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="00563969">
+    <w:p w14:paraId="576A51F7" w14:textId="67D83214" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="00563969">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Interdisciplinary program (if relevant): </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="2B86C593">
           <v:shape id="_x0000_i1109" type="#_x0000_t75" alt="interdisciplinary program, if relevant" style="width:295.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId26" o:title=""/>
           </v:shape>
           <w:control r:id="rId27" w:name="TextBox19" w:shapeid="_x0000_i1109"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D763D3" w14:textId="1EBA10BB" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
+    <w:p w14:paraId="24D763D3" w14:textId="39B99DBF" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Advisors' Names: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="6C566174">
           <v:shape id="_x0000_i1111" type="#_x0000_t75" alt="advisor's name" style="width:397.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId28" o:title=""/>
           </v:shape>
           <w:control r:id="rId29" w:name="TextBox16" w:shapeid="_x0000_i1111"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="761D4920" w14:textId="3A6A3328" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
+    <w:p w14:paraId="761D4920" w14:textId="4DEF9514" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thesis Title: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="48E5A32A">
-          <v:shape id="_x0000_i1113" type="#_x0000_t75" alt="thesis title" style="width:421.5pt;height:48.75pt" o:ole="">
+          <v:shape id="_x0000_i1113" type="#_x0000_t75" alt="thesis title" style="width:421.5pt;height:49pt" o:ole="">
             <v:imagedata r:id="rId30" o:title=""/>
           </v:shape>
           <w:control r:id="rId31" w:name="TextBox17" w:shapeid="_x0000_i1113"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8B48A9" w14:textId="77777777" w:rsidR="006C240A" w:rsidRDefault="006C240A" w:rsidP="006C240A">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="666F54EF" w14:textId="77777777" w:rsidR="00EF2CB2" w:rsidRDefault="00EF2CB2" w:rsidP="00EF2CB2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-709" w:right="-709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Thesis degree:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581A30FC" w14:textId="653BFFAE" w:rsidR="00EF2CB2" w:rsidRDefault="00EF2CB2" w:rsidP="00EF2CB2">
+    <w:p w14:paraId="581A30FC" w14:textId="36695641" w:rsidR="00EF2CB2" w:rsidRDefault="00EF2CB2" w:rsidP="00EF2CB2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-709" w:right="-709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D957BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="2CB15E32">
           <v:shape id="_x0000_i1115" type="#_x0000_t75" alt="postgraduate" style="width:493.5pt;height:19.5pt" o:ole="">
             <v:imagedata r:id="rId32" o:title=""/>
           </v:shape>
           <w:control r:id="rId33" w:name="OptionButton111" w:shapeid="_x0000_i1115"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
@@ -786,272 +797,272 @@
         </w:rPr>
         <w:t xml:space="preserve">I hereby declare that all the copies I </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidRPr="00767B69">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>delivered are identical to the copy approved by the board of examiners of the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5780AB35" w14:textId="77777777" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E34E1EC" w14:textId="3D014705" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
+    <w:p w14:paraId="7E34E1EC" w14:textId="60E9E1DC" w:rsidR="008372B3" w:rsidRDefault="008372B3" w:rsidP="008372B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of Student: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="216EE672">
-          <v:shape id="_x0000_i1119" type="#_x0000_t75" alt="name of student" style="width:152.25pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1119" type="#_x0000_t75" alt="name of student" style="width:152.5pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId36" o:title=""/>
           </v:shape>
           <w:control r:id="rId37" w:name="TextBox112" w:shapeid="_x0000_i1119"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Signature: </w:t>
       </w:r>
       <w:r w:rsidR="003D2B88">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00EA6CC0">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="003D2B88">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="368B55C4">
-          <v:shape id="_x0000_i1121" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1121" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId38" o:title=""/>
           </v:shape>
           <w:control r:id="rId39" w:name="TextBox114" w:shapeid="_x0000_i1121"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCC1A7D" w14:textId="059D902C" w:rsidR="008372B3" w:rsidRDefault="00A35172" w:rsidP="008372B3">
+    <w:p w14:paraId="4DCC1A7D" w14:textId="40B5FAF2" w:rsidR="008372B3" w:rsidRDefault="00A35172" w:rsidP="008372B3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Adviso</w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r's Name: </w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="1A661C71">
-          <v:shape id="_x0000_i1123" type="#_x0000_t75" alt="advisor's name" style="width:156.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1123" type="#_x0000_t75" alt="advisor's name" style="width:157pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId40" o:title=""/>
           </v:shape>
           <w:control r:id="rId41" w:name="TextBox113" w:shapeid="_x0000_i1123"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Signature: </w:t>
       </w:r>
       <w:r w:rsidR="00EA6CC0">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="003D2B88">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="008372B3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5A5DE587">
-          <v:shape id="_x0000_i1125" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1125" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId42" o:title=""/>
           </v:shape>
           <w:control r:id="rId43" w:name="TextBox115" w:shapeid="_x0000_i1125"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A20FBB6" w14:textId="1AE29E8A" w:rsidR="00AC30E3" w:rsidRDefault="00A35172" w:rsidP="00AC30E3">
+    <w:p w14:paraId="2A20FBB6" w14:textId="15F4A40C" w:rsidR="00AC30E3" w:rsidRDefault="00A35172" w:rsidP="00AC30E3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Adviso</w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r's Name: </w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5F3B5B03">
-          <v:shape id="_x0000_i1127" type="#_x0000_t75" alt="advisor's name" style="width:156.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1127" type="#_x0000_t75" alt="advisor's name" style="width:157pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId44" o:title=""/>
           </v:shape>
           <w:control r:id="rId45" w:name="TextBox1131" w:shapeid="_x0000_i1127"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature: _________</w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="031F5C4F">
-          <v:shape id="_x0000_i1129" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1129" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId46" o:title=""/>
           </v:shape>
           <w:control r:id="rId47" w:name="TextBox1151" w:shapeid="_x0000_i1129"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6547D6" w14:textId="0B8DA5B6" w:rsidR="00AC30E3" w:rsidRDefault="00A35172" w:rsidP="00AC30E3">
+    <w:p w14:paraId="4E6547D6" w14:textId="05D00E22" w:rsidR="00AC30E3" w:rsidRDefault="00A35172" w:rsidP="00AC30E3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Adviso</w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r's Name: </w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="6524EA7C">
-          <v:shape id="_x0000_i1131" type="#_x0000_t75" alt="advisor's name" style="width:156.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1161" type="#_x0000_t75" alt="advisor's name" style="width:157pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId48" o:title=""/>
           </v:shape>
-          <w:control r:id="rId49" w:name="TextBox1132" w:shapeid="_x0000_i1131"/>
+          <w:control r:id="rId49" w:name="TextBox1132" w:shapeid="_x0000_i1161"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature: _________</w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="00AC30E3">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="54448232">
-          <v:shape id="_x0000_i1133" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1133" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId50" o:title=""/>
           </v:shape>
           <w:control r:id="rId51" w:name="TextBox1152" w:shapeid="_x0000_i1133"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E81CAF7" w14:textId="77777777" w:rsidR="000454B2" w:rsidRPr="00843441" w:rsidRDefault="000454B2" w:rsidP="000454B2">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7454209F" w14:textId="77777777" w:rsidR="004054D6" w:rsidRDefault="00843441" w:rsidP="004054D6">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843441">
         <w:rPr>
@@ -1328,99 +1339,99 @@
       <w:r w:rsidR="003758C0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of delay</w:t>
       </w:r>
       <w:r w:rsidR="00105569">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B83456F" w14:textId="77777777" w:rsidR="000622AB" w:rsidRDefault="000622AB" w:rsidP="000622AB">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060B9230" w14:textId="79680B62" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="00D957BD">
+    <w:p w14:paraId="060B9230" w14:textId="0124CFE8" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="00D957BD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-709" w:right="-709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D957BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="63439F43">
           <v:shape id="_x0000_i1135" type="#_x0000_t75" alt="delay of publication of the work on the internet and on the Technion's internal network" style="width:493.5pt;height:19.5pt" o:ole="">
             <v:imagedata r:id="rId52" o:title=""/>
           </v:shape>
           <w:control r:id="rId53" w:name="OptionButton11" w:shapeid="_x0000_i1135"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3441CB25">
           <v:shape id="_x0000_i1137" type="#_x0000_t75" alt="delay of publication of the work on the internet alone" style="width:475.5pt;height:19.5pt" o:ole="">
             <v:imagedata r:id="rId54" o:title=""/>
           </v:shape>
           <w:control r:id="rId55" w:name="OptionButton21" w:shapeid="_x0000_i1137"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F3ED45" w14:textId="77777777" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="002D4534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-709" w:right="-709"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE21B87" w14:textId="1A43FA03" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="008D3926">
+    <w:p w14:paraId="1CE21B87" w14:textId="1FE6C4C7" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="008D3926">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-709" w:right="-908"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The delay of publication is for a period of </w:t>
       </w:r>
       <w:r w:rsidRPr="0083022C">
         <w:rPr>
           <w:rtl/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5B1B234E">
           <v:shape id="_x0000_i1139" type="#_x0000_t75" alt="period of delay" style="width:129pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId56" o:title=""/>
           </v:shape>
           <w:control r:id="rId57" w:name="TextBox1321" w:shapeid="_x0000_i1139"/>
@@ -1549,282 +1560,282 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> before the end of the period</w:t>
       </w:r>
       <w:r w:rsidR="00EF5383">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00767B69">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>outlining the rationale for the petition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE6D1B6" w14:textId="77777777" w:rsidR="008D4EAD" w:rsidRDefault="008D4EAD" w:rsidP="00D957BD">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0107FFA0" w14:textId="5ACCC701" w:rsidR="00A93C91" w:rsidRDefault="00A93C91" w:rsidP="00D957BD">
+    <w:p w14:paraId="0107FFA0" w14:textId="2493F992" w:rsidR="00A93C91" w:rsidRDefault="00A93C91" w:rsidP="00D957BD">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of Student: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3B265183">
           <v:shape id="_x0000_i1141" type="#_x0000_t75" alt="name of student" style="width:156pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId58" o:title=""/>
           </v:shape>
           <w:control r:id="rId59" w:name="TextBox1121" w:shapeid="_x0000_i1141"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature: _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4811D0D4">
-          <v:shape id="_x0000_i1143" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1143" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId60" o:title=""/>
           </v:shape>
           <w:control r:id="rId61" w:name="TextBox1141" w:shapeid="_x0000_i1143"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE63BB3" w14:textId="012C5240" w:rsidR="00A93C91" w:rsidRDefault="00A35172" w:rsidP="00D957BD">
+    <w:p w14:paraId="2AE63BB3" w14:textId="55816A8E" w:rsidR="00A93C91" w:rsidRDefault="00A35172" w:rsidP="00D957BD">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Adviso</w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r's Name: </w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="6E851E5E">
-          <v:shape id="_x0000_i1145" type="#_x0000_t75" alt="advisor's name" style="width:156.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1145" type="#_x0000_t75" alt="advisor's name" style="width:157pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId62" o:title=""/>
           </v:shape>
           <w:control r:id="rId63" w:name="TextBox1133" w:shapeid="_x0000_i1145"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature: _________</w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="03EAF5B0">
-          <v:shape id="_x0000_i1147" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1147" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId64" o:title=""/>
           </v:shape>
           <w:control r:id="rId65" w:name="TextBox1153" w:shapeid="_x0000_i1147"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8CF9B3" w14:textId="7B50D884" w:rsidR="00A93C91" w:rsidRDefault="00A35172" w:rsidP="00D957BD">
+    <w:p w14:paraId="5D8CF9B3" w14:textId="2F6B3239" w:rsidR="00A93C91" w:rsidRDefault="00A35172" w:rsidP="00D957BD">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Adviso</w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r's Name: </w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="67E00606">
-          <v:shape id="_x0000_i1149" type="#_x0000_t75" alt="advisor's name" style="width:156.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1149" type="#_x0000_t75" alt="advisor's name" style="width:157pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId66" o:title=""/>
           </v:shape>
           <w:control r:id="rId67" w:name="TextBox11311" w:shapeid="_x0000_i1149"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature: _________</w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="18541103">
-          <v:shape id="_x0000_i1151" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1151" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId68" o:title=""/>
           </v:shape>
           <w:control r:id="rId69" w:name="TextBox11511" w:shapeid="_x0000_i1151"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04542BCC" w14:textId="25BFBBF0" w:rsidR="00A93C91" w:rsidRDefault="00A35172" w:rsidP="00D957BD">
+    <w:p w14:paraId="04542BCC" w14:textId="0C1C2ED8" w:rsidR="00A93C91" w:rsidRDefault="00A35172" w:rsidP="00D957BD">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Adviso</w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r's Name: </w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="6C1D6B17">
-          <v:shape id="_x0000_i1153" type="#_x0000_t75" alt="advisor's name" style="width:156.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1153" type="#_x0000_t75" alt="advisor's name" style="width:157pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId70" o:title=""/>
           </v:shape>
           <w:control r:id="rId71" w:name="TextBox11321" w:shapeid="_x0000_i1153"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature: _________</w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="00A93C91">
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3FA24ABD">
-          <v:shape id="_x0000_i1155" type="#_x0000_t75" alt="date" style="width:96.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1155" type="#_x0000_t75" alt="date" style="width:97pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId72" o:title=""/>
           </v:shape>
           <w:control r:id="rId73" w:name="TextBox11521" w:shapeid="_x0000_i1155"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C20F226" w14:textId="77777777" w:rsidR="002D4534" w:rsidRDefault="002D4534" w:rsidP="002D4534">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:ind w:left="-709" w:right="-766"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D4534" w:rsidSect="007C1DCC">
       <w:headerReference w:type="default" r:id="rId74"/>
       <w:footerReference w:type="default" r:id="rId75"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1800" w:bottom="1276" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57DBE127" w14:textId="77777777" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="008D4EAD">
+    <w:p w14:paraId="1B46AAAE" w14:textId="77777777" w:rsidR="00B97E2A" w:rsidRDefault="00B97E2A" w:rsidP="008D4EAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AA7C77F" w14:textId="77777777" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="008D4EAD">
+    <w:p w14:paraId="27D7C001" w14:textId="77777777" w:rsidR="00B97E2A" w:rsidRDefault="00B97E2A" w:rsidP="008D4EAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1916,58 +1927,58 @@
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="005D6380">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10381B2F" w14:textId="77777777" w:rsidR="00105569" w:rsidRDefault="00105569">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1426851B" w14:textId="77777777" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="008D4EAD">
+    <w:p w14:paraId="68E69529" w14:textId="77777777" w:rsidR="00B97E2A" w:rsidRDefault="00B97E2A" w:rsidP="008D4EAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68DCDEDD" w14:textId="77777777" w:rsidR="00105569" w:rsidRDefault="00105569" w:rsidP="008D4EAD">
+    <w:p w14:paraId="098121EF" w14:textId="77777777" w:rsidR="00B97E2A" w:rsidRDefault="00B97E2A" w:rsidP="008D4EAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46E17856" w14:textId="77777777" w:rsidR="00105569" w:rsidRPr="004C5075" w:rsidRDefault="00105569" w:rsidP="008D4EAD">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:bidi w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
@@ -2007,217 +2018,223 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A97089">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Elyachar Central Library</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6975DF8A" w14:textId="77777777" w:rsidR="00105569" w:rsidRPr="008D4EAD" w:rsidRDefault="00105569">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mVCuvfztIrzYkMrXfB/SZ4cM39IiCn+8OUcq2SYHHKFxF2xE5dNglkGbJgwBrOQJotcNq02lF5XsRJ23SRwb4g==" w:salt="SmCXgoRyg79wfyjdBigGtQ=="/>
+  <w:zoom w:percent="150"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OlAiHxTSDJ6ABmVV+92gyI081tvfurUkbAs7DGmdfkq7PX7n5Ecxr268m9q3RAKhkHQvZNHYX2bJwbInb+8tcg==" w:salt="O5EBPlzPYuXoB3lVVMdjxw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D4EAD"/>
     <w:rsid w:val="0002560D"/>
     <w:rsid w:val="00026953"/>
     <w:rsid w:val="0003526A"/>
     <w:rsid w:val="000454B2"/>
     <w:rsid w:val="000622AB"/>
     <w:rsid w:val="000779A4"/>
     <w:rsid w:val="000A5B06"/>
+    <w:rsid w:val="000B05A8"/>
     <w:rsid w:val="000C726A"/>
     <w:rsid w:val="000D053A"/>
     <w:rsid w:val="000D42EB"/>
     <w:rsid w:val="000F0D7F"/>
     <w:rsid w:val="000F4D00"/>
     <w:rsid w:val="00105569"/>
     <w:rsid w:val="001A3CB8"/>
+    <w:rsid w:val="001C137D"/>
     <w:rsid w:val="001D1757"/>
     <w:rsid w:val="001D429B"/>
     <w:rsid w:val="001E3449"/>
     <w:rsid w:val="00203630"/>
     <w:rsid w:val="00207651"/>
     <w:rsid w:val="00217077"/>
     <w:rsid w:val="00217957"/>
     <w:rsid w:val="002524C9"/>
     <w:rsid w:val="00261A69"/>
     <w:rsid w:val="00274D30"/>
     <w:rsid w:val="002A284A"/>
     <w:rsid w:val="002D4534"/>
     <w:rsid w:val="002F48DC"/>
     <w:rsid w:val="00310463"/>
     <w:rsid w:val="003104BB"/>
     <w:rsid w:val="00322609"/>
     <w:rsid w:val="00323408"/>
     <w:rsid w:val="00367C6B"/>
     <w:rsid w:val="003758C0"/>
     <w:rsid w:val="0038574A"/>
     <w:rsid w:val="003B4FED"/>
     <w:rsid w:val="003C44FF"/>
+    <w:rsid w:val="003C4C35"/>
     <w:rsid w:val="003C6C48"/>
     <w:rsid w:val="003D2B88"/>
     <w:rsid w:val="003E42A0"/>
     <w:rsid w:val="003F16A6"/>
     <w:rsid w:val="003F4E66"/>
     <w:rsid w:val="00402142"/>
     <w:rsid w:val="004054D6"/>
     <w:rsid w:val="004274C4"/>
     <w:rsid w:val="004331C0"/>
     <w:rsid w:val="00445BC1"/>
     <w:rsid w:val="0045030C"/>
     <w:rsid w:val="0045630C"/>
     <w:rsid w:val="00482513"/>
     <w:rsid w:val="004A521E"/>
     <w:rsid w:val="004E13C8"/>
     <w:rsid w:val="004E5B8C"/>
     <w:rsid w:val="004E7EC6"/>
     <w:rsid w:val="005011E7"/>
     <w:rsid w:val="00524DCC"/>
     <w:rsid w:val="00533FCF"/>
     <w:rsid w:val="005602BD"/>
     <w:rsid w:val="00563969"/>
     <w:rsid w:val="005654C9"/>
     <w:rsid w:val="00576749"/>
     <w:rsid w:val="005B207F"/>
     <w:rsid w:val="005C4CCC"/>
     <w:rsid w:val="005C51D3"/>
     <w:rsid w:val="005D06DC"/>
     <w:rsid w:val="005D5370"/>
     <w:rsid w:val="005D6380"/>
     <w:rsid w:val="005F04EE"/>
     <w:rsid w:val="00607976"/>
     <w:rsid w:val="00613A82"/>
     <w:rsid w:val="00620CEC"/>
+    <w:rsid w:val="0063470B"/>
     <w:rsid w:val="0066060A"/>
     <w:rsid w:val="00673A15"/>
     <w:rsid w:val="00684BA3"/>
     <w:rsid w:val="006B4B46"/>
     <w:rsid w:val="006C240A"/>
     <w:rsid w:val="006D25E2"/>
     <w:rsid w:val="006E31D1"/>
     <w:rsid w:val="006F4DBB"/>
     <w:rsid w:val="00700002"/>
-    <w:rsid w:val="00715817"/>
     <w:rsid w:val="00722DC9"/>
     <w:rsid w:val="0075540C"/>
     <w:rsid w:val="00760D4D"/>
     <w:rsid w:val="00765CC9"/>
     <w:rsid w:val="0078348F"/>
     <w:rsid w:val="0078616B"/>
     <w:rsid w:val="00791CB8"/>
     <w:rsid w:val="007C1DCC"/>
     <w:rsid w:val="007C7586"/>
     <w:rsid w:val="007E6A81"/>
     <w:rsid w:val="007F065C"/>
     <w:rsid w:val="007F3B4B"/>
     <w:rsid w:val="0081196D"/>
     <w:rsid w:val="00822184"/>
     <w:rsid w:val="008372B3"/>
     <w:rsid w:val="00843441"/>
     <w:rsid w:val="00867334"/>
     <w:rsid w:val="00874911"/>
     <w:rsid w:val="0088124F"/>
     <w:rsid w:val="008B14BB"/>
     <w:rsid w:val="008B2E85"/>
     <w:rsid w:val="008D3926"/>
     <w:rsid w:val="008D4EAD"/>
     <w:rsid w:val="008D6F50"/>
+    <w:rsid w:val="008F4E51"/>
     <w:rsid w:val="00940E52"/>
     <w:rsid w:val="00944B2D"/>
     <w:rsid w:val="0095282A"/>
     <w:rsid w:val="00973867"/>
     <w:rsid w:val="00973F6C"/>
     <w:rsid w:val="009939DB"/>
     <w:rsid w:val="009A6B80"/>
     <w:rsid w:val="009B082C"/>
     <w:rsid w:val="009C2D92"/>
     <w:rsid w:val="009E6081"/>
     <w:rsid w:val="009F5387"/>
     <w:rsid w:val="00A12EEF"/>
     <w:rsid w:val="00A35172"/>
     <w:rsid w:val="00A434B3"/>
     <w:rsid w:val="00A445A9"/>
     <w:rsid w:val="00A62D4B"/>
     <w:rsid w:val="00A638F0"/>
     <w:rsid w:val="00A85C9F"/>
     <w:rsid w:val="00A93C91"/>
     <w:rsid w:val="00AB439B"/>
     <w:rsid w:val="00AC30E3"/>
-    <w:rsid w:val="00AD601A"/>
     <w:rsid w:val="00AE2A6A"/>
     <w:rsid w:val="00B01F8C"/>
     <w:rsid w:val="00B12A2F"/>
     <w:rsid w:val="00B13CDF"/>
     <w:rsid w:val="00B15896"/>
     <w:rsid w:val="00B3036B"/>
     <w:rsid w:val="00B91D65"/>
+    <w:rsid w:val="00B97E2A"/>
     <w:rsid w:val="00BB4139"/>
     <w:rsid w:val="00C24081"/>
     <w:rsid w:val="00C25FBF"/>
     <w:rsid w:val="00C26C32"/>
+    <w:rsid w:val="00C33B81"/>
     <w:rsid w:val="00C37060"/>
     <w:rsid w:val="00C50563"/>
     <w:rsid w:val="00C52AE6"/>
     <w:rsid w:val="00C577B1"/>
     <w:rsid w:val="00C650AA"/>
     <w:rsid w:val="00CB5F3C"/>
     <w:rsid w:val="00CB706F"/>
     <w:rsid w:val="00CD4D38"/>
+    <w:rsid w:val="00CD7A75"/>
     <w:rsid w:val="00CF35FB"/>
     <w:rsid w:val="00CF47EB"/>
     <w:rsid w:val="00CF636D"/>
     <w:rsid w:val="00D2046D"/>
     <w:rsid w:val="00D23988"/>
     <w:rsid w:val="00D31B7F"/>
     <w:rsid w:val="00D6740C"/>
     <w:rsid w:val="00D70E96"/>
     <w:rsid w:val="00D84C0E"/>
     <w:rsid w:val="00D957BD"/>
     <w:rsid w:val="00DA5C94"/>
     <w:rsid w:val="00DB44B1"/>
     <w:rsid w:val="00DB688A"/>
     <w:rsid w:val="00DC55B9"/>
     <w:rsid w:val="00DD67A6"/>
     <w:rsid w:val="00DE20C4"/>
     <w:rsid w:val="00DF10F0"/>
     <w:rsid w:val="00E2233E"/>
     <w:rsid w:val="00E32AC3"/>
     <w:rsid w:val="00E443A6"/>
     <w:rsid w:val="00E71710"/>
     <w:rsid w:val="00E863BA"/>
     <w:rsid w:val="00E9459E"/>
     <w:rsid w:val="00E97678"/>
     <w:rsid w:val="00EA08BC"/>
@@ -3404,55 +3421,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78F0A1ED-4FD8-46C9-A681-6E736DB17FED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>526</Words>
-  <Characters>2631</Characters>
+  <Words>471</Words>
+  <Characters>2686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Technion</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>